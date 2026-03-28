--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -21,102 +21,102 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chloé Garcia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
-        <w:t xml:space="preserve">Postdoctorante, EDYSAN, UPJV</w:t>
+        <w:t xml:space="preserve">Maîtresse de conférences, Université Lyon 3 Jean Moulin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -240,543 +240,668 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696561v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en place des tourbières alcalines et modifications de la dynamique fluviatile dans la moyenne vallée de la Somme (France) à l’Holocène</w:t>
+                <w:t xml:space="preserve">Mise en place des tourbières alcalines et modifications de la dynamique fluviatile dans la moyenne vallée de la Somme à l’Holocène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Antoine</w:t>
+                <w:t xml:space="preserve">Thierry Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Ducrocq</w:t>
+                <w:t xml:space="preserve">Jérémy Bacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Bacon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Léa Beaumont</w:t>
+                <w:t xml:space="preserve">Sylvie Coutard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 35 (2), </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2024, 35 (2), pp.63-83</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006857v1</w:t>
+                <w:t xml:space="preserve">hal-04700230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tufs calcaires holocènes de la moyenne vallée de la Somme (Nord de la France) : répartition spatiale, chronostratigraphie et implications paléogéographiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Mise en place des tourbières alcalines et modifications de la dynamique fluviatile dans la moyenne vallée de la Somme (France) à l’Holocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Bacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Beaumont</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Boris Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/11rh0⟩</w:t>
+              <w:t xml:space="preserve">Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/124eu⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04628912v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tufs calcaires holocènes de la moyenne vallée de la Somme (Nord de la France) : répartition spatiale, chronostratigraphie et implications paléogéographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 29 (3-4), pp.243-267. </w:t>
+              <w:t xml:space="preserve">, 2023, 29 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/geomorphologie.18238⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/11rh0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04746342v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04628912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les tufs calcaires holocènes de la moyenne vallée de la Somme (Nord de la France) : répartition spatiale, chronostratigraphie et implications paléogéographiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Brasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (3-4), pp.243-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geomorphologie.18238⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04746342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les séquences tourbeuses des fonds de vallées du bassin de la Somme (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Brasseur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/quaternaire.16574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03894111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -786,167 +911,167 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weichselian lateglacial and Holocene fluvial dynamics variability in the Somme basin: the evolution of an alluvial peatland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lou-Anne Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dierk Michaelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Yves Reynaud; Eric Armynot du Châtelet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Short Papers from the 19th French Congress of Sedimentology, Lille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 84, pp.55-58, 2025, 2-907205-83-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.70665/MJEW6151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05005410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -956,702 +1081,835 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tourbières de la vallée de la Somme : trajectoires entre contrôle climatique et influence anthropique depuis le Tardiglaciaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ecologie, Environnement. Université de Picardie Jules Verne, 2024. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2024AMIE0008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05296132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Historique de la mise en place d’une tourbière de la vallée de la Somme à travers l’étude des paléo-environnements.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Brasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Berquer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Conservatoire d’espaces naturels des Hauts-de-France. 2024, pp.8-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05556125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tufs calcaires de la moyenne vallée de la Somme durant l’Holocène : répartition spatiale, chronostratigraphie et implications paléogéographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire Q14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04628974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paleoenvironmental evolution of an alkaline fluviogenic peatland (fen) from northern France: a 14 kyr bottom valley history between climatic and anthropogenic forcing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lou-Anne Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU23-6408</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Geological Association, 2023, Vienne, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04472486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peat sequences of the Somme Valley (Northern France): a 14,000 years long record of climate and anthropogenic forcing factors on bottom valley fluvial environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lou-Anne Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dierk Michaelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INQUA XXI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INQUA, 2023, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04472538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bottom valley peat deposits from the river Somme basin: a record of the climatic and anthropogenic impacts on fluvial environments during the last 15 ka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire 13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFEQ et Université de Strasbourg, 2022, Strasbourg (67), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04472574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet OUI-GEF (Outils innovants pour une gestion concertée des forêts : de la superposition des usages au projet territorial) : Le géocatalogue OUI-GEF et son utilisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Dubus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Paccard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de restitution du projet OUI-GEF - PSDR4 2015-2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03505261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1661,154 +1919,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interbedded history of Holocene tufa and alkaline peat formations in the Somme valley (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INQUA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04176817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1818,271 +2076,271 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers la co‐construction d’un outil de partage des connaissances sur la forêt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Dubus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Emsellem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Cicille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fuhr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03505293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système de suivi du géocatalogue : Prototype du livret de scénarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Dubus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fuhr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Cicille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Emsellem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03505298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId51"/>
+      <w:footerReference w:type="default" r:id="rId55"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2229,51 +2487,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04696561v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Garcia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Brasseur" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bacon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Saulnier-Copard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gauthier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bor.12676" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006857v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Garcia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ducrocq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bacon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Beaumont" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/124eu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-K9LDP4QK-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628912v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11rh0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746342v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.18238" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894111v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.16574" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005410v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Gauthier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou-Anne Mathieu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dierk Michaelis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70665/MJEW6151" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05296132v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024AMIE0008" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628974v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472486v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6408" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472538v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472574v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505261v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dubus" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Paccard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176817v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dabkowski" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505293v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Emsellem" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Cicille" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuhr" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505298v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04696561v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Garcia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Brasseur" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bacon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Saulnier-Copard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gauthier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bor.12676" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700230v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Garcia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ducrocq" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bacon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006857v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Beaumont" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/124eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-K9LDP4QK-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628912v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11rh0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746342v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.18238" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894111v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.16574" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005410v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Gauthier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou-Anne Mathieu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dierk Michaelis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70665/MJEW6151" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05296132v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024AMIE0008" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556125v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Berquer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628974v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472486v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6408" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472538v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472574v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505261v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dubus" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Paccard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176817v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dabkowski" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505293v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Emsellem" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Cicille" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuhr" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505298v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>