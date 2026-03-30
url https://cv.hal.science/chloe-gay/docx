--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -1129,408 +1129,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03035107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determinants of health and cancer: investigating conceptions of children aged 6 to 11</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maeliane Deyra</w:t>
+                <w:t xml:space="preserve">French validation of the Arthritis Self-Efficacy Scale and further psychometric properties exploration among 168 people with osteoarthritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Bareyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/eurpub/ckz186.122⟩</w:t>
+              <w:t xml:space="preserve">Clinical Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (3), pp.546-556. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0269215518809811⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03049190v1</w:t>
+                <w:t xml:space="preserve">hal-02137732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French validation of the Arthritis Self-Efficacy Scale and further psychometric properties exploration among 168 people with osteoarthritis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Armand Bonnin</w:t>
+                <w:t xml:space="preserve">Physical activity level and association with behavioral factors in knee osteoarthritis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candy Guiguet-Auclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Pereira</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charline Mourgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gerbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coudeyre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0269215518809811⟩</w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 62 (1), pp.14-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2018.09.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02137732v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03020393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical activity level and association with behavioral factors in knee osteoarthritis.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Charline Mourgues</w:t>
+                <w:t xml:space="preserve">Determinants of health and cancer: investigating conceptions of children aged 6 to 11</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeliane Deyra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Pizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gerbaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Coudeyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 62 (1), pp.14-20. </w:t>
+              <w:t xml:space="preserve">European Journal of Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (Supplement_4), pp.428. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2018.09.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/eurpub/ckz186.122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03020393v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03049190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motivators for and barriers to physical activity in people with knee osteoarthritis: A qualitative study</w:t>
               </w:r>
@@ -1555,64 +1555,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Eschalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Levyckyj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coudeyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Bone Spine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 85 (4), pp.481-486. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1780,90 +1780,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthrose et éducation thérapeutique, apprendre à mieux bouger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coudeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Bareyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sophie Chérillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1923,51 +1923,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the efficacy of a short-course, personalized self-management and intensive spa therapy intervention as active prevention of musculoskeletal disorders of the upper extremities (Muska): a research protocol for a randomized controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lanhers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2245,51 +2245,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marinette Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coudeyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">the seventh international conference on mobile services, resources and users</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2340,507 +2340,507 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PROTOCOLE QUALITATIF DE RECUEIL Facteurs de risque et de protection : investiguer les conceptions d'Enfants de 6 à 11 ans sur les cancers</w:t>
+                <w:t xml:space="preserve">Determinants of health and cancer: investigating conceptions of children aged 6 to 11</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maéliane Deyra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chloé Gay</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Berland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gerbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Pizon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pauline Berland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum CLARA Recherche en Cancérologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">Congrès EUPHA (European Public Health Association)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02149188v1</w:t>
+                <w:t xml:space="preserve">hal-03035134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determinants of health and cancer: investigating conceptions of children aged 6 to 11</w:t>
+                <w:t xml:space="preserve">PROTOCOLE QUALITATIF DE RECUEIL Facteurs de risque et de protection : investiguer les conceptions d'Enfants de 6 à 11 ans sur les cancers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maéliane Deyra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chloe Gay</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Pizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gerbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Berland</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frank Pizon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès EUPHA (European Public Health Association)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">Forum CLARA Recherche en Cancérologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03035134v1</w:t>
+                <w:t xml:space="preserve">hal-02149188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knee Osteoarthritis People are Less Active than the General Population: an epidemiological study.</w:t>
+                <w:t xml:space="preserve">Self-management exercise program associated to spa therapy increased the physical activity level of people with symptomatic knee osteoarthritis: a quasi-randomized controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Auclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Gerbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coudeyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Osteoporosis, Osteoarthritis and Musculoskeletal Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annual European Congress of Rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Madrid, Spain. Annals of the Rheumatic Diseases, 76 (S2), 2017, Annals of the Rheumatic Diseases. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/annrheumdis-2017-eular.1929⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02137844v1</w:t>
+                <w:t xml:space="preserve">hal-01648181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-management exercise program associated to spa therapy increased the physical activity level of people with symptomatic knee osteoarthritis: a quasi-randomized controlled trial</w:t>
+                <w:t xml:space="preserve">Knee Osteoarthritis People are Less Active than the General Population: an epidemiological study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candy Guiguet-Auclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Mourgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coudeyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual European Congress of Rheumatology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">World Congress on Osteoporosis, Osteoarthritis and Musculoskeletal Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Florence, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/annrheumdis-2017-eular.1929⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01648181v1</w:t>
+                <w:t xml:space="preserve">hal-02137844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId84"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2916,51 +2916,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9F11B0F8"/>
+    <w:nsid w:val="428C7C5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3147,51 +3147,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-gay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8614-0076" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235498548" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493556v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;liane Deyra" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Berland" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gerbaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Pizon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493535v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Gay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeliane Deyra" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/archdischild-2020-320601" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349412v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerbaud Laurent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2021.691587" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509033v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Turpin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2021016" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-JC6F0KSG-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03118222v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Gay" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3862" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159538v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Coste" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candy Guiguet-Auclair" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gerbaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pereira" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Berland" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2019.07.009" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03035107v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2020.00115" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03049190v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pizon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckz186.122" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137732v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bareyre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coste" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Bonnin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0269215518809811" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020393v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Mourgues" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coudeyre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.09.005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135647v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Eschalier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Levyckyj" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2017.07.007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102631v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Arefyev" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lechauve" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Ch&#233;rillat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revinf.2017.11.018" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102641v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revinf.2016.06.006" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594386v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lanhers" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Herisson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12891-016-1353-8" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135651v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chabaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guilley" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Coudeyre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.02.005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086214v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Schneider" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suan Tay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Bouet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149188v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035134v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137844v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648181v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Auclair" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boisseau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2017-eular.1929" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-gay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8614-0076" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235498548" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493556v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;liane Deyra" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Berland" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gerbaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Pizon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493535v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Gay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeliane Deyra" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/archdischild-2020-320601" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349412v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerbaud Laurent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2021.691587" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509033v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Turpin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2021016" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-JC6F0KSG-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03118222v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Gay" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3862" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159538v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Coste" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candy Guiguet-Auclair" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gerbaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pereira" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Berland" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2019.07.009" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03035107v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2020.00115" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137732v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bareyre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coste" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Bonnin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0269215518809811" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020393v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Mourgues" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coudeyre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.09.005" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03049190v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pizon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckz186.122" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135647v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Eschalier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Levyckyj" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2017.07.007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102631v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Arefyev" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lechauve" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Ch&#233;rillat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revinf.2017.11.018" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102641v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revinf.2016.06.006" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594386v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lanhers" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Herisson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12891-016-1353-8" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135651v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chabaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guilley" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Coudeyre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.02.005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086214v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Schneider" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suan Tay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Bouet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035134v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149188v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648181v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Auclair" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boisseau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2017-eular.1929" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137844v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>