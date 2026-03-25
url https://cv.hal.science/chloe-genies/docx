--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1165,411 +1165,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02414725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un habitat du haut Moyen Âge à “ Foujouin ” (Vernou-sur-Brenne, Indre-et-Loire)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cassinomagus (Charente). L'agglomération et son ensemble monumental : chronologie, organisation et techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Belingard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bujard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Hirn</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Claire Gerbaud</w:t>
+                <w:t xml:space="preserve">Arnaud Coutelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 56, np. [en ligne]</w:t>
+              <w:t xml:space="preserve">Bulletin de l’Association des Archéologues du Poitou et des Charentes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Projet Collectif de Recherches 2011-2014 pp.17-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01651195v1</w:t>
+                <w:t xml:space="preserve">halshs-01696633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassinomagus (Charente). L'agglomération et son ensemble monumental : chronologie, organisation et techniques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Coutelas</w:t>
+                <w:t xml:space="preserve">Social characterization of the medieval and modern population from Joué-lès-Tours (France): Contribution of oral health and diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Miclon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Genies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cotté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Yvernault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l’Association des Archéologues du Poitou et des Charentes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13219-017-0192-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01696633v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social characterization of the medieval and modern population from Joué-lès-Tours (France): Contribution of oral health and diet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Miclon</w:t>
+                <w:t xml:space="preserve">Un habitat du haut Moyen Âge à “ Foujouin ” (Vernou-sur-Brenne, Indre-et-Loire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hirn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gaultier</w:t>
+                <w:t xml:space="preserve">Mathieu Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Genies</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Françoise Yvernault</w:t>
+                <w:t xml:space="preserve">Céline Aunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Genies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gerbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56, np. [en ligne]</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02131580v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01651195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1674,51 +1674,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01589636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (12)</w:t>
+        <w:t xml:space="preserve">Rapport (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1746,1341 +1746,1673 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élodie Cabot</w:t>
+                <w:t xml:space="preserve">Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Chamarre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Coutelas</w:t>
+                <w:t xml:space="preserve">Gabriel Caraire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Catté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CReAAH UMR 6566. 2025</w:t>
+              <w:t xml:space="preserve">CReAAH UMR 6566. 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971827v1</w:t>
+                <w:t xml:space="preserve">hal-05546361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aubigné-Racan (Sarthe, Pays de la Loire). Le site antique de Cherré et son environnement de la Protohistoire au début du Moyen Âge. Rapport d'activités scientifiques 2023</w:t>
+                <w:t xml:space="preserve">Aubigné-Racan (Sarthe, Pays de la Loire). Le site antique de Cherré et son environnement de la Protohistoire au début du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Coutelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CReAAH UMR 6566. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Cormier</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">halshs-04442707v1</w:t>
+                <w:t xml:space="preserve">hal-04971827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frépillon (95), ZAC des Épineaux. Occupation du Bronze final, vaste habitat rural pérenne (Ier - XIIe s.), nécropole et sépultures dispersées du haut Moyen Âge</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aubigné-Racan (Sarthe, Pays de la Loire). Le site antique de Cherré et son environnement de la Protohistoire au début du Moyen Âge. Rapport d'activités scientifiques 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Coutelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghyslain Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; SRA des Pays de la Loire, Nantes. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Ben Kaddour</w:t>
-[...85 lines deleted...]
-                <w:t xml:space="preserve">hal-05512827v1</w:t>
+                <w:t xml:space="preserve">halshs-04442707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réau (77), Hameau d'Ourdy, Parc d'activités de l'A5, Zone 8. Une fosse de la fin du Premier âge du Fer (Hallstatt D), une fosse d'extraction de l'Antiquité tardive (Ve - première moitie VIe siècle) et une occupation domestique à enclos fossoyé du Moyen Âge central (seconde moitié du XIe - première moitié du XIe siècle)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Frépillon (95), ZAC des Épineaux. Occupation du Bronze final, vaste habitat rural pérenne (Ier - XIIe s.), nécropole et sépultures dispersées du haut Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Ben Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Anctil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Vandecasteele</w:t>
+                <w:t xml:space="preserve">Jérôme Brenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élise André</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexis Corrochano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie d'Île-de-France. 2019, Volume 1 (644 p.), volume 2 (565 p.), volume 3 (628 p.), volume 4 (950 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Corrochano</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-05530201v1</w:t>
+                <w:t xml:space="preserve">hal-05512827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allones (72), ZAC du Monné - Tranche 2. De l'établissement enclos laténien à la ferme du monné : occupations gauloise, romaine et médiévale en périphérie de l'agglomération d'Allonnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Bellavia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie des Pays de la Loire. 2018, pp.636</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05529698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Châtel-Saint-Germain (57), rue de Rebenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sévin-Allouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Brenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Genies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie du Grand-Est. 2018, pp.168</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05530202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poupry (28), La Fromagée/Les Hernies. Une occupation mésolithique, une nécropole de l'âge du Fer et un établiseement gallo-romain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Sarreste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Anctil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Camille Arqué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie du Centre-Val de Loire. 2018, pp.Volume 1 (491), volume 2 (550), volume 3 (611)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05529696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassinomagus (Chassenon, Charente). L'agglomération et son ensemble monumental : chronologie, organisation et techniques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Coutelas</w:t>
+                <w:t xml:space="preserve">Réau (77), Hameau d'Ourdy, Parc d'activités de l'A5, Zone 8. Une fosse de la fin du Premier âge du Fer (Hallstatt D), une fosse d'extraction de l'Antiquité tardive (Ve - première moitie VIe siècle) et une occupation domestique à enclos fossoyé du Moyen Âge central (seconde moitié du XIe - première moitié du XIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Vandecasteele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Ben Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Brenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Corrochano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] SRA Nouvelle-Aquitaine. 2017</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'archéologie d'Île-de-France. 2018, pp.224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01696792v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05530201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le lieu de culte des Chenevières : architecture, organisation et cheminements</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cassinomagus (Chassenon, Charente). L'agglomération et son ensemble monumental : chronologie, organisation et techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Belingard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bujard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Coutelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA Nouvelle-Aquitaine. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">halshs-01696672v1</w:t>
+                <w:t xml:space="preserve">halshs-01696792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La faune du puits 269 », In Krausz S., L’oppidum de Châteaumeillant (Cher), L’habitat sur l’oppidum de La Tène finale au IIIe siècle après J.-C., Rapport de fouilles programmées, Service Régional de l’Archéologie de la région Centre, 2013 , p.112-141</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Saint-Laurent-Nouan (41), Ganay. Occupations médiévale et moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Poulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Macouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle-Anne Verliac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Aude Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Genies</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Opération programmée. 2013</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie du Centre-Val de Loire. 2017, pp.Volume 1 (362), volume 2 (480)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03470543v1</w:t>
+                <w:t xml:space="preserve">hal-05539603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vernou-sur-Brenne (Indre-et-Loire) : Un habitat de courte durée à &amp;quot;Foujouin&amp;quot;. Une occupation du milieu du VIIIe au milieu du IXe siècle à l'écart de Vernao. Rapport de fouille archéologique réalisé du 2 mai au 14 août 2012 et corespondant à la prescription n° 11/0243 du 10 mai 2011</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Conseil général d'Indre-et-Loire. Tours. 2013, 2 vol. (447 p., 457 p.)</w:t>
+                <w:t xml:space="preserve">Illiers-Combray (28), Déviation d'Illiers-Combray, Tranche 1, phase n°2, tronçon RD154 à RD921 sud. Quelques éléments d'un habitat rural médiéval (VIIe - XIe s.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Jaffrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Barracand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Genies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Service régional de l'Archéologie du Centre-Val de Loire. 2017, pp.255</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01092170v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le lieu de culte des Chenevières : architecture, organisation et cheminements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Doulan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Genies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Le Bomin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaïg Le Martret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA Nouvelle-Aquitaine. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01696672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La faune du puits 269 », In Krausz S., L’oppidum de Châteaumeillant (Cher), L’habitat sur l’oppidum de La Tène finale au IIIe siècle après J.-C., Rapport de fouilles programmées, Service Régional de l’Archéologie de la région Centre, 2013 , p.112-141</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Genies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Opération programmée. 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03470543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vernou-sur-Brenne (Indre-et-Loire) : Un habitat de courte durée à &amp;quot;Foujouin&amp;quot;. Une occupation du milieu du VIIIe au milieu du IXe siècle à l'écart de Vernao. Rapport de fouille archéologique réalisé du 2 mai au 14 août 2012 et corespondant à la prescription n° 11/0243 du 10 mai 2011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hirn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Aunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Husi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Conseil général d'Indre-et-Loire. Tours. 2013, 2 vol. (447 p., 457 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01092170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« La faune », In Le Ray J., Trou de la coupe, Touvre (16), Rapport d’opération programmée de sondage/tamisage, Service Régional de l’Archéologie de la région Poitou-Charentes, 2012 , p.14-17</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Genies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Opération programmée. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03470473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId88"/>
+      <w:footerReference w:type="default" r:id="rId99"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3227,51 +3559,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976354v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Jouanin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Genies" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Berrier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935492v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sarreste" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Andr&#233; Besombes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phaedra Bouvet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Jaffrot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.6782" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03461051v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Duval" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fontaine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464695v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Carpentier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Sicard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Belingard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bujard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.6119" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02865486v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Miclon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414725v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651195v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hirn" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaultier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Aunay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gerbaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01696633v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131580v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaultier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genies" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0192-y" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589636v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Meunier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971827v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bossard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Aubin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cabot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chamarre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04442707v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cormier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyslain Ferr&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512827v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ben Kaddour" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Anctil" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brenot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Corrochano" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530201v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vandecasteele" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Andr&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529698v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine David" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Loiseau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530202v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S&#233;vin-Allouet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529696v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Andr&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Camille Arqu&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01696792v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01696672v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doulan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Le Bomin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Le Martret" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470543v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01092170v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Husi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laruaz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470473v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976354v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Jouanin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Genies" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Berrier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935492v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sarreste" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Andr&#233; Besombes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phaedra Bouvet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Jaffrot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.6782" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03461051v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Duval" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fontaine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464695v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Carpentier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Sicard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Belingard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bujard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.6119" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02865486v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Miclon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414725v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Herrscher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01696633v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02131580v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaultier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genies" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-017-0192-y" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651195v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hirn" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaultier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Aunay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gerbaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589636v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Meunier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546361v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bossard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Aubin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Baray" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Caraire" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Catt&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971827v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cabot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chamarre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04442707v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cormier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyslain Ferr&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512827v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ben Kaddour" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Anctil" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brenot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Corrochano" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529698v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine David" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Loiseau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530202v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S&#233;vin-Allouet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Andr&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529696v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Andr&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Camille Arqu&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530201v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vandecasteele" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01696792v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539603v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Poulain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Macouin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle-Anne Verliac" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Aude Berthon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539495v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Barracand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01696672v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doulan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Le Bomin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Le Martret" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470543v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01092170v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Husi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laruaz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470473v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>