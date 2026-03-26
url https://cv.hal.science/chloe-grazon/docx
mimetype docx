--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -485,291 +485,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon footprint and mitigation strategies of three chemistry laboratories</w:t>
+                <w:t xml:space="preserve">Polypeptide‐ and Protein‐Based Conjugate Nanoparticles via Aqueous Ring‐Opening Polymerization‐Induced Self‐Assembly (ROPISA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Estevez-Torres</w:t>
+                <w:t xml:space="preserve">Hannah Beauseroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Gauffre</w:t>
+                <w:t xml:space="preserve">Segolene Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Gouget</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chloé Grazon</w:t>
+                <w:t xml:space="preserve">Mostafa Badreldin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Loubet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pedro Salas-Ambrosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Green Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 26 (5), pp.2613-2622. </w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 45 (14), pp.2400079. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D3GC03668E⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/marc.202400079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04475689v2</w:t>
+                <w:t xml:space="preserve">hal-04649380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polypeptide‐ and Protein‐Based Conjugate Nanoparticles via Aqueous Ring‐Opening Polymerization‐Induced Self‐Assembly (ROPISA)</w:t>
+                <w:t xml:space="preserve">Carbon footprint and mitigation strategies of three chemistry laboratories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hannah Beauseroy</w:t>
+                <w:t xml:space="preserve">André Estevez-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Gauffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Salas-Ambrosio</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 45 (14), pp.2400079. </w:t>
+              <w:t xml:space="preserve">Green Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (5), pp.2613-2622. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/marc.202400079⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D3GC03668E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04649380v1</w:t>
+                <w:t xml:space="preserve">hal-04475689v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two‐photon Dye‐Based Fluorogenic Organic Nanoparticles as Intracellular Thiols Sensors</w:t>
               </w:r>
@@ -1009,429 +1009,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04564835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the Aggregates of Thiophene-based Trimers by Methyl Side-chain Engineering for Photocatalytic Hydrogen Evolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transcription-Factor-Induced Aggregation of Biomimetic Oligonucleotide--Protein Micelles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Grazon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+                <w:t xml:space="preserve">Elisabeth Garanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kunran Yang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chloé Grazon</w:t>
+                <w:t xml:space="preserve">Pierre Lalanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cong Wang</w:t>
+                <w:t xml:space="preserve">Emmanuel Ibarboure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Vallan</w:t>
+                <w:t xml:space="preserve">James E Galagan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Biomacromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (11), pp.5027-5034. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.202315333⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.biomac.3c00662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04305387v1</w:t>
+                <w:t xml:space="preserve">hal-04263919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic Conjugated Trimers with Donor–Acceptor–Donor Structures for Photocatalytic Hydrogen Generation Application</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Tuning the Aggregates of Thiophene-based Trimers by Methyl Side-chain Engineering for Photocatalytic Hydrogen Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunran Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Grazon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Vallan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adfm.202211730⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202315333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03951365v1</w:t>
+                <w:t xml:space="preserve">hal-04305387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcription-Factor-Induced Aggregation of Biomimetic Oligonucleotide--Protein Micelles.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lalanne</w:t>
+                <w:t xml:space="preserve">Organic Conjugated Trimers with Donor–Acceptor–Donor Structures for Photocatalytic Hydrogen Generation Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Vallan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Ibarboure</w:t>
+                <w:t xml:space="preserve">Anh Thy Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James E Galagan</w:t>
+                <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomacromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24 (11), pp.5027-5034. </w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.2211730. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.biomac.3c00662⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202211730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04263919v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03951365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luminescence-Sensitive Surfaces Bearing Ratiometric Nanoparticles for Bacteria Growth Detection</w:t>
               </w:r>
@@ -1966,77 +1966,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aqueous ROPISA of α-amino acid N-carboxyanhydrides: polypeptide block secondary structure controls nanoparticle shape anisotropy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Salas-Ambrosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ibarboure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2081,472 +2081,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03359087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescent Copolymers for Bacterial Bioimaging and Viability Detection</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A progesterone biosensor derived from microbial screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jutta Rieger</w:t>
+                <w:t xml:space="preserve">R. C. Baer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yayang Tian</w:t>
+                <w:t xml:space="preserve">Uroš Kuzmanović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingfu Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acssensors.0c00981⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.1276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-14942-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02943209v1</w:t>
+                <w:t xml:space="preserve">hal-02501228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aqueous Ring-Opening Polymerization-Induced Self-Assembly (ROPISA) of N-carboxyanhydrides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fluorescent Copolymers for Bacterial Bioimaging and Viability Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Si</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Garanger</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jutta Rieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yayang Tian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACS Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (9), pp.2843-2851. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssensors.0c00981⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.201912028⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02333682v1</w:t>
+                <w:t xml:space="preserve">hal-02943209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogel embedded quantum dot-transcription factor sensor for quantitative progesterone detection</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aqueous Ring-Opening Polymerization-Induced Self-Assembly (ROPISA) of N-carboxyanhydrides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thuy Nguyen</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Salas-Ambrosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ibarboure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yunpeng Feng</w:t>
+                <w:t xml:space="preserve">Alix Buol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Garanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (39), pp.43513-43521. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (2), pp.622-626. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.0c13489⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.201912028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02939691v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02333682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Immobilized Nucleic Acid–Transcription Factor Quantum Dots for Biosensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mingfu Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thuy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitinun Varongchayakul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2617,429 +2617,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02904157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A progesterone biosensor derived from microbial screening</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hydrogel embedded quantum dot-transcription factor sensor for quantitative progesterone detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingfu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. C. Baer</w:t>
+                <w:t xml:space="preserve">Prerana Sensharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uroš Kuzmanović</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mingfu Chen</w:t>
+                <w:t xml:space="preserve">Yunpeng Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.1276. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (39), pp.43513-43521. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-14942-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.0c13489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02501228v1</w:t>
+                <w:t xml:space="preserve">hal-02939691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core–shell polymeric nanoparticles comprising BODIPY and fluorescein as ultra-bright ratiometric fluorescent pH sensors</w:t>
+                <w:t xml:space="preserve">A versatile and accessible polymer coating for functionalizable zwitterionic quantum dots with high DNA grafting efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yang Si</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret Chern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Placial</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jutta Rieger</w:t>
+                <w:t xml:space="preserve">Katherine Ward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lecommandoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
+                <w:t xml:space="preserve">Mark W. Grinstaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photochemical &amp; Photobiological Sciences </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 18 (5), pp.1156-1165. </w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55 (74), pp.11067-11070. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C8PP00457A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C9CC04856A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02361972v1</w:t>
+                <w:t xml:space="preserve">hal-02278932v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A versatile and accessible polymer coating for functionalizable zwitterionic quantum dots with high DNA grafting efficiency</w:t>
+                <w:t xml:space="preserve">Core–shell polymeric nanoparticles comprising BODIPY and fluorescein as ultra-bright ratiometric fluorescent pH sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Margaret Chern</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Si</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katherine Ward</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Lecommandoux</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Placial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark W. Grinstaff</w:t>
+                <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 55 (74), pp.11067-11070. </w:t>
+              <w:t xml:space="preserve">Photochemical &amp; Photobiological Sciences </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18 (5), pp.1156-1165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C9CC04856A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C8PP00457A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02278932v2</w:t>
+                <w:t xml:space="preserve">hal-02361972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semiconductor Nanoplatelets: A New Class of Ultrabright Fluorescent Probes for Cytometric and Imaging Applications</w:t>
               </w:r>
@@ -3263,51 +3263,51 @@
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C7NR05838A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02189528v1</w:t>
+                <w:t xml:space="preserve">hal-04092015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel type of quantum dot–transferrin conjugate using DNA hybridization mimics intracellular recycling of endogenous transferrin</w:t>
               </w:r>
@@ -3397,51 +3397,51 @@
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C7NR05838A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04092015v1</w:t>
+                <w:t xml:space="preserve">hal-02189528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid and accurate detection of Escherichia coli growth by fluorescent pH-sensitive organic nanoparticles for high-throughput screening applications.</w:t>
               </w:r>
@@ -3574,77 +3574,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluorescent core-shell nanoparticles and nanocapsules using comb-like macromolecular RAFT agents: synthesis and functionalization thereof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Beaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Clavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3972,90 +3972,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrabright BODIPY-Tagged Polystyrene Nanoparticles: Study of Concentration Effect on Photophysical Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 118 (25), pp.13945--13952. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4102,64 +4102,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrabright Fluorescent Polymeric Nanoparticles Made from a New Family of BODIPY Monomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4232,51 +4232,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of poly(N,N-diethylacrylamide) nanogel formation by aqueous dispersion polymerization of N,N-diethylacrylamide in the presence of poly(ethylene oxide)-b-poly(N,N-dimethylacrylamide) amphiphilic macromolecular RAFT agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4362,64 +4362,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One-Pot Synthesis of Pegylated Fluorescent Nanoparticles by RAFT Miniemulsion Polymerization Using a Phase Inversion Process.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Méallet-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4491,51 +4491,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pegylated thermally responsive block copolymer micelles and nanogels via in situ RAFT aqueous dispersion polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4691,51 +4691,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thuy T. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaret Chern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. C. Baer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andy Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5211,51 +5211,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537216v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Piard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Degano" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dor&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Audibert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Grazon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2026.127477" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518928v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Kurek" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Dal Pra" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliocha Skrzypczak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Massip" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Daniel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cc06995e" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335746v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Madirov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Catros" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niko Hildebrandt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202510801" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475689v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Estevez-Torres" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gauffre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gouget" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Loubet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3GC03668E" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649380v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Beauseroy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Antoine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Badreldin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Salas-Ambrosio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202400079" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642514v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Recher" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Blanchard-Desce" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smtd.202400716" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564835v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Kurek" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.294" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305387v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojiao Yuan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunran Yang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Vallan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202315333" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951365v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Thy Bui" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gediminas Jonusauskas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202211730" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263919v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Garanger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lalanne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ibarboure" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E Galagan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.3c00662" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789930v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miaobo Pan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Mor&#225;n Cruz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Kechkeche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Houel Renault" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.2c00549" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690040v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Chern" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lally" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Fan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SC06921G" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690556v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Si" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Clavier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Sclavi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43630-022-00215-1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656612v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthika Sankar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Sabatelle" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lecommandoux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.2c00133" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359087v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Antoine" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sandre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1PY00995H" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02943209v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Rieger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yayang Tian" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.0c00981" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333682v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Buol" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201912028" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939691v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingfu Chen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prerana Sensharma" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Nguyen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunpeng Feng" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c13489" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904157v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitinun Varongchayakul" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.202000403" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501228v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Baer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uro&#353; Kuzmanovi&#263;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14942-5" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361972v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Placial" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel M&#233;allet-Renault" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8PP00457A" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278932v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Ward" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark W. Grinstaff" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CC04856A" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366531v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Cao" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Caschera" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Noireaux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b07143" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189528v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anusuya Banerjee" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pons" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhiraj Bhatia" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Augusto Valades-Cruz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NR05838A" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092015v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230475v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rieger Jutta" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Audibert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2015.08.028" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01547927v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Beaunier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6PY00646A" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366525v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senthil Arumugam" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Nasilowski" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu Joshi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Wunder" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nnano.2016.150" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366477v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Nadal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamuna Krishnan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.5b00221" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719587v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charleux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp502790w" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366468v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma400590q" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362644v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sanson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo E Grazon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0sm01181a" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598359v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100008" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HZ8PHJ10-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362642v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alaimo" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.23329" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WTPDX0VR-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534212v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy T. Nguyen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2516576" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533646v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison M. Dennis" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0463-2_7" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00841491v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012DENS0049" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537216v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Piard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Degano" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dor&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Audibert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Grazon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2026.127477" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518928v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Kurek" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Dal Pra" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliocha Skrzypczak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Massip" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Daniel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cc06995e" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335746v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Madirov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Catros" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niko Hildebrandt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202510801" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649380v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Beauseroy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Antoine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Badreldin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Salas-Ambrosio" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202400079" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475689v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Estevez-Torres" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gauffre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gouget" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Loubet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3GC03668E" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642514v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Recher" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Blanchard-Desce" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smtd.202400716" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564835v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Kurek" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.294" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263919v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Garanger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lalanne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ibarboure" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E Galagan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.3c00662" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305387v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojiao Yuan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunran Yang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Wang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Vallan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202315333" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951365v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Thy Bui" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gediminas Jonusauskas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202211730" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789930v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miaobo Pan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Mor&#225;n Cruz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Kechkeche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Houel Renault" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.2c00549" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690040v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Chern" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lally" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Fan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SC06921G" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690556v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Si" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Clavier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Sclavi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43630-022-00215-1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656612v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthika Sankar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Sabatelle" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lecommandoux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.2c00133" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359087v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Antoine" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sandre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1PY00995H" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501228v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Baer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uro&#353; Kuzmanovi&#263;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Nguyen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingfu Chen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14942-5" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02943209v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Rieger" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yayang Tian" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.0c00981" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333682v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Buol" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201912028" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904157v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitinun Varongchayakul" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.202000403" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939691v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prerana Sensharma" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunpeng Feng" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c13489" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278932v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Ward" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark W. Grinstaff" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CC04856A" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361972v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Placial" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel M&#233;allet-Renault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8PP00457A" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366531v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Cao" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Caschera" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Noireaux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b07143" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092015v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anusuya Banerjee" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pons" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhiraj Bhatia" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Augusto Valades-Cruz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NR05838A" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189528v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230475v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rieger Jutta" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Audibert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2015.08.028" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01547927v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Beaunier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6PY00646A" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366525v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senthil Arumugam" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Nasilowski" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu Joshi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Wunder" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nnano.2016.150" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366477v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Nadal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamuna Krishnan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.5b00221" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719587v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charleux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp502790w" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366468v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma400590q" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362644v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sanson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo E Grazon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0sm01181a" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598359v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100008" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HZ8PHJ10-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362642v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alaimo" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.23329" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WTPDX0VR-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534212v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy T. Nguyen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2516576" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533646v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison M. Dennis" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0463-2_7" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00841491v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012DENS0049" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>