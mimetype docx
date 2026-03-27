--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -502,412 +502,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05356881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can Extensive Training Transform a Mouse into a Guinea Pig? An Evaluation Based on the Discriminative Abilities of Inferior Colliculus Neurons</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samira Souffi</w:t>
+                <w:t xml:space="preserve">Behavioural context of call production in humpback whale calves: identification of potential begging calls in a mysticetes species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maevatiana Nokoloina Ratsimbazafindranahaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anjara Saloma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aristide Andrianarimisa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biology13020092⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 291 (2037), pp.20242048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2024.2048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04453586v1</w:t>
+                <w:t xml:space="preserve">hal-05356724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric pulses delivered by a cochlear implant allow a reduction in evoked firing rate and in spatial activation in the guinea pig auditory cortex</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">D Gnansia</w:t>
+                <w:t xml:space="preserve">Can Extensive Training Transform a Mouse into a Guinea Pig? An Evaluation Based on the Discriminative Abilities of Inferior Colliculus Neurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Souffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hearing Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heares.2024.109027⟩</w:t>
+              <w:t xml:space="preserve">Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (2), pp.92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biology13020092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04569042v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04453586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural context of call production in humpback whale calves: identification of potential begging calls in a mysticetes species</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maevatiana Nokoloina Ratsimbazafindranahaka</w:t>
+                <w:t xml:space="preserve">Asymmetric pulses delivered by a cochlear implant allow a reduction in evoked firing rate and in spatial activation in the guinea pig auditory cortex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Adenis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Partouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Stahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Gnansia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 291 (2037), pp.20242048. </w:t>
+              <w:t xml:space="preserve">Hearing Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 447, pp.109027. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspb.2024.2048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.heares.2024.109027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05356724v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04569042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Underwater soundscapes within critical habitats of the endangered Hawaiian monk seal: implications for conservation</w:t>
               </w:r>
@@ -1161,51 +1161,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduction in sound discrimination in noise is related to envelope similarity and not to a decrease in envelope tracking abilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Souffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Varnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1425,103 +1425,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What Is the Benefit of Ramped Pulse Shapes for Activating Auditory Cortex Neurons? An Electrophysiological Study in an Animal Model of Cochlear Implant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Partouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Adenis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (250), pp.1-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1817,291 +1817,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03617037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social calls in humpback whale mother-calf groups off Sainte Marie breeding ground (Madagascar, Indian Ocean)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ontogeny and synchrony of diving behavior in Humpback whale mothers and calves on their breeding ground</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Huetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anjara Saloma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Martin</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aristide Andrianarimisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7717/peerj.13785⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mammalogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 103 (3), pp.576-585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jmammal/gyac010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03822059v1</w:t>
+                <w:t xml:space="preserve">hal-03823711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ontogeny and synchrony of diving behavior in Humpback whale mothers and calves on their breeding ground</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Social calls in humpback whale mother-calf groups off Sainte Marie breeding ground (Madagascar, Indian Ocean)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anjara Saloma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maevatiana Ratsimbazafindranahaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aristide Andrianarimisa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mammalogy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 103 (3), pp.576-585. </w:t>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.e13785. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jmammal/gyac010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7717/peerj.13785⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03823711v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03822059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphometric study of humpback whale mother-calf pairs in the Sainte Marie channel, Madagascar, using a simple drone-based photogrammetric method</w:t>
               </w:r>
@@ -2215,287 +2215,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03618470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animal-borne acoustic data alone can provide high accuracy classification of activity budgets</w:t>
+                <w:t xml:space="preserve">Enhanced discriminative abilities of auditory cortex neurons for pup calls despite reduced evoked responses in C57BL/6 mother mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andréa Thiebault</w:t>
+                <w:t xml:space="preserve">Juliette Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Pistorius</w:t>
+                <w:t xml:space="preserve">Florian Occelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Aubin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Charrier</w:t>
+                <w:t xml:space="preserve">José-Manuel Cancela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Biotelemetry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9 (1), </w:t>
+              <w:t xml:space="preserve">Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 453, pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40317-021-00251-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2020.11.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03371572v1</w:t>
+                <w:t xml:space="preserve">hal-03035174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced discriminative abilities of auditory cortex neurons for pup calls despite reduced evoked responses in C57BL/6 mother mice</w:t>
+                <w:t xml:space="preserve">Animal-borne acoustic data alone can provide high accuracy classification of activity budgets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Royer</w:t>
+                <w:t xml:space="preserve">Andréa Thiebault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Occelli</w:t>
+                <w:t xml:space="preserve">Pierre Pistorius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José-Manuel Cancela</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
+                <w:t xml:space="preserve">Thierry Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Charrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 453, pp.1-16. </w:t>
+              <w:t xml:space="preserve">Animal Biotelemetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2020.11.031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40317-021-00251-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03035174v1</w:t>
+                <w:t xml:space="preserve">hal-03371572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic behaviour of bottlenose dolphins under human care while performing synchronous aerial jumps</w:t>
               </w:r>
@@ -2615,90 +2615,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robustness to Noise in the Auditory System: A Distributed and Predictable Property</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Souffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eNeuro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 8 (2), pp.0043-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2732,51 +2732,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noise-sensitive but more precise subcortical representations co-exist with robust cortical encoding of natural vocalizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Souffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2784,51 +2784,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Varnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 40 (27), pp.5228-5246. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2875,77 +2875,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural Code: Another breach in the wall?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Souffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Adenis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Behavioral and Brain Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3009,51 +3009,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzi Christian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Otorhinolaryngology-Head Neck Surgery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 3, pp.1 - 3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3081,303 +3081,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02111920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Single Exposure to GSM-1800 MHz Signals in the Course of an Acute Neuroinflammatory Reaction can Alter Neuronal Responses and Microglial Morphology in the Rat Primary Auditory Cortex</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robust Neuronal Discrimination in Primary Auditory Cortex Despite Degradations of Spectro-temporal Acoustic Details: Comparison Between Guinea Pigs with Normal Hearing and Mild Age-Related Hearing Loss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Lameth</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Victor Adenis</w:t>
+                <w:t xml:space="preserve">Yonane Aushana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Souffi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2018.06.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Association for Research in Otolaryngology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (2), pp.163-180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10162-017-0649-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01830427v1</w:t>
+                <w:t xml:space="preserve">hal-02111943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Neuronal Discrimination in Primary Auditory Cortex Despite Degradations of Spectro-temporal Acoustic Details: Comparison Between Guinea Pigs with Normal Hearing and Mild Age-Related Hearing Loss</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christian Lorenzi</w:t>
+                <w:t xml:space="preserve">A Single Exposure to GSM-1800 MHz Signals in the Course of an Acute Neuroinflammatory Reaction can Alter Neuronal Responses and Microglial Morphology in the Rat Primary Auditory Cortex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Occelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lameth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Adenis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Association for Research in Otolaryngology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 385, pp.11 - 24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2018.06.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10162-017-0649-1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02111943v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01830427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic sequences in non‐human animals: a tutorial review and prospectus</w:t>
               </w:r>
@@ -3657,51 +3657,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Guédin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Systems Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8, pp.65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3774,51 +3774,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Gourévitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 33 (26), pp.10713-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3904,51 +3904,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Gourévitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Laudanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Occelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hearing Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 305 (S1), pp.102-112. </w:t>
@@ -4011,51 +4011,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioacoustics approaches to locate and identify animals in terrestrial environments. In &amp;quot;Sensors for Ecology&amp;quot;. (F. Gaill, Y. Lagadeuc and J-F. Le Galliard eds)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INEE CNRS press, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, pp.83-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4093,51 +4093,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences between spectro-temporal receptive fields derived from artificial and natural stimuli in the auditory cortex.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Laudanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4210,51 +4210,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Gourévitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hearing Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 271 (1-2), pp.147-158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4326,51 +4326,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Philibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 29 (2), pp.334-350. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4443,51 +4443,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabeth Hennevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 99 (3), pp.1137-51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4547,51 +4547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabeth Hennevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurobiology of Learning and Memory.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 87 (3), pp.416-440. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4650,51 +4650,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From the receptive field dynamics to the rate of transmitted information : some facets of the thalamo-cortical auditory system.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroembryology and Aging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 3, pp.230-238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4780,51 +4780,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lebas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Tarroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 24 (4), pp.1091-1108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4922,51 +4922,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Lehongre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Tarroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 98 (4-6), pp.395-406. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5044,90 +5044,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cortical and subcortical neurons discriminate sounds in noise on the sole basis of acoustic amplitude modulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Souffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5229,51 +5229,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Derégnaucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th International Bioacoustics Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Hardiwar, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5507,51 +5507,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Derégnaucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44ème Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5745,51 +5745,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maevatiana Nokoloina Ratsimbazafindranahaka" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Adam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Huetz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy S. Reidenberg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjara Saloma" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.249936" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356778v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Maucourt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Aubert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouv&#233;a Bourgeois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-025-03561-z" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356881v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maevatiana N Ratsimbazafindranahaka" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Andrianarimisa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mms.70084" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453586v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Martin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Souffi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Edeline" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology13020092" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569042v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Adenis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Partouche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Stahl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Gnansia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heares.2024.109027" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356724v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.2048" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664359v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirby Parnell" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karlina Merkens" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacie J. Robinson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/esr01336" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730671v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maevatiana Ratsimbazafindranahaka" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mms.13129" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853055v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Varnet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Zaidi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bathellier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP283526" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061402v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Prevost" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Dendrinos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Karamanlidis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani13061048" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971082v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Stahl" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci13020250" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207554v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy Reidenberg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-023-03369-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617037v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.12945" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822059v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Martin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.13785" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823711v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmammal/gyac010" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618470v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilienne Razafimahatratra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Mathevet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/wiojms.v20i2.8" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371572v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Thiebault" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pistorius" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40317-021-00251-1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035174v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Royer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Occelli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Manuel Cancela" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2020.11.031" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03181087v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Lopez Marulanda" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Delfour" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Vanderheul" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2021.104357" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154584v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lorenzi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0043-21.2021" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618024v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2731-19.2020" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390148v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111920v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souffi Samira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzi Christian" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15761/OHNS.1000191" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830427v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lameth" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2018.06.002" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D5KH0D75-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111943v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonane Aushana" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10162-017-0649-1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375819v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arik Kershenbaum" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Blumstein" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Roch" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#199;a&#287;lar Ak&#231;ay" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Backus" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.12160" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375268v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Dall&#233;rac" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Levasseur" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarat Vatsavayai" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austen Milnerwood" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Cummings" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000375126" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101438v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Gu&#233;din" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnsys.2014.00065" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879691v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gaucher" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gour&#233;vitch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0079-13.2013" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879722v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Laudanski" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heares.2013.03.011" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V1QR1384-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722416v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183295v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0050539" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638313v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heares.2010.01.010" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-THPL72QD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407404v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Philibert" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3269-08.2009" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320548v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cotillon-Williams" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Hennevin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.01159.2007" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173326v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2006.10.006" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8F7KCMF9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173331v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000096800" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173336v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine del Negro" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tarroux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2006.04967.x" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LDV9VM8N-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314141v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Lehongre" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2005.09.011" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FCK0B786-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111910v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688838v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Courvoisier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zseb&#246;k Sandor" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Der&#233;gnaucourt" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01328137v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grison" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric S&#232;be" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grison" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Mazagol" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689959v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maevatiana Nokoloina Ratsimbazafindranahaka" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Adam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Huetz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy S. Reidenberg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjara Saloma" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.249936" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356778v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Maucourt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Aubert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouv&#233;a Bourgeois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-025-03561-z" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356881v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maevatiana N Ratsimbazafindranahaka" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Andrianarimisa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mms.70084" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356724v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.2048" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453586v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Martin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Souffi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Edeline" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology13020092" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569042v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Adenis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Partouche" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Stahl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Gnansia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heares.2024.109027" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664359v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirby Parnell" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karlina Merkens" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacie J. Robinson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/esr01336" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730671v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maevatiana Ratsimbazafindranahaka" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mms.13129" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853055v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Varnet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Zaidi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bathellier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP283526" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061402v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Prevost" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Dendrinos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Karamanlidis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani13061048" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971082v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Stahl" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci13020250" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207554v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy Reidenberg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-023-03369-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617037v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.12945" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823711v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmammal/gyac010" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822059v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Martin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.13785" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618470v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilienne Razafimahatratra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Mathevet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/wiojms.v20i2.8" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035174v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Royer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Occelli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Manuel Cancela" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2020.11.031" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371572v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Thiebault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pistorius" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40317-021-00251-1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03181087v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Lopez Marulanda" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Delfour" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Vanderheul" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2021.104357" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154584v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lorenzi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0043-21.2021" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618024v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2731-19.2020" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390148v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111920v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souffi Samira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzi Christian" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15761/OHNS.1000191" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111943v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonane Aushana" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10162-017-0649-1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830427v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lameth" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2018.06.002" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D5KH0D75-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375819v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arik Kershenbaum" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Blumstein" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Roch" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#199;a&#287;lar Ak&#231;ay" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Backus" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.12160" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375268v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Dall&#233;rac" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Levasseur" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarat Vatsavayai" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austen Milnerwood" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Cummings" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000375126" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101438v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Gu&#233;din" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnsys.2014.00065" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879691v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gaucher" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gour&#233;vitch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0079-13.2013" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879722v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Laudanski" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heares.2013.03.011" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V1QR1384-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722416v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183295v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0050539" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638313v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heares.2010.01.010" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-THPL72QD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407404v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Philibert" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3269-08.2009" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320548v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cotillon-Williams" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Hennevin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.01159.2007" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173326v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2006.10.006" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8F7KCMF9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173331v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000096800" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173336v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine del Negro" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tarroux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2006.04967.x" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LDV9VM8N-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314141v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Lehongre" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2005.09.011" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FCK0B786-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111910v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688838v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Courvoisier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zseb&#246;k Sandor" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Der&#233;gnaucourt" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01328137v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grison" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric S&#232;be" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grison" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Mazagol" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689959v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>