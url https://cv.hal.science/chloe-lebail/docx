--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1939,217 +1939,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05148116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre le travail dans une organisation alternative en transition vers la soutenabilité : réflexions sur le diagnostic ergonomique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une intervention ergonomique dans une situation d’action publique territorialisée : des apprentissages à partager</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Cerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Le Bail</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Faget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58e Congrès de la SELF, Ergonomie, communauté(s) et société : entre héritage et perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Société d'Ergonomie de la Langue Française, Jul 2025, Nanterre, France. pp.49-56</w:t>
+              <w:t xml:space="preserve">, Jul 2025, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05148161v1</w:t>
+                <w:t xml:space="preserve">hal-05148139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une intervention ergonomique dans une situation d’action publique territorialisée : des apprentissages à partager</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comprendre le travail dans une organisation alternative en transition vers la soutenabilité : réflexions sur le diagnostic ergonomique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Le Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Boccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Chloé Le Bail</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58e Congrès de la SELF, Ergonomie, communauté(s) et société : entre héritage et perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2025, Nanterre, France</w:t>
+              <w:t xml:space="preserve">, Société d'Ergonomie de la Langue Française, Jul 2025, Nanterre, France. pp.49-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05148139v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05148161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le travail managérial, entre exploration et exploitation face aux enjeux de durabilité : cas d’une PME en restauration collective pour adultes au travail</w:t>
               </w:r>
@@ -4144,51 +4144,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="804D90E7"/>
+    <w:nsid w:val="48847DE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4375,51 +4375,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-lebail" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8235-212X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234950870" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/103155767371227761253" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perso.lisn.upsaclay.fr/wiki/fr/lebail/start" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-02087124v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Bail" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018ENST0031" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467174v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2026.2617441" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331924v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Nascimento" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boccara" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Le Bouter" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2025.2578252" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04320189v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le&#160;bail" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Boccara" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Loyce" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-220298" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251128v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Poley" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8925" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251105v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Prost" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chizallet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8895" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03044452v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baker" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Detienne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Bernard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamprini Chartofylaka" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lcsi.2020.100477" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640227v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Yannou-Le Bris" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.6980" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03388989v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Baker" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ced.2992" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928399v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise D&#233;tienne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15710882.2020.1782437" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02170907v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2019.06.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925972v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9204.ch2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353916v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Boudra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Zara-Meylan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02623925v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Prevost" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148116v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148161v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faget" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148139v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787901v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lyonnet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771286v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassalle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3673805.3673823" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185642v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04271700v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163953v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ly" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Reynaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schumann" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216567v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166529v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724926v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Delavallade" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Tourne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Cayon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249517v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Masson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234750v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74602-5_28" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278002v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181324v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705513v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bourmaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guibourdenche" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096171v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03991209v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Piot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thybault Alabarbe" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Gonzalez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACIIW.2019.8925033" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02171342v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403791v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8789" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-lebail" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8235-212X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234950870" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/103155767371227761253" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perso.lisn.upsaclay.fr/wiki/fr/lebail/start" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-02087124v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Bail" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018ENST0031" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467174v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2026.2617441" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331924v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Nascimento" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boccara" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Le Bouter" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2025.2578252" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04320189v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le&#160;bail" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Boccara" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Loyce" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-220298" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251128v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Poley" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8925" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251105v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Prost" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chizallet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8895" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03044452v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baker" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Detienne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Bernard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamprini Chartofylaka" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lcsi.2020.100477" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640227v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Yannou-Le Bris" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.6980" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03388989v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Baker" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ced.2992" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928399v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise D&#233;tienne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15710882.2020.1782437" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02170907v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2019.06.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925972v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9204.ch2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353916v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Boudra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Zara-Meylan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02623925v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Prevost" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148116v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148139v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148161v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faget" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787901v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lyonnet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771286v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassalle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3673805.3673823" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185642v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04271700v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163953v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ly" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Reynaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schumann" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216567v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166529v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724926v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Delavallade" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Tourne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Cayon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249517v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Masson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234750v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74602-5_28" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278002v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181324v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705513v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bourmaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guibourdenche" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096171v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03991209v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Piot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thybault Alabarbe" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Gonzalez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACIIW.2019.8925033" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02171342v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403791v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8789" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>