--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -110,58 +110,51 @@
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">My research lies at the interface between computer science, cognitive science, and the humanities, with a focus on education. I recently completed my PhD with the Mnemosyne team (Inria, LaBRI, IMN, Bordeaux Neurocampus) in partnership with the LINE (Laboratory of Digital Innovation in Education, Université Côte d'Azur, Nice), where I worked on computational models of creative problem solving. My aim was twofold: first, to bridge the gap between educational psychology, learning sciences, and computational neuroscience; and second, to better understand how transversal skills— necessary for adapting in a rapidly changing world —are acquired and developed.</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Building on this foundation, I am expanding my research to explore how computational models can help create more adaptive, inclusive, and interdisciplinary learning environments, drawing inspiration from embodied cognition and learning principles observed in both natural and artificial systems. I have also recently developed a strong interest in the use of language and creative writing as metacognitive tools for knowledge construction. In this context, I advocate for the STEAM (Science, Technology, Engineering, Arts, and Mathematics) approach, integrating artistic and creative practices into scientific education to encourage deeper engagement and innovation. My personal experience with dance has also shaped my understanding of cognition, movement, and learning, reinforcing my interdisciplinary perspective. I believe that such creative approaches in education and outreach, combined with citizen science and open science initiatives, could help bridging several gaps: the gender gap in STEM, by encouraging more women to engage with the so-called 'hard' sciences, and the gap between science and society by fostering trust, ethical awareness, and a stronger connection between research and real-world ecological and societal challenges.</w:t>
+        <w:t xml:space="preserve">I am a junior research fellow within the Mnemosyne team (Inria, LaBRI, IMN, Bordeaux Neurocampus). My research lies at the interface between computer science, cognitive science, and the humanities, with a focus on education. I completed my PhD at the University of Bordeaux in 2024 with the Mnemosyne lab, in partnership with the LINE lab (Université Côte d'Azur), working on computational models of creative problem solving and how we develop the transversal skills needed in a changing world. I'm now expanding this toward adaptive and inclusive learning environments, drawing on embodied cognition, STEAM (Science, Technology, Engineering, Arts, and Mathematics) approaches, and the conviction that creative practices and open science can help bridge the gender gap in STEM while bringing research closer to real societal and ecological challenges. A dancer myself, I am also drawn to the way movement and embodied experience can reshape how we think about cognition and learning.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -956,256 +949,256 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of cognitive processes in creative problem solving: a computational approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apprentissage par renforcement sur des connaissances symboliques structurées : modéliser la résolution créative de problèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margarida Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Alexandre</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Margarida Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Viéville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th annual meeting of the Society for the Neuroscience of Creativity (SfNC 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Virtual, United States</w:t>
+              <w:t xml:space="preserve">CJC-SCo 2022 - Colloque des jeunes chercheur·se·s en sciences cognitives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03659409v1</w:t>
+                <w:t xml:space="preserve">hal-03678767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage par renforcement sur des connaissances symboliques structurées : modéliser la résolution créative de problèmes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The role of cognitive processes in creative problem solving: a computational approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Palaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margarida Romero</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Viéville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CJC-SCo 2022 - Colloque des jeunes chercheur·se·s en sciences cognitives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Paris, France. </w:t>
+              <w:t xml:space="preserve">7th annual meeting of the Society for the Neuroscience of Creativity (SfNC 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Virtual, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03678767v1</w:t>
+                <w:t xml:space="preserve">hal-03659409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2437,51 +2430,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="37E67755"/>
+    <w:nsid w:val="0321F863"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2668,51 +2661,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-mercier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5069-3138" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03791482v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mercier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcds.2022.3210234" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487309v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le Meudec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Bezerianos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Prouzeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04028721v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Palaude" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Romero" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03550354v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vi&#233;ville" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03324136v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Roux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03360307v3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chateau-Laurent" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03327706v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03659409v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03678767v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013223v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Heiser" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lepage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagnebien" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonjour" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04037791v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Comte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lagarrigue" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03557770v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04852961v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04852953v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04691368v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04691371v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03886219v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03013685v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04678913v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024BORD0065" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-mercier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5069-3138" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03791482v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mercier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcds.2022.3210234" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487309v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le Meudec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Bezerianos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Prouzeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04028721v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Palaude" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Romero" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03550354v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vi&#233;ville" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03324136v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Roux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03360307v3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chateau-Laurent" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03327706v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03678767v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03659409v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013223v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Heiser" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lepage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagnebien" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonjour" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04037791v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Comte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lagarrigue" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03557770v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04852961v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04852953v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04691368v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04691371v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03886219v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03013685v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04678913v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024BORD0065" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>