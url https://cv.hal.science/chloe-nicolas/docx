--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -12,69 +12,69 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:pict>
-          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:101.31926121372px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:105.49450549451px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
             <w10:wrap type="tight" anchorx="margin"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chloé Nicolas-Artero </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chargée de rechercheIRD - UMR SENS</w:t>
+        <w:t xml:space="preserve">Chargée de recherche en géographieIRD - UMR SENS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -146,51 +146,51 @@
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Chloé Nicolas Artero defended her PhD thesis in geography at the Université Sorbonne-Nouvelle. Since 2016, she has been teaching geography at various universities. From 2021 to 2023, she conducted a postdoctoral internship at the Climate and Resilience Research Center in Chile. Since 2023, she has been doing a postdoctoral research at Politecnico di Milano, where she analyzes public policies related to the production of non-conventional water in five Mediterranean countries.</w:t>
+        <w:t xml:space="preserve">I'm a researcher fellow at the Institute for Sustainable Development (IRD) in Montpellier, France. My research focuses on water governance, the international circulation of knowledge around the production of unconventional waters, and the metabolic rift associated with the intensification of the urban–rural dichotomy in arid and semi-arid regions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -542,1912 +542,1912 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04803159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">(In) sécurités hydriques dans les Suds semi-arides : regard croisé Chili et Tunisie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Information géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04829374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propuesta de un indicador para estudiar la seguridad hídrica en la interfaz doméstica – comunitaria de áreas rurales chilenas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanco Gustavo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EURE (Santiago) - Revista Latinoamericana de Estudios Urbano Regionales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 154</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronotope, Water Law and Rurality. Unraveling the challenges of implementing the Chilean Rural Sanitation Services Law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas-Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Investigaciones Geográficas: Una mirada desde el sur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 67, pp.57-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5354/0719-5370.2024.74102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04723496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Infrastructure Conditions and Service Quality in Rural Drinking Water Systems: A Cluster Analysis of Community-Based Organizations in Chile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carloos Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas-Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Fuster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Water Resources Planning and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 150 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/JWRMD5.WRENG-6318⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04530883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tanker trucks in Chile: from the normalization of an emergency to the commodification of water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas-Artero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Blanco-Wells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Water Resources Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.1-21. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07900627.2024.2423734⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04824189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The international and historical dimensions of Chilean water bureaucracy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48 (4), pp.480-499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02508060.2023.2220512⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les systèmes irrigués au Chili : &amp;quot;vers la fin des tours d’eau ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/cagri/2023021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contestée, appropriée et dépossédée : la place de la nature dans les villes latino-américaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers des Amériques Latines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reestatización del agua potable y resiliencia neoliberal en Uruguay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine-Anaïs Bascans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gautreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santos Carlos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Urbe : Revista Brasileira de Gestao Urbana (Brazilian Journal of Urban Management)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, inPress</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Water margins in Chile: an integration between geographical space and institutional rules of water control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas-Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 96 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geocarrefour.19805⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03941507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modes of access to water for domestic use in rural Chile: a typological proposal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas-Artero Chloé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/07900627.2024.2423734⟩</w:t>
+                <w:t xml:space="preserve">Blanco Gustavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bopp Carlos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carrasco Noelia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (7), pp.1179-1194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2166/wp.2022.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">(In) sécurités hydriques dans les Suds semi-arides : regard croisé Chili et Tunisie</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03941423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les marges hydriques au Chili : une imbrication entre l’espace et les règles institutionnelles de l’eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 96 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geocarrefour.19805⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reestatización del agua potable y resiliencia neoliberal en Uruguay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine-Anaïs Bascans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas-Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gautreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Urbe : Revista Brasileira de Gestao Urbana (Brazilian Journal of Urban Management)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1590/2175-3369.014.e20210133⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03941415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’usage du droit dans les résistances paysannes au Chili</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers d’Outre-Mer. Revue de géographie de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’usage du droit dans les résistances paysannes au Chili</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas-Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers d’Outre-Mer. Revue de géographie de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, LXXV (285), pp.53-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/com.13654⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03941441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construcción social de los mercados de agua en Chile: Un enfoque desde la geografía legal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista de Geografía, Norte Grande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 79, pp.163-182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4067/S0718-34022021000200163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Contestée, appropriée et dépossédée : la place de la nature dans les villes latino-américaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas-Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xenia Fuster-Farfán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Velut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers des Amériques Latines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 97, pp.23-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cal.13080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03699239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ensuring access to water in an emergency context: Towards an overexploitation and contamination of water resources?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Social &amp; legal studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.096466392110316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/09646639211031626⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Questionner la relation société – environnement en Amérique latine : extractivisme, violences et résistances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Information géographique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 4</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, Vol. 85 (4), pp.93-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lig.854.0093⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...1451 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apropiación del agua y producción del espacio. La dimensión espacial del derecho de aguas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloe Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quid 16. Revista del Área de Estudios Urbanos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03941485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Questionner la relation société – environnement en Amérique latine : extractivisme, violences et résistances</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Las organizaciones de usuarios de agua en la construcción de la escasez hídrica. De las acciones geolegales a una territorialización securitaria del agua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Information géographique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/lig.854.0093⟩</w:t>
+              <w:t xml:space="preserve">Revista INVI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4067/S0718-83582020000200081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02633558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tactiques géolégales des organisations d’usagers de l’eau face à l’avancée de l’extractivisme au Chili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02492271v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">halshs-02633558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Dupuits, Naviguer à contre-courant ? Les mobilisations transnationales pour une gouvernance communautaire de l’eau et des forêts en Amérique latine</w:t>
               </w:r>
@@ -3417,286 +3417,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04288730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explorer le champ des études sur l’eau aujourd’hui</w:t>
+                <w:t xml:space="preserve">Gouverner les eaux en Amérique Latine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...48 lines deleted...]
-                <w:t xml:space="preserve">Carine Chavarochette</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Amérique Latine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ellypse, 2021, L'Amérique Latine</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chapter 6. Dispossession and the Water Law in Chile. The case of the Elqui Valley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Luttes pour l'eau dans les Amériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Gouverner les eaux en Amérique Latine</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03941408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Explorer le champ des études sur l’eau aujourd’hui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...65 lines deleted...]
-                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Velut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graciela Schneier-Madanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Poupeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Chavarochette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Luttes pour l'eau dans les Amériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03941408v1</w:t>
+                <w:t xml:space="preserve">halshs-03941392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3821,64 +3821,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Policy Brief « Por qué son importantes las organizaciones comunitarias de agua potable en la gestión integrada de cuencas en un contexto de cambio climático »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carrasco Noelia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanco Gustavo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Pareja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4262,539 +4262,772 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03961136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’application de la loi sur les Services Sanitaires Ruraux au Chili : une double transition révélatrice d’inégalités sociospatiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UGI – Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Water Accumulation by Dispossession in Chile: an Analysis of Geo-Legal Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water in the Americas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux origines du courant de pensée de l’“ecología política” au Chili</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ce que fait l’Amérique Latine à l’écologie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit de l’eau au Chili : source de transformation sociale ou de pérennisation de l’ordre établi ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire SHS, Eau et Droits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la difficulté de valoriser et divulguer les connaissances produites sur les dominants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UGI – Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Escapando de la ciudad: efectos de la pandemia covid-19 en suelos y aguas rurales de Chile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xenia Fuster Farfán</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PRE-ALAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Associación Latinoamericana de Sociología, Apr 2022, Concepción, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Los camiones aljibes en Chile : una normalización de la emergencia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vers une analyse multiniveaux de la gestion de l'eau en Amérique latine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Amaël Marchand; Jade Latargère, Oct 2022, San Cristobal de las Casas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03961119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Aux origines du courant de pensée de l’“ecología política” au Chili</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Los camiones aljibes en Chile : una normalización de la emergencia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ce que fait l’Amérique Latine à l’écologie politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Vers une analyse multiniveaux de la gestion de l'eau en Amérique latine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, San Cristobal de las Casas, Francia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’application de la loi sur les Services Sanitaires Ruraux au Chili : une double transition révélatrice d’inégalités sociospatiales</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03941520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mega-sequía en Chile: ¿Pueden las comunidades rurales revertir la escasez hídrica?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UGI – Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Congreso FLACSO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Montevideo, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construire les ressources de la transition, Approches géo-légales des saumures lithinifères dans les déserts de sel d’Amérique du Sud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Emilie Forget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water in the Americas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque Sols et sous-sols dans la transition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PACTE, Jun 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...241 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03485135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construire les ressources de la transition. Approches géolégales des saumures lithinifères dans les déserts de sel d’Amérique du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Emilie Forget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4823,428 +5056,195 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Sols et sous-sols dans la transition socioécologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03961125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Los camiones aljibes en Chile : una normalización de la emergencia</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Etat d'exception en matière hydrique et la production urbaine au Chili : une approche depuis la critical legal geography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vers une analyse multiniveaux de la gestion de l'eau en Amérique latine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, San Cristobal de las Casas, Francia</w:t>
+              <w:t xml:space="preserve">Colloque ESO-JEDI sur les approches critiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...184 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02492290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disciplinar y desposeer. Prácticas de riego en una ciudad media en un contexto extractivista</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International Habiter les villes en Amérique Latine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02492283v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-02492290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Political ecology of water in Chile. Geo-legal strategies against dispossession in Derecho stream basin</w:t>
               </w:r>
@@ -5500,165 +5500,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01732758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Agua y acumulación por desposesión en Chile : el rol de las organizaciones de usuarios en el despojo del recurso.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tardes de jóvenes investigadores, Institut Français d’Études Andines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Lima, Pérou</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01734641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Estado, organizaciones de usuarios y relaciones de poder en la cuenca del río Elqui: la producción de la escasez hídrica desde 1950 hasta hoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Nicolas Artero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de la Facultad de geografía, Universidad de Chile</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Santiago, Chili</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01732698v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-01734641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production des paysages hydriques semi-arides au Chili : une étude de la propriété de l’eau depuis la géographie juridique et la political ecology</w:t>
               </w:r>
@@ -6182,51 +6182,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="963C8E43"/>
+    <w:nsid w:val="869893E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6413,51 +6413,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-nicolas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3879-3256" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241527228" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288787v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Nicolas Artero" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941350v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Nicolas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Velut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graciela Schneier-Madanes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poupeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chavarochette" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheal.9702" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04803159v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Nicolas-Artero" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Fuster-Farf&#225;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Huaico-Malhue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2024.103502" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04824189v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Blanco-Wells" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07900627.2024.2423734" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04829374v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723496v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5354/0719-5370.2024.74102" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288805v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanco Gustavo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530883v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carloos Bopp" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Blanco" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Fuster" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/JWRMD5.WRENG-6318" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288810v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2023021" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288710v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02508060.2023.2220512" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941423v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas-Artero Chlo&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bopp Carlos" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carrasco Noelia" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wp.2022.026" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288723v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.19805" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-HXD4VMQ6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515982v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515984v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine-Ana&#239;s Bascans" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gautreau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santos Carlos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941507v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941415v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Santos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/2175-3369.014.e20210133" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515986v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941441v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.13654" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515981v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-34022021000200163" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03699239v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cal.13080" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515980v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09646639211031626" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941485v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Nicolas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515985v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.854.0093" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02492271v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02633558v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-83582020000200081" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515991v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cal.12355" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02492264v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.174.0139" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926236v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Aliste" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5354/0719-1472.2018.49500" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02492265v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01732378v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32735/S0718-6568/2016-N45-1218" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01920018v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-65682016000300009" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435527v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435520v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260971v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064387v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Larrouqu&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910262v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Alvarez-Garreton" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Cercos" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288730v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941392v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515988v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941408v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288746v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961130v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Pareja" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966752v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02492276v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martinet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Opillard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Pulgar Pinaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288754v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961136v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Emilie Forget" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bos" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961119v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515992v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961124v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515993v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961126v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961129v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Fuster Farf&#225;n" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961121v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961125v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941520v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961120v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485135v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02492283v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02492290v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515995v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515994v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01732495v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01732758v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01732698v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01734641v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01732662v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01732562v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01734638v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01734646v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01734643v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03551867v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019PA030033" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-nicolas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3879-3256" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241527228" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288787v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Nicolas Artero" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941350v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Nicolas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Velut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graciela Schneier-Madanes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poupeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chavarochette" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheal.9702" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04803159v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Nicolas-Artero" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Fuster-Farf&#225;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Huaico-Malhue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2024.103502" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04829374v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288805v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanco Gustavo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723496v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5354/0719-5370.2024.74102" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530883v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carloos Bopp" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Blanco" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Fuster" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/JWRMD5.WRENG-6318" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04824189v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Blanco-Wells" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07900627.2024.2423734" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288710v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02508060.2023.2220512" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288810v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2023021" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515982v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515984v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine-Ana&#239;s Bascans" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gautreau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santos Carlos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941507v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.19805" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-HXD4VMQ6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941423v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas-Artero Chlo&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bopp Carlos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carrasco Noelia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wp.2022.026" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288723v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941415v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Santos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/2175-3369.014.e20210133" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515986v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941441v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.13654" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515981v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-34022021000200163" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03699239v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cal.13080" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515980v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09646639211031626" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515985v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.854.0093" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941485v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Nicolas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02633558v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-83582020000200081" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02492271v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515991v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cal.12355" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02492264v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.174.0139" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926236v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Aliste" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5354/0719-1472.2018.49500" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02492265v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01732378v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32735/S0718-6568/2016-N45-1218" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01920018v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-65682016000300009" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435527v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435520v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260971v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064387v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Larrouqu&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910262v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Alvarez-Garreton" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Cercos" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288730v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515988v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941408v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941392v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288746v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961130v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Pareja" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966752v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02492276v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martinet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Opillard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Pulgar Pinaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288754v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961136v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Emilie Forget" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bos" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961124v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515993v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515992v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961126v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961121v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961129v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Fuster Farf&#225;n" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961119v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03941520v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961120v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485135v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961125v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02492290v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02492283v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515995v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515994v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01732495v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01732758v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01734641v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01732698v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01732662v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01732562v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01734638v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01734646v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01734643v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03551867v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019PA030033" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>