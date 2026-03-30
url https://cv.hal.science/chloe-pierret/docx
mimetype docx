--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -181,486 +181,486 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breast Cancer Screening in Women With Multiple Sclerosis: A Mixed‐Methods Study</w:t>
+                <w:t xml:space="preserve">Author Response: Cancer Risk Among Patients With Multiple Sclerosis: A 10-Year Nationwide Retrospective Cohort Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloe Pierret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Leray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ene.70183⟩</w:t>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 105 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000210260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05081677v1</w:t>
+                <w:t xml:space="preserve">hal-05329313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing recurrent events in multiple sclerosis: a review of statistical models with application to the MSOAC database</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Breast Cancer Screening in Women With Multiple Sclerosis: A Mixed‐Methods Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Pierret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lou Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Leray</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Quentin Pilard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00415-025-13100-5⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ene.70183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05069098v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05081677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Updated Multiple Sclerosis Incidence in France, 2011–2021</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyzing recurrent events in multiple sclerosis: a review of statistical models with application to the MSOAC database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Herman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Tanniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Pierret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Pilard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000213586⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 272 (5), pp.371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00415-025-13100-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05034515v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05069098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Author Response: Cancer Risk Among Patients With Multiple Sclerosis: A 10-Year Nationwide Retrospective Cohort Study</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Updated Multiple Sclerosis Incidence in France, 2011–2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Guinebretiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Pierret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Calonge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Januel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Louapre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 105 (9), </w:t>
+              <w:t xml:space="preserve">, 2025, 104 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000210260⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000213586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05329313v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of healthcare utilization before the diagnosis of radiologically isolated syndrome</w:t>
               </w:r>
@@ -774,399 +774,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04883813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence of multiple sclerosis in France in 2021: Data from the French health insurance database</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cancer Risk Among Patients With Multiple Sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Pierret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Pierret</w:t>
+                <w:t xml:space="preserve">Aurelien Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Mainguy</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christine Le Bihan-Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Moisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe-Jean Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2023.12.007⟩</w:t>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 103 (9), pp.e209885. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000209885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04487926v1</w:t>
+                <w:t xml:space="preserve">hal-04735377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cancer and multiple sclerosis: 2023 recommendations from the French Multiple Sclerosis Society</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Collongues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Durand-Dubief</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lebrun-Frénay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Audoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Ayrignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multiple Sclerosis Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Multiple Sclerosis Journal, 30 (7), pp.899-924. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/13524585231223880⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04479762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cancer Risk Among Patients With Multiple Sclerosis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prevalence of multiple sclerosis in France in 2021: Data from the French health insurance database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Moisset</w:t>
+                <w:t xml:space="preserve">C. Pierret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe-Jean Bousquet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Leray</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 103 (9), pp.e209885. </w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 180 (5), pp.429-437. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000209885⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2023.12.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735377v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04487926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1312,351 +1312,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05071238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le risque du cancer dans la SEP : une étude de cohorte nationale (2012–2021)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Pierret</w:t>
+                <w:t xml:space="preserve">Le risque de cancer dans la sclérose en plaques : une étude de cohorte nationale à partir du Système national des données de santé (SNDS), 2012-2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Pierret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Mulliez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Le Bihan-Benjamin</w:t>
+                <w:t xml:space="preserve">A. Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adil Maarouf</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe-Jean Bousquet</w:t>
+                <w:t xml:space="preserve">C. Le Bihan-Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Moisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P-J. Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Neurologies de Langue Française 2024</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2024.02.074⟩</w:t>
+              <w:t xml:space="preserve">Congrès ÉMOIS 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association COPSICOM, Apr 2024, Lille, France. pp.202235, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04529585v1</w:t>
+                <w:t xml:space="preserve">hal-04543814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le risque de cancer dans la sclérose en plaques : une étude de cohorte nationale à partir du Système national des données de santé (SNDS), 2012-2021</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Le Bihan-Benjamin</w:t>
+                <w:t xml:space="preserve">Le risque du cancer dans la SEP : une étude de cohorte nationale (2012–2021)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pierret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Moisset</w:t>
+                <w:t xml:space="preserve">Aurélien Mulliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Bihan-Benjamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P-J. Bousquet</w:t>
+                <w:t xml:space="preserve">Adil Maarouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe-Jean Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès ÉMOIS 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association COPSICOM, Apr 2024, Lille, France. pp.202235, </w:t>
+              <w:t xml:space="preserve">Journées Neurologies de Langue Française 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association JNLF, Apr 2024, Paris, France. pp.S39-S40, </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202235⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2024.02.074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04543814v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dépistage du cancer du sein chez les personnes atteintes de la sclérose en plaques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Pierret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Leray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès ÉMOIS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Lille, France. pp.202364 / P67, </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1690,77 +1690,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dépistage du cancer du sein chez les personnes atteintes d’une SEP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Pierret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lou Philipe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Leray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Neurologies de Langue Française 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Paris, France. pp.S149, </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1820,403 +1820,403 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of health care utilization before the diagnosis of radiologically isolated syndrome does not support the existence of a prodromal phase in multiple sclerosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multiple sclerosis-related healthcare and disease-modifying drug use before and after a cancer diagnosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Pierret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Vukusic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lebrun-Frénay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Darin Okuda</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Androdias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassandre Landes-Château</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Drezen Erwab</w:t>
+                <w:t xml:space="preserve">Huah Shin Ng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40th Congress of the European-Committee-for-Treatment-and-Research-in-Multiple-Sclerosis (ECTRIMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Copenhagen, Denmark. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAGE PUBLICATIONS LTD</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Multiple Sclerosis Journal, 30 (3), pp.681 - 1137 / P1311/267, 2024, Abstract Book. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SAGE PUBLICATIONS LTD</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/13524585241269219⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/13524585241269221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05524156v1</w:t>
+                <w:t xml:space="preserve">hal-04882262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple sclerosis-related healthcare and disease-modifying drug use before and after a cancer diagnosis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of health care utilization before the diagnosis of radiologically isolated syndrome does not support the existence of a prodromal phase in multiple sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lebrun-Frénay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Androdias</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Kerbrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darin Okuda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandre Landes-Château</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huah Shin Ng</w:t>
+                <w:t xml:space="preserve">Drezen Erwab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40th Congress of the European-Committee-for-Treatment-and-Research-in-Multiple-Sclerosis (ECTRIMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Copenhagen, Denmark. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAGE PUBLICATIONS LTD</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Multiple Sclerosis Journal, 30 (3), pp.681 - 1137 / P1311/267, 2024, Abstract Book. </w:t>
+              <w:t xml:space="preserve">, Multiple Sclerosis Journal, 30 (3), pp.125 - 680 / P034/124, 2024, Abstract Book. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/13524585241269221⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/13524585241269219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04882262v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05524156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cancer risk among patients with MS : a 10-year nationwide cohort study using the French medico-administrative database (2012-2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloe Pierret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Bihan-Benjamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Moisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe-Jean Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Joint ECTRIMS-ACTRIMS meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Milan, Italy. </w:t>
@@ -2357,51 +2357,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A47AF26C"/>
+    <w:nsid w:val="8ABD4B5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2588,51 +2588,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-pierret" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-2702-3343" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/291222927" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05081677v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Pierret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Philippe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Leray" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.70183" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069098v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Herman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tanniou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pilard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-025-13100-5" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034515v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Guinebretiere" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pierret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Calonge" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Januel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Louapre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000213586" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05329313v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000210260" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883813v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lebrun-Fr&#233;nay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Kerbrat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darin Okuda" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Landes-Chateau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orhun H Kantarci" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585241291471" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04487926v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pierret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mainguy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2023.12.007" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479762v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Collongues" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Durand-Dubief" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Audoin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ayrignac" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585231223880" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04735377v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Mulliez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bihan-Benjamin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Moisset" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe-Jean Bousquet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000209885" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05071238v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ng" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Vukusic" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Androdias" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2025.203058" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529585v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mulliez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Maarouf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2024.02.074" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04543814v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mulliez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Bihan-Benjamin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Moisset" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-J. Bousquet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202235" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694861v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Philippe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202364" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529513v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Philipe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2024.02.293" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524156v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Landes-Ch&#226;teau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drezen Erwab" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ectrims.eu/ectrims2024/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585241269219" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882262v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huah Shin Ng" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585241269221" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388002v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ectrims.eu/events/9th-joint-ectrims-actrims-meeting/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585231196195" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/chloe-pierret" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-2702-3343" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/291222927" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05329313v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Pierret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Leray" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000210260" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05081677v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Philippe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.70183" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069098v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Herman" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tanniou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pilard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-025-13100-5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034515v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Guinebretiere" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pierret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Calonge" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Januel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Louapre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000213586" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883813v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lebrun-Fr&#233;nay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Kerbrat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darin Okuda" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Landes-Chateau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orhun H Kantarci" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585241291471" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04735377v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Mulliez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bihan-Benjamin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Moisset" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe-Jean Bousquet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000209885" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479762v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Collongues" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Durand-Dubief" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Audoin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ayrignac" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585231223880" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04487926v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pierret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mainguy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2023.12.007" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05071238v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ng" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Vukusic" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Androdias" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2025.203058" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04543814v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mulliez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Bihan-Benjamin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Moisset" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-J. Bousquet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202235" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529585v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mulliez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Maarouf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2024.02.074" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694861v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Philippe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202364" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529513v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Philipe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2024.02.293" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882262v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huah Shin Ng" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ectrims.eu/ectrims2024/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585241269221" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524156v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Landes-Ch&#226;teau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drezen Erwab" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585241269219" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388002v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ectrims.eu/events/9th-joint-ectrims-actrims-meeting/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585231196195" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>