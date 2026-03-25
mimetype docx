--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -387,347 +387,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03752935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disrupting Journalism from Scratch: Outlining the Figure of the Entrepreneur-Journalist in Four French Pure Players</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les parcours professionnels entre journalisme et communication : tactiques de légitimation ou stratégies de professionnalisation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Dupuy-Salle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nordicom Review</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Communication et professionnalisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8, p. 13-35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01998139v1</w:t>
+                <w:t xml:space="preserve">hal-04387201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disrupting Journalism from Scratch: Outlining the Figure of the Entrepreneur-Journalist in Four French Pure Players</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nordicom Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, pp.29-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2478/njms-2019-0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03752914v1</w:t>
+                <w:t xml:space="preserve">hal-01998139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les parcours professionnels entre journalisme et communication : tactiques de légitimation ou stratégies de professionnalisation ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Disrupting Journalism from Scratch: Outlining the Figure of the Entrepreneur-Journalist in Four French Pure Players</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Salles</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication et professionnalisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 8, p. 13-35</w:t>
+              <w:t xml:space="preserve">Nordicom Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04387201v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03752914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les compétences de modération dans le journal Le Monde : réquisition, redéfinition et redistribution</w:t>
+                <w:t xml:space="preserve">Florence LE CAM et Denis RUELLAN (2017), Émotions de journalistes. Sel et sens du métier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Le temps long des réseaux sociaux numériques, 31, http://www.histoiredesmedias.com/Les-competences-de-moderation-dans.html. </w:t>
+              <w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, http://journals.openedition.org/communication/8894. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/tdm.031.0048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/communication.8894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01960578v1</w:t>
+                <w:t xml:space="preserve">hal-01960589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">introduction au supplément 3 information et communication publique ET espaces publics sociétaux : interactions et tensions,</w:t>
               </w:r>
@@ -824,278 +828,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02055235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence LE CAM et Denis RUELLAN (2017), Émotions de journalistes. Sel et sens du métier</w:t>
+                <w:t xml:space="preserve">Les compétences de modération dans le journal Le Monde : réquisition, redéfinition et redistribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, http://journals.openedition.org/communication/8894. </w:t>
+              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Le temps long des réseaux sociaux numériques, 31, http://www.histoiredesmedias.com/Les-competences-de-moderation-dans.html. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/communication.8894⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/tdm.031.0048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01960589v1</w:t>
+                <w:t xml:space="preserve">hal-01960578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les blogs du Monde, des outils de management non-conventionnel</w:t>
+                <w:t xml:space="preserve">Les webdocumentaires, un terrain d’expérimentation numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Enjeux de l'information et de la communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 1 (17), https://lesenjeux.univ-grenoble-alpes.fr/2016/05-Salles/index.html. </w:t>
+              <w:t xml:space="preserve">Sur le journalisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/enic.020.0063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25200/slj.v6.n1.2017.297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01960554v1</w:t>
+                <w:t xml:space="preserve">hal-01803186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les webdocumentaires, un terrain d’expérimentation numérique</w:t>
+                <w:t xml:space="preserve">Les blogs du Monde, des outils de management non-conventionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Salles</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sur le journalisme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 6 (1), </w:t>
+              <w:t xml:space="preserve">Les Enjeux de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1 (17), https://lesenjeux.univ-grenoble-alpes.fr/2016/05-Salles/index.html. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25200/slj.v6.n1.2017.297⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/enic.020.0063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01803186v1</w:t>
+                <w:t xml:space="preserve">hal-01960554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1107,247 +1107,247 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux de la médiatisation de la maladie sur Instagram: engagement, professionnalisation et marchandisation autour des récits de soi</w:t>
+                <w:t xml:space="preserve">Animation de la table-ronde &amp;quot;Médias et &amp;quot;créativité&amp;quot; : des expérimentations aux structurations en cours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de spécialité Geriico, Université de Lille, Récits médiatiques en santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude "Médias et nouvelles écritures : des créations à la marge ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GRESEC UGA, Apr 2024, Echirolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04577890v1</w:t>
+                <w:t xml:space="preserve">hal-04639575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’auto-médiatisation des vulnérabilités vécues durant la grossesse : ressource de pouvoir pour les femmes, source de distinction pour les médias</w:t>
+                <w:t xml:space="preserve">Enjeux de la médiatisation de la maladie sur Instagram: engagement, professionnalisation et marchandisation autour des récits de soi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Salles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corps stigmatisés au temps du numérique. Exposer, juger, valoriser</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Yann Bruna (Sophiapol, Université Paris Nanterre), Hélène Bourdeloie (LabSIC, Université Paris Nord, en délégation au CIS-CNRS en 2024/25) et Dimitra Laurence Larochelle (Irméccen, Université Sorbonne Nouvelle), Nov 2024, Nanterre, MSH Mondes, France</w:t>
+              <w:t xml:space="preserve">Séminaire de spécialité Geriico, Université de Lille, Récits médiatiques en santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04881328v1</w:t>
+                <w:t xml:space="preserve">hal-04577890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animation de la table-ronde &amp;quot;Médias et &amp;quot;créativité&amp;quot; : des expérimentations aux structurations en cours</w:t>
+                <w:t xml:space="preserve">L’auto-médiatisation des vulnérabilités vécues durant la grossesse : ressource de pouvoir pour les femmes, source de distinction pour les médias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Salles</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude "Médias et nouvelles écritures : des créations à la marge ?"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GRESEC UGA, Apr 2024, Echirolles, France</w:t>
+              <w:t xml:space="preserve">Corps stigmatisés au temps du numérique. Exposer, juger, valoriser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Yann Bruna (Sophiapol, Université Paris Nanterre), Hélène Bourdeloie (LabSIC, Université Paris Nord, en délégation au CIS-CNRS en 2024/25) et Dimitra Laurence Larochelle (Irméccen, Université Sorbonne Nouvelle), Nov 2024, Nanterre, MSH Mondes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04639575v1</w:t>
+                <w:t xml:space="preserve">hal-04881328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating theory and research into journalistic training around climate change</w:t>
               </w:r>
@@ -1704,51 +1704,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les hybridités professionnelles entre journalisme et communication : tactiques de légitimation ou stratégies de professionnalisation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Dupuy-Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2848,51 +2848,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342471v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Schmitt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marty" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Salles" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fribourg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386106v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gadras" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe de Oliveira" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752935v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.14243" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998139v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/njms-2019-0003" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752914v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387201v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Dupuy-Salle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960578v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.031.0048" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055235v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bardou-Boisnier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pailliart" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.hs6.0005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960589v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.8894" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960554v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.020.0063" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803186v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25200/slj.v6.n1.2017.297" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577890v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881328v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639575v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486104v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752944v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752952v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bullich" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960731v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960694v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803020v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387325v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752940v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752920v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960683v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803010v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000196v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Gueraud-Pinet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837319v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837333v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577861v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Alexis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Naulin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01290739v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342471v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Schmitt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marty" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Salles" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fribourg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386106v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gadras" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe de Oliveira" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752935v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.14243" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387201v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Dupuy-Salle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998139v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/njms-2019-0003" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752914v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960589v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.8894" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055235v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bardou-Boisnier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pailliart" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.hs6.0005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960578v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.031.0048" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803186v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25200/slj.v6.n1.2017.297" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960554v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enic.020.0063" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639575v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577890v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881328v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486104v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752944v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752952v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bullich" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960731v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960694v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803020v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387325v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752940v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752920v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960683v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803010v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000196v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Gueraud-Pinet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837319v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837333v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577861v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Alexis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Naulin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01290739v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>