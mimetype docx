--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thibault Cholez </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Packet Wash for Low-Latency High-Bitrate Game Streaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammadreza Ghafari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMS 2025 - 3rd Workshop on Emerging Multimedia Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SIGCOMM '25: ACM SIGCOMM 2025 Conference, Sep 2025, Coimbra, Portugal. pp.7-12, </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3746441.3748228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05375897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QoE Evaluation of BPP Packet Wash Using ROI-based Scalable Video Coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammadreza Ghafari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISM 2025 - 27th IEEE International Symposium on Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Naples, Italy. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISM66958.2025.00014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de la QoS du trafic de Cloud-Gaming : une comparaison entre HTB et L4S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tuffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORES 2025 - 10èmes Rencontres Francophones sur la Conception de Protocoles, l'Evaluation de Performances et l'Expérimentation des Réseaux de Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Saint Valery-sur-Somme, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Cloud Gaming traffic QoS: a comparison between class-based queuing policy and L4S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tuffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network Traffic Measurement and Analysis Conference (TMA 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Dresden, Germany. pp.10, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/TMA62044.2024.10558920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sybil Attack Strikes Again: Denying Content Access in IPFS with a Single Computer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia-Lavinia Ignat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARES 2024: The 19th International Conference on Availability, Reliability and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Vienna, Austria. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3664476.3664482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Deeper Grasp of Handshake: A Thorough Analysis of Blockchain-based DNS Records</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katsuki Isobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Eisenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daishi Kondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideki Tode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BRAINS 2024 - 6th Conference on Blockchain Research &amp; Applications for Innovative Networks and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Berlin, Germany. pp.10, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BRAINS63024.2024.10732335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Segment Routing for Chaining Micro-Services at Different Programmable Network Levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Roman Ky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Conference on Innovation in Clouds, Internet and Networks (ICIN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Paris, France. pp.171-178, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN60470.2024.10494472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04544951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid P4/NFV Architecture for Cloud Gaming Traffic Detection with Unsupervised ML</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Roman Ky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th IEEE Symposium on Computers and Communications (ISCC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jul 2023, Gammarth, Tunisia. pp.733-738, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCC58397.2023.10217863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Identification of Cloud Gaming Traffic at the Edge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2023 - 36th IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Miami, United States. pp.10, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS56928.2023.10154417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04056607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avoiding the 1 TB Storage Wall: Leveraging Ethereum's DHT to Reduce Peer Storage Needs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Eisenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th ACM International Symposium on Blockchain and Secure Critical Infrastructure (BSCI 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM ASIACCS Workshop, Jul 2023, Melbourne, Australia. pp.10, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3594556.3594625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163897v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation de la DHT d'Ethereum pour réduire les besoins de stockage des pairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Eisenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoRes 2023 - 8èmes Rencontres Francophones sur la Conception de protocoles, l'évaluation de performances et l'expérimentation de Réseaux de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Cargèse (Corse), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unleashing GPUs for Network Function Virtualization: an open architecture based on Vulkan and Kubernetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juuso Haavisto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jukka Riekki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th IEEE/IFIP Network Operations and Management Symposium (NOMS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Budapest, Hungary. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS54207.2022.9789822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An open measurement dataset on the Bitcoin P2P Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Eisenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IM 2021 - 17th IFIP/IEEE International Symposium on Integrated Network Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Bordeaux / Virtual, France. pp.5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03244771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comprehensive Study of the Bitcoin P2P Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Eisenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BRAINS 2021 - 3rd Conference on Blockchain Research &amp; Applications for Innovative Networks and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Paris/ Virtuel, France. pp.8, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BRAINS52497.2021.9569782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03380595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Analysis of Cloud Gaming Platforms Behavior under Different Network Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tuffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HiPNet 2021 - 3rd International Workshop on High-Precision, Predictable, and Low-Latency Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Conference on Network and Service Management (CNSM), Oct 2021, Izmir (Virtual), Turkey. pp.7, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM52442.2021.9615562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03421031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encrypted HTTP/2 Traffic Monitoring: Standing the Test of Time and Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Brissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WIFS2020 - IEEE International Workshop on Information Forensics and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, New-York/Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WIFS49906.2020.9360895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03032578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging NFV for the deployment of NDN: Application to HTTP traffic transport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moustapha El Aoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2018 - IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Taipei, Taiwan. pp.5, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS.2018.8406206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passive Monitoring of HTTPS Service Use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Brissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNSM'18 - 14th International Conference on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rome, Italy. pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943936v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">μNDN: an Orchestrated Microservice Architecture for Named Data Networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM-ICN'18 - 5th ACM Conference on Information-Centric Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Boston, United States. pp.12, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3267955.3267961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of Content Poisoning Attack Detection and Reaction in Virtualized NDN Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang Long Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Aouadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daishi Kondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIN 2018 - 21st Conference on Innovation in Clouds, Internet and Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Paris, France. pp.3, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN.2018.8401591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Content Poisoning in Named Data Networking: Comprehensive Characterization of real Deployment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Tan Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Cogranne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th IFIP/IEEE International Symposium on Integrated Network Management (IM2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Lisbon, Portugal. pp.72-80, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/INM.2017.7987266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01652328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Server-side performance evaluation of NDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd ACM Conference on Information-Centric Networking (ACM-ICN'16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM SIGCOMM, Sep 2016, Kyoto, Japan. pp.148 - 153, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2984356.2984364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01386777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-Level Framework to Identify HTTPS Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M. Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE/IFIP, Apr 2016, Istanbul, Turkey. p240-248, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS.2016.7502818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01273160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving SNI-based HTTPS Security Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M. Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second IEEE International Workshop on Security Testing and Monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE International Conference on Distributed Computing Systems (ICDCS), Jun 2016, Nara, Japan. pp.6, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCSW.2016.21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and Securing New Functions Deployed in a Virtualized Networking Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam Mallouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Silverston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The First International Workshop on Security Testing and Monitoring: STAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Conference on Availability, Reliability and Security (ARES), Aug 2015, Toulouse, France. pp.741 - 748, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ARES.2015.71⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01238048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the Anonymous I2P Network's Design Choices Against Performance and Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICISSP 2015 - Proceedings of the 1st International Conference on Information Systems Security and Privacy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SciTePress, Feb 2015, Angers, France. pp.46-55, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005226600460055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01238453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiently Bypassing SNI-based HTTPS Filtering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M. Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Goichot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP/IEEE International Symposium on Integrated Network Management (IM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Ottawa, Canada. pp.990-995, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/INM.2015.7140423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01202712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CCN Traffic Optimization for IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Engel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NoF 2013 : The 4th International Conference on Network of the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFIP/IEEE, Oct 2013, Pohang, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00922728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Key Management Scheme for Content Centric Networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarmad Ullah Khan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Engel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Lavagno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 13th IFIP/IEEE International Symposium on Integrated Network Management (IM2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFIP/IEEE, May 2013, Ghent, Belgium. pp.828-831</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00922486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semantic Firewall for Content-Centric Networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Goergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Engel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IFIP/IEEE International Symposium on Integrated Network Management (IM2013): Mini-Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Ghent, Belgium. pp.478-484</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00829615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Security Monitoring for Content-Centric Networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Goergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Engel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th SETOP International Workshop on Autonomous and Spontaneous Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Workshop of the 17th European Symposium on Research in Computer Security (ESORICS), Sep 2012, Pisa, Italy. pp.274-286, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-35890-6_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00785254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to Content-Centric Networking and the CCNx framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Autonomous Infrastructure, Management and Security (AIMS 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00785298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Content Pollution Quantification in Large P2P networks : a Measurement Study on KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Montassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">P2P 2011 - 11th IEEE International Conference on Peer-to-Peer Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Communications Society, Aug 2011, Kyoto, Japan. pp.30-33, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/P2P.2011.6038658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00619965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When KAD meets BitTorrent - Building a Stronger P2P Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HotP2P 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Anchorage, ALASKA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00595086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection d'attaques dans les réseaux pair à pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Montassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Workshop du Groupement d'Intérêt Scientifique «Surveillance, Sûreté, Sécurité des Grands Systèmes» (GIS-3SGS'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02611044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BitTorrent's Mainline DHT Security Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NTMS - 4th IFIP International Conference on New Technologies, Mobility and Security - 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TELECOM ParisTECH, CNRS/LIMOS Laboratory, LIP6, Feb 2011, Paris, France. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NTMS.2011.5721044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00577043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection de pairs suspects dans le réseau pair à pair KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAR-SSI 2011 - 6ème conférence sur la Sécurité des Architectures Réseaux et Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2011, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00596677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient DHT attack mitigation through peers' ID distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seventh International Workshop on Hot Topics in Peer-to-Peer Systems - HotP2P 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE International Parallel &amp; Distributed Processing Symposium, Apr 2010, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00490509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and Controlling Content Access in KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Communications - ICC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2010, Capetown, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00490347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une architecture de honeypots distribués pour superviser le réseau P2P KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Conférence Internationale sur Les NOuvelles TEchnologies de la REpartition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Québec à Montréal, Jun 2009, Montréal, Canada. pp.76-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00405771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Sybil Attacks Protection Schemes in KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Autonomous Infrastructure, Management and Security - AIMS 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Twente, Jun 2009, Enschede, Netherlands. pp.70-82, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-02627-0_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00405381v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed and Adaptive Revocation Mechanism for P2P networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICN 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Cancun, Mexico. pp. 290-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un mécanisme de révocation distribué et adaptatif pour les réseaux pair-à-pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JDIR 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Villeneuve d'Ascq, France. pp.87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring the Neighbor Discovery Protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Second International Workshop on IPv6 Today - Technology and Deployment - IPv6TD 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Guadeloupe/French Caribbean, Guadeloupe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00153558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Sybil Attack and Efficient Defense Strategy in IPFS DHT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Henrique de Moura Netto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia-Lavinia Ignat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">REWIRE -Cybersecurity skills alliance: a new vision for Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthews Jose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Debar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESSI 2023 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HTTPS Traffic Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01392838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision IPv6 - Applications Spécifiques - NDPMon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00170761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Analysis of Cloud Gaming Platforms Behaviour Under Synthetic Network Constraints and Real Cellular Networks Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Roman Ky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tuffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Systems Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Special Issue on High-Precision, Predictable and Low-Latency Networking, 31 (2), pp.39. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10922-023-09720-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethereum’s Peer-to-Peer Network Monitoring and Sybil Attack Prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Eisenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Systems Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Special Issue on Blockchains and Distributed Ledgers in Network and Service Management, 30 (4), pp.65. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10922-022-09676-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03777454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Orchestrated NDN Virtual Infrastructure transporting Web Traffic: Design, Implementation and First Experiments with Real End-Users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam Mallouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang-Long Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, The Quest for Information Centric Networking, 57 (6), </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCOM.2019.1800730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02353861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparent and Service-Agnostic Monitoring of Encrypted Web Traffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Brissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16 (3), pp.842-856. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2019.2933155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316644v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Pedophile Activity in Different P2P Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Latapy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Magnien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Special Issue on Contemporary Developments in Child Protection, 3 (3), pp.314-325. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/socsci3030314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01052773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and mitigation of localized attacks in a widely deployed P2P network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer-to-Peer Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Special Issue on Experimental Evaluation of Peer-to-Peer Applications, 6 (2), pp.155-174. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12083-012-0137-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00786438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SDN and NFV use-case: NDN implementation and security monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam Mallouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide to Security in SDN and NFV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2017, Computer Communications and Networks book series (CCN), </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-64653-4_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01652639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faiblesses de l'identification dans les espaces numériques ouverts de partage de contenus : le cas des réseaux pair-à-pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Paul Pinte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement, préservation et diffusion des identités numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès - Lavoisier, 2014, Traité des sciences et techniques de l'information</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01052851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PIT matching from unregistered remote Faces: a critical NDN vulnerability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd ACM Conference on Information-Centric Networking (ACM-ICN'16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Kyoto, Japan. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Proceedings of the 3rd ACM Conference on Information-Centric Networking (ACM-ICN'16), pp.211 - 212, 2016, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2984356.2985224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01386809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A virtualized and monitored NDN infrastructure featuring a NDN/HTTP gateway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moustapha El Aoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam Mallouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd ACM Conference on Information-Centric Networking (ACM-ICN'16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Kyoto, Japan. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Proceedings of the 3rd ACM Conference on Information-Centric Networking (ACM-ICN'16), pp.225 - 226, 2016, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2984356.2985238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01386615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fighting against paedophile activities in the KAD P2P network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in the Analysis of Online Paedophile Activity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Paris, France. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00405636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un mécanisme de révocation orienté services pour les réseaux P2P</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESCOM 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Saint-Jean-Cap-Ferrat, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00338389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document associé à des manifestations scientifiques (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management of Content-Centric Networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ResCom 2013: Les réseaux centrés sur les contenus, Évolution ou révolution de l'Internet ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Porquerolles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00924363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection et quantification de la pollution dans le réseau P2P KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Montassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2011, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00644174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilités de la DHT de BitTorrent & Identification des comportements malveillants dans KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2011, pp.49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00644151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etat de l'art : Réseaux pair à pair, supervision, sécurité et approches collaboratives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Dromard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Festor Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] LORIA–INRIA Grand Est; Institut Charles Delaunay. 2010, pp.48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00533385v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HAMACK: a Honeynet Architecture against MAlicious Contents in KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6994, INRIA. 2009, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00406477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception de mécanismes de révocation et de réputation dans un environnement pair-à-pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Stage] 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00168337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de l'outil NdMon du projet MADYNES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Internship report] 2006, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision des réseaux pair à pair structurés appliquée à la sécurité des contenus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réseaux et télécommunications [cs.NI]. Université Henri Poincaré - Nancy I, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00608907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision des réseaux pair à pair structurés appliquée à la sécurité des contenus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [cs.OH]. Université Henri Poincaré - Nancy 1, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011NAN10036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01746173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId170"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thibault Cholez </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Packet Wash for Low-Latency High-Bitrate Game Streaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammadreza Ghafari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMS 2025 - 3rd Workshop on Emerging Multimedia Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SIGCOMM '25: ACM SIGCOMM 2025 Conference, Sep 2025, Coimbra, Portugal. pp.7-12, </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3746441.3748228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05375897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QoE Evaluation of BPP Packet Wash Using ROI-based Scalable Video Coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammadreza Ghafari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISM 2025 - 27th IEEE International Symposium on Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Naples, Italy. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISM66958.2025.00014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de la QoS du trafic de Cloud-Gaming : une comparaison entre HTB et L4S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tuffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORES 2025 - 10èmes Rencontres Francophones sur la Conception de Protocoles, l'Evaluation de Performances et l'Expérimentation des Réseaux de Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Saint Valery-sur-Somme, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Cloud Gaming traffic QoS: a comparison between class-based queuing policy and L4S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tuffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network Traffic Measurement and Analysis Conference (TMA 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Dresden, Germany. pp.10, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/TMA62044.2024.10558920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sybil Attack Strikes Again: Denying Content Access in IPFS with a Single Computer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia-Lavinia Ignat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARES 2024: The 19th International Conference on Availability, Reliability and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Vienna, Austria. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3664476.3664482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04666290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Deeper Grasp of Handshake: A Thorough Analysis of Blockchain-based DNS Records</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katsuki Isobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Eisenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daishi Kondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideki Tode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BRAINS 2024 - 6th Conference on Blockchain Research &amp; Applications for Innovative Networks and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Berlin, Germany. pp.10, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BRAINS63024.2024.10732335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Segment Routing for Chaining Micro-Services at Different Programmable Network Levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Roman Ky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Conference on Innovation in Clouds, Internet and Networks (ICIN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Paris, France. pp.171-178, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN60470.2024.10494472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04544951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation de la DHT d'Ethereum pour réduire les besoins de stockage des pairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Eisenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoRes 2023 - 8èmes Rencontres Francophones sur la Conception de protocoles, l'évaluation de performances et l'expérimentation de Réseaux de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Cargèse (Corse), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04080219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid P4/NFV Architecture for Cloud Gaming Traffic Detection with Unsupervised ML</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Roman Ky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th IEEE Symposium on Computers and Communications (ISCC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jul 2023, Gammarth, Tunisia. pp.733-738, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCC58397.2023.10217863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Identification of Cloud Gaming Traffic at the Edge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2023 - 36th IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Miami, United States. pp.10, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS56928.2023.10154417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04056607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avoiding the 1 TB Storage Wall: Leveraging Ethereum's DHT to Reduce Peer Storage Needs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Eisenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th ACM International Symposium on Blockchain and Secure Critical Infrastructure (BSCI 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM ASIACCS Workshop, Jul 2023, Melbourne, Australia. pp.10, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3594556.3594625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163897v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unleashing GPUs for Network Function Virtualization: an open architecture based on Vulkan and Kubernetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juuso Haavisto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jukka Riekki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th IEEE/IFIP Network Operations and Management Symposium (NOMS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Budapest, Hungary. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS54207.2022.9789822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comprehensive Study of the Bitcoin P2P Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Eisenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BRAINS 2021 - 3rd Conference on Blockchain Research &amp; Applications for Innovative Networks and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Paris/ Virtuel, France. pp.8, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BRAINS52497.2021.9569782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03380595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An open measurement dataset on the Bitcoin P2P Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Eisenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IM 2021 - 17th IFIP/IEEE International Symposium on Integrated Network Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Bordeaux / Virtual, France. pp.5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03244771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Analysis of Cloud Gaming Platforms Behavior under Different Network Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tuffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HiPNet 2021 - 3rd International Workshop on High-Precision, Predictable, and Low-Latency Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Conference on Network and Service Management (CNSM), Oct 2021, Izmir (Virtual), Turkey. pp.7, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM52442.2021.9615562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03421031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encrypted HTTP/2 Traffic Monitoring: Standing the Test of Time and Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Brissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WIFS2020 - IEEE International Workshop on Information Forensics and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, New-York/Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WIFS49906.2020.9360895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03032578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of Content Poisoning Attack Detection and Reaction in Virtualized NDN Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang Long Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Aouadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daishi Kondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIN 2018 - 21st Conference on Innovation in Clouds, Internet and Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Paris, France. pp.3, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN.2018.8401591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging NFV for the deployment of NDN: Application to HTTP traffic transport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moustapha El Aoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2018 - IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Taipei, Taiwan. pp.5, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS.2018.8406206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passive Monitoring of HTTPS Service Use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Brissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNSM'18 - 14th International Conference on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rome, Italy. pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943936v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">μNDN: an Orchestrated Microservice Architecture for Named Data Networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM-ICN'18 - 5th ACM Conference on Information-Centric Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Boston, United States. pp.12, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3267955.3267961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Content Poisoning in Named Data Networking: Comprehensive Characterization of real Deployment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Tan Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Cogranne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th IFIP/IEEE International Symposium on Integrated Network Management (IM2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Lisbon, Portugal. pp.72-80, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/INM.2017.7987266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01652328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving SNI-based HTTPS Security Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M. Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second IEEE International Workshop on Security Testing and Monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE International Conference on Distributed Computing Systems (ICDCS), Jun 2016, Nara, Japan. pp.6, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCSW.2016.21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Server-side performance evaluation of NDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd ACM Conference on Information-Centric Networking (ACM-ICN'16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM SIGCOMM, Sep 2016, Kyoto, Japan. pp.148 - 153, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2984356.2984364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01386777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-Level Framework to Identify HTTPS Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M. Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE/IFIP, Apr 2016, Istanbul, Turkey. p240-248, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS.2016.7502818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01273160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and Securing New Functions Deployed in a Virtualized Networking Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam Mallouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Silverston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The First International Workshop on Security Testing and Monitoring: STAM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Conference on Availability, Reliability and Security (ARES), Aug 2015, Toulouse, France. pp.741 - 748, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ARES.2015.71⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01238048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the Anonymous I2P Network's Design Choices Against Performance and Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICISSP 2015 - Proceedings of the 1st International Conference on Information Systems Security and Privacy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SciTePress, Feb 2015, Angers, France. pp.46-55, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005226600460055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01238453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiently Bypassing SNI-based HTTPS Filtering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M. Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Goichot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP/IEEE International Symposium on Integrated Network Management (IM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Ottawa, Canada. pp.990-995, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/INM.2015.7140423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01202712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semantic Firewall for Content-Centric Networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Goergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Engel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IFIP/IEEE International Symposium on Integrated Network Management (IM2013): Mini-Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Ghent, Belgium. pp.478-484</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00829615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CCN Traffic Optimization for IoT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Engel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NoF 2013 : The 4th International Conference on Network of the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFIP/IEEE, Oct 2013, Pohang, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00922728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Key Management Scheme for Content Centric Networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarmad Ullah Khan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Engel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Lavagno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 13th IFIP/IEEE International Symposium on Integrated Network Management (IM2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFIP/IEEE, May 2013, Ghent, Belgium. pp.828-831</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00922486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to Content-Centric Networking and the CCNx framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Autonomous Infrastructure, Management and Security (AIMS 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00785298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Security Monitoring for Content-Centric Networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Goergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Engel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th SETOP International Workshop on Autonomous and Spontaneous Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Workshop of the 17th European Symposium on Research in Computer Security (ESORICS), Sep 2012, Pisa, Italy. pp.274-286, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-35890-6_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00785254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Content Pollution Quantification in Large P2P networks : a Measurement Study on KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Montassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">P2P 2011 - 11th IEEE International Conference on Peer-to-Peer Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Communications Society, Aug 2011, Kyoto, Japan. pp.30-33, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/P2P.2011.6038658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00619965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When KAD meets BitTorrent - Building a Stronger P2P Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HotP2P 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Anchorage, ALASKA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00595086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection d'attaques dans les réseaux pair à pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Montassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Workshop du Groupement d'Intérêt Scientifique «Surveillance, Sûreté, Sécurité des Grands Systèmes» (GIS-3SGS'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02611044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BitTorrent's Mainline DHT Security Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NTMS - 4th IFIP International Conference on New Technologies, Mobility and Security - 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TELECOM ParisTECH, CNRS/LIMOS Laboratory, LIP6, Feb 2011, Paris, France. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NTMS.2011.5721044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00577043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection de pairs suspects dans le réseau pair à pair KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAR-SSI 2011 - 6ème conférence sur la Sécurité des Architectures Réseaux et Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2011, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00596677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and Controlling Content Access in KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Communications - ICC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2010, Capetown, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00490347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient DHT attack mitigation through peers' ID distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seventh International Workshop on Hot Topics in Peer-to-Peer Systems - HotP2P 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE International Parallel &amp; Distributed Processing Symposium, Apr 2010, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00490509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Sybil Attacks Protection Schemes in KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Autonomous Infrastructure, Management and Security - AIMS 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Twente, Jun 2009, Enschede, Netherlands. pp.70-82, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-02627-0_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00405381v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une architecture de honeypots distribués pour superviser le réseau P2P KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Conférence Internationale sur Les NOuvelles TEchnologies de la REpartition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Québec à Montréal, Jun 2009, Montréal, Canada. pp.76-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00405771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed and Adaptive Revocation Mechanism for P2P networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICN 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Cancun, Mexico. pp. 290-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un mécanisme de révocation distribué et adaptatif pour les réseaux pair-à-pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JDIR 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Villeneuve d'Ascq, France. pp.87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring the Neighbor Discovery Protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Second International Workshop on IPv6 Today - Technology and Deployment - IPv6TD 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Guadeloupe/French Caribbean, Guadeloupe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00153558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Sybil Attack and Efficient Defense Strategy in IPFS DHT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Henrique de Moura Netto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia-Lavinia Ignat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">REWIRE -Cybersecurity skills alliance: a new vision for Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthews Jose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Debar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Levillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESSI 2023 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HTTPS Traffic Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01392838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision IPv6 - Applications Spécifiques - NDPMon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00170761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Analysis of Cloud Gaming Platforms Behaviour Under Synthetic Network Constraints and Real Cellular Networks Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Roman Ky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tuffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Systems Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Special Issue on High-Precision, Predictable and Low-Latency Networking, 31 (2), pp.39. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10922-023-09720-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethereum’s Peer-to-Peer Network Monitoring and Sybil Attack Prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Eisenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Systems Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Special Issue on Blockchains and Distributed Ledgers in Network and Service Management, 30 (4), pp.65. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10922-022-09676-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03777454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Orchestrated NDN Virtual Infrastructure transporting Web Traffic: Design, Implementation and First Experiments with Real End-Users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam Mallouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoang-Long Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, The Quest for Information Centric Networking, 57 (6), </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCOM.2019.1800730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02353861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparent and Service-Agnostic Monitoring of Encrypted Web Traffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Brissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16 (3), pp.842-856. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2019.2933155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316644v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Pedophile Activity in Different P2P Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Latapy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Magnien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Special Issue on Contemporary Developments in Child Protection, 3 (3), pp.314-325. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/socsci3030314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01052773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and mitigation of localized attacks in a widely deployed P2P network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer-to-Peer Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Special Issue on Experimental Evaluation of Peer-to-Peer Applications, 6 (2), pp.155-174. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12083-012-0137-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00786438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A SDN and NFV use-case: NDN implementation and security monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam Mallouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide to Security in SDN and NFV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2017, Computer Communications and Networks book series (CCN), </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-64653-4_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01652639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faiblesses de l'identification dans les espaces numériques ouverts de partage de contenus : le cas des réseaux pair-à-pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Paul Pinte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement, préservation et diffusion des identités numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès - Lavoisier, 2014, Traité des sciences et techniques de l'information</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01052851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PIT matching from unregistered remote Faces: a critical NDN vulnerability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd ACM Conference on Information-Centric Networking (ACM-ICN'16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Kyoto, Japan. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Proceedings of the 3rd ACM Conference on Information-Centric Networking (ACM-ICN'16), pp.211 - 212, 2016, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2984356.2985224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01386809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A virtualized and monitored NDN infrastructure featuring a NDN/HTTP gateway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moustapha El Aoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissam Mallouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd ACM Conference on Information-Centric Networking (ACM-ICN'16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Kyoto, Japan. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Proceedings of the 3rd ACM Conference on Information-Centric Networking (ACM-ICN'16), pp.225 - 226, 2016, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2984356.2985238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01386615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fighting against paedophile activities in the KAD P2P network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in the Analysis of Online Paedophile Activity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Paris, France. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00405636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un mécanisme de révocation orienté services pour les réseaux P2P</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESCOM 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Saint-Jean-Cap-Ferrat, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00338389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document associé à des manifestations scientifiques (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management of Content-Centric Networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ResCom 2013: Les réseaux centrés sur les contenus, Évolution ou révolution de l'Internet ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Porquerolles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00924363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision des réseaux pair à pair structurés appliquée à la sécurité des contenus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [cs.OH]. Université Henri Poincaré - Nancy 1, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011NAN10036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01746173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision des réseaux pair à pair structurés appliquée à la sécurité des contenus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réseaux et télécommunications [cs.NI]. Université Henri Poincaré - Nancy I, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00608907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection et quantification de la pollution dans le réseau P2P KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Montassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2011, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00644174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilités de la DHT de BitTorrent & Identification des comportements malveillants dans KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2011, pp.49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00644151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etat de l'art : Réseaux pair à pair, supervision, sécurité et approches collaboratives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Dromard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Festor Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] LORIA–INRIA Grand Est; Institut Charles Delaunay. 2010, pp.48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00533385v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HAMACK: a Honeynet Architecture against MAlicious Contents in KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6994, INRIA. 2009, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00406477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception de mécanismes de révocation et de réputation dans un environnement pair-à-pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Stage] 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00168337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de l'outil NdMon du projet MADYNES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Internship report] 2006, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId170"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05375897v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadreza Ghafari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cholez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Festor" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3746441.3748228" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05424680v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISM66958.2025.00014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031655v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Graff" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Marchal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tuffin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mathieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04594817v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/TMA62044.2024.10558920" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04666290v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia-Lavinia Ignat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3664476.3664482" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04733791v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsuki Isobe" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Eisenbarth" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daishi Kondo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideki Tode" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BRAINS63024.2024.10732335" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544951v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dugeon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Roman Ky" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN60470.2024.10494472" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130096v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCC58397.2023.10217863" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04056607v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS56928.2023.10154417" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04163897v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perrin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3594556.3594625" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080219v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03793322v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juuso Haavisto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jukka Riekki" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS54207.2022.9789822" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03244771v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03380595v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BRAINS52497.2021.9569782" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03421031v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM52442.2021.9615562" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032578v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Brissaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fran&#231;ois" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chrisment" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bettan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WIFS49906.2020.9360895" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01906994v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha El Aoun" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Doyen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS.2018.8406206" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01943936v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Francois" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01906996v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3267955.3267961" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01907004v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Long Mai" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Aouadj" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN.2018.8401591" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01652328v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Tan Nguyen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cogranne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/INM.2017.7987266" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01386777v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2984356.2984364" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01273160v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wazen M. Shbair" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS.2016.7502818" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01349710v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCSW.2016.21" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01238048v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bertrand" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Mallouli" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Silverston" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARES.2015.71" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01238453v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Timpanaro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005226600460055" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01202712v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Goichot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INM.2015.7140423" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00922728v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Engel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00922486v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarmad Ullah Khan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Lavagno" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829615v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goergen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00785254v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35890-6_20" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00785298v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00619965v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montassier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Khatoun" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/P2P.2011.6038658" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00595086v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02611044v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00577043v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NTMS.2011.5721044" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00596677v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher H&#233;nard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00490509v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00490347v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00405771v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00405381v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02627-0_6" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323990v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323940v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00153558v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Beck" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05424411v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Henrique de Moura Netto" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165397v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthews Jose" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Badonnel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Debar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Levillain" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01392838v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wazen M Shbair" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00170761v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04050288v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10922-023-09720-9" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03777454v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10922-022-09676-2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02353861v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang-Long Mai" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.2019.1800730" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02316644v2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2019.2933155" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01052773v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fournier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Latapy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Magnien" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/socsci3030314" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00786438v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12083-012-0137-7" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01652639v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Combe" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64653-4_12" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01052851v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01386809v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conferences2.sigcomm.org/acm-icn/2016/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2984356.2985224" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01386615v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2984356.2985238" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00405636v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00338389v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924363v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00644174v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00644151v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00533385v3" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dromard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Festor Olivier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00406477v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00168337v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113091v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00608907v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01746173v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NAN10036" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05375897v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadreza Ghafari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cholez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Festor" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3746441.3748228" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05424680v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISM66958.2025.00014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031655v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Graff" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Marchal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tuffin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mathieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04594817v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/TMA62044.2024.10558920" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04666290v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia-Lavinia Ignat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3664476.3664482" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04733791v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsuki Isobe" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Eisenbarth" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daishi Kondo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideki Tode" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BRAINS63024.2024.10732335" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544951v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dugeon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Roman Ky" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN60470.2024.10494472" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080219v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perrin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130096v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCC58397.2023.10217863" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04056607v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS56928.2023.10154417" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04163897v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3594556.3594625" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03793322v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juuso Haavisto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jukka Riekki" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS54207.2022.9789822" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03380595v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BRAINS52497.2021.9569782" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03244771v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03421031v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM52442.2021.9615562" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032578v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Brissaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fran&#231;ois" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chrisment" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bettan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WIFS49906.2020.9360895" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01907004v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Long Mai" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Aouadj" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Doyen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN.2018.8401591" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01906994v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha El Aoun" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS.2018.8406206" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01943936v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Francois" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01906996v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3267955.3267961" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01652328v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Tan Nguyen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cogranne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/INM.2017.7987266" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01349710v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wazen M. Shbair" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCSW.2016.21" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01386777v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2984356.2984364" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01273160v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS.2016.7502818" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01238048v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bertrand" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Mallouli" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Silverston" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARES.2015.71" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01238453v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Timpanaro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005226600460055" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01202712v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Goichot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INM.2015.7140423" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829615v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goergen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Engel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00922728v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00922486v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarmad Ullah Khan" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Lavagno" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00785298v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00785254v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35890-6_20" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00619965v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montassier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Khatoun" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/P2P.2011.6038658" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00595086v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02611044v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00577043v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NTMS.2011.5721044" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00596677v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher H&#233;nard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00490347v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00490509v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00405381v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02627-0_6" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00405771v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323990v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323940v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00153558v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Beck" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05424411v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Henrique de Moura Netto" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165397v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthews Jose" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Badonnel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Debar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Levillain" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01392838v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wazen M Shbair" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00170761v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04050288v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10922-023-09720-9" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03777454v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10922-022-09676-2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02353861v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang-Long Mai" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.2019.1800730" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02316644v2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2019.2933155" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01052773v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fournier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Latapy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Magnien" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/socsci3030314" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00786438v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12083-012-0137-7" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01652639v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Combe" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64653-4_12" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01052851v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01386809v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://conferences2.sigcomm.org/acm-icn/2016/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2984356.2985224" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01386615v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2984356.2985238" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00405636v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00338389v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924363v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01746173v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NAN10036" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00608907v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00644174v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00644151v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00533385v3" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dromard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Festor Olivier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00406477v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00168337v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113091v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>