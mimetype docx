--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ATR inhibition potentiates FOLFIRINOX cytotoxic effect in models of pancreatic ductal adenocarcinoma by remodelling the tumour microenvironment</w:t>
+                <w:t xml:space="preserve">Decoding the Integrated Stress Response of Pancreatic Cancer: Identifying a Serine‐dependent Tumor Subset Under Metabolic Relationships With CAFs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Bruciamacchie</w:t>
+                <w:t xml:space="preserve">Sauyeun Shin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Garambois</w:t>
+                <w:t xml:space="preserve">Mehdi Liauzun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Vie</w:t>
+                <w:t xml:space="preserve">Jacobo Solorzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bessede</w:t>
+                <w:t xml:space="preserve">Morgane Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri-Alexandre Michaud</w:t>
+                <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 132 (2), pp.222-235. </w:t>
+              <w:t xml:space="preserve">Advanced Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, Online ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41416-024-02904-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/advs.202515740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05372904v1</w:t>
+                <w:t xml:space="preserve">hal-05548059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do mechanical forces induce a protumoural dialogue between the tumour and the adjacent healthy tissue?</w:t>
+                <w:t xml:space="preserve">ATR inhibition potentiates FOLFIRINOX cytotoxic effect in models of pancreatic ductal adenocarcinoma by remodelling the tumour microenvironment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Lac</w:t>
+                <w:t xml:space="preserve">Marine Bruciamacchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Foncy</w:t>
+                <w:t xml:space="preserve">Véronique Garambois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Bousquet</w:t>
+                <w:t xml:space="preserve">Nadia Vie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Malaquin</w:t>
+                <w:t xml:space="preserve">Thomas Bessede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Delarue</w:t>
+                <w:t xml:space="preserve">Henri-Alexandre Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pancreatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 23, pp.e23. </w:t>
+              <w:t xml:space="preserve">British Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 132 (2), pp.222-235. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pan.2023.06.460⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41416-024-02904-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04729109v1</w:t>
+                <w:t xml:space="preserve">hal-05372904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pancreatic cancer orthotopic graft in a murine model</w:t>
               </w:r>
@@ -502,4575 +502,4575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorylation of the MNK1 substrate eIF4E is not required for response to acute pancreatitis</w:t>
+                <w:t xml:space="preserve">Do mechanical forces induce a protumoural dialogue between the tumour and the adjacent healthy tissue?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Alard</w:t>
+                <w:t xml:space="preserve">Claire Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Strehaïano</w:t>
+                <w:t xml:space="preserve">Julie Foncy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Müller</w:t>
+                <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charline Lasfargues</w:t>
+                <w:t xml:space="preserve">Laurent Malaquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Cassant-Sourdy</w:t>
+                <w:t xml:space="preserve">Morgan Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pancreatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 21 (4), pp.677-681. </w:t>
+              <w:t xml:space="preserve">, 2023, 23, pp.e23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pan.2021.02.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pan.2023.06.460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04823535v1</w:t>
+                <w:t xml:space="preserve">hal-04729109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracellular Matrices and Cancer-Associated Fibroblasts: Targets for Cancer Diagnosis and Therapy?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phosphorylation of the MNK1 substrate eIF4E is not required for response to acute pancreatitis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Corinne Bousquet</w:t>
+                <w:t xml:space="preserve">Amandine Alard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Jean</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manon Strehaïano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Lasfargues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Cassant-Sourdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers13143466⟩</w:t>
+              <w:t xml:space="preserve">Pancreatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (4), pp.677-681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pan.2021.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04858465v1</w:t>
+                <w:t xml:space="preserve">hal-04823535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracellular Matrices and Cancer-Associated Fibroblasts: Targets for Cancer Diagnosis and Therapy?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismahane Belhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (14), pp.3466. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/cancers13143466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823522v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04858465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacologic Normalization of Pancreatic Cancer-Associated Fibroblast Secretome Impairs Prometastatic Cross-Talk With Macrophages</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexia Brunel</w:t>
+                <w:t xml:space="preserve">Extracellular Matrices and Cancer-Associated Fibroblasts: Targets for Cancer Diagnosis and Therapy?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismahane Belhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Douché</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jean</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Gastroenterology and Hepatology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (14), pp.3466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers13143466⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcmgh.2021.01.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03252986v1</w:t>
+                <w:t xml:space="preserve">hal-04823522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FAK activity in cancer-associated fibroblasts is a prognostic marker and a druggable key metastatic player in pancreatic cancer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pharmacologic Normalization of Pancreatic Cancer-Associated Fibroblast Secretome Impairs Prometastatic Cross-Talk With Macrophages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Decaup</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Rémi Samain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Douché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Fanjul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cassant-Sourdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Molecular Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15252/emmm.202012010⟩</w:t>
+              <w:t xml:space="preserve">Cellular and Molecular Gastroenterology and Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (5), pp.1405-1436. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcmgh.2021.01.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03032260v1</w:t>
+                <w:t xml:space="preserve">hal-03252986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translatome-based classification reveals a dual metabolic dependency of a new tumor subtype of pancreatic cancer</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">FAK activity in cancer-associated fibroblasts is a prognostic marker and a druggable key metastatic player in pancreatic cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Decaup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismahane Belhabib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Samain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mira Ayadi</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Cassant-Sourdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioRxiv</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2020.12.23.424227⟩</w:t>
+              <w:t xml:space="preserve">EMBO Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15252/emmm.202012010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04858439v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FAK activity sustains intrinsic and acquired ovarian cancer resistance to platinum chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carlos Diaz Osterman</w:t>
+                <w:t xml:space="preserve">Differential Regulation of the Three Eukaryotic mRNA Translation Initiation Factor (eIF) 4Gs by the Proteasome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Alard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duygu Ozmadenci</w:t>
+                <w:t xml:space="preserve">Catherine Marboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elizabeth Kleinschmidt</w:t>
+                <w:t xml:space="preserve">Bertrand Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristin Taylor</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Allison Barrie</w:t>
+                <w:t xml:space="preserve">Yvan Martineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.47327⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (254), pp.254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2019.00254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823560v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02169469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Regulation of the Three Eukaryotic mRNA Translation Initiation Factor (eIF) 4Gs by the Proteasome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amandine Alard</w:t>
+                <w:t xml:space="preserve">eIF4A inhibition circumvents uncontrolled DNA replication mediated by 4E-BP1 loss in pancreatic cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauyeun Shin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Goullet de Rugy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Samain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Marboeuf</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yvan Martineau</w:t>
+                <w:t xml:space="preserve">Romain Baer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fgene.2019.00254⟩</w:t>
+              <w:t xml:space="preserve">JCI Insight</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (21), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1172/jci.insight.121951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02169469v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04821467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">eIF4A inhibition circumvents uncontrolled DNA replication mediated by 4E-BP1 loss in pancreatic cancer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sauyeun Shin</w:t>
+                <w:t xml:space="preserve">FAK activity sustains intrinsic and acquired ovarian cancer resistance to platinum chemotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Diaz Osterman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duygu Ozmadenci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théo Goullet de Rugy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Samain</w:t>
+                <w:t xml:space="preserve">Elizabeth Kleinschmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Baer</w:t>
+                <w:t xml:space="preserve">Kristin Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allison Barrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCI Insight</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1172/jci.insight.121951⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (21), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.47327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04821467v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reversing pancreatic cancer metastasis through pharmacological targeting of pancreatic stellate cell's dialog with M2 macrophages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Samain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Rochotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cassant-Sourdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Perraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Mathonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pancreatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 18 (4), pp.S91-S92. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.pan.2018.05.248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02421338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversing pancreatic cancer immunosuppression through pharmacological targeting of activated pancreatic stellate cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Focal Adhesion Kinase: A promising therapeutic target in pancreatic adenocarcinoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Decaup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Rochotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pyronnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jean</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pancreatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pan.2017.05.139⟩</w:t>
+              <w:t xml:space="preserve">Clinics and Research in Hepatology and Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 41 (3), pp.246-248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clinre.2016.10.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02421424v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focal Adhesion Kinase: A promising therapeutic target in pancreatic adenocarcinoma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reversing pancreatic cancer immunosuppression through pharmacological targeting of activated pancreatic stellate cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Decaup</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Rémi Samain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Rochotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Cassant-Sourdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herbert Schmid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinics and Research in Hepatology and Gastroenterology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clinre.2016.10.010⟩</w:t>
+              <w:t xml:space="preserve">Pancreatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (3), pp.S44-S45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pan.2017.05.139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823565v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02421424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-metastatic potential of somatostatin analog SOM230: Indirect pharmacological targeting of pancreatic cancer-associated fibroblasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siham Moatassim-Billah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Duluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Samain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Perraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oncotarget</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 7 (27), pp.41584-41598. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18632/oncotarget.9296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02421440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FAK activity protects nucleostemin in facilitating breast cancer spheroid and tumor growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Tancioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nichol Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Uryu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Breast Cancer Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 17 (1), pp.47. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13058-015-0551-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FAK in cancer: mechanistic findings and clinical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Sulzmaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Schlaepfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Reviews Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 14 (9), pp.598-610. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/nrc3792⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FAK Inhibition Disrupts a β5 Integrin Signaling Axis Controlling Anchorage-Independent Ovarian Carcinoma Growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Tancioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Uryu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Sulzmaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Shah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Cancer Therapeutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 13 (8), pp.2050-2061. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1158/1535-7163.MCT-13-1063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses of merlin/NF2 connection to FAK inhibitor responsiveness in serous ovarian cancer</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Innate predisposition to immune escape in follicular lymphoma cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiao Lei Chen</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pauline Gravelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Valleron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Fournié</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gynecologic Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ygyno.2014.04.044⟩</w:t>
+              <w:t xml:space="preserve">OncoImmunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1 (4), pp.555-556. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4161/onci.19365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823583v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innate predisposition to immune escape in follicular lymphoma cells</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guy Laurent</w:t>
+                <w:t xml:space="preserve">Analyses of merlin/NF2 connection to FAK inhibitor responsiveness in serous ovarian cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Shah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Tancioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Fournié</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kristy Ward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao Lei Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OncoImmunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4161/onci.19365⟩</w:t>
+              <w:t xml:space="preserve">Gynecologic Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 134 (1), pp.104-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ygyno.2014.04.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823596v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell growth in aggregates determines gene expression, proliferation, survival, chemoresistance, and sensitivity to immune effectors in follicular lymphoma.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Gravelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Familiades</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Decaup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 184 (1), pp.282-95. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ajpath.2013.09.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00905913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibition of endothelial FAK activity prevents tumor metastasis by enhancing barrier function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiao Lei Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ju-Ock Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Tancioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Uryu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cell Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 204 (2), pp.247-263. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1083/jcb.201307067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibition of focal adhesion kinase (FAK) activity prevents anchorage-independent ovarian carcinoma cell growth and tumor progression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristy Ward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Tancioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nichol Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical and Experimental Metastasis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 30 (5), pp.579-594. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10585-012-9562-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VEGF-Induced Vascular Permeability Is Mediated by FAK</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiao Lei Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ju-Ock Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colin Walsh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 22 (1), pp.146-157. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.devcel.2011.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UVA ‐activated synthesis of metalloproteinases 1, 3 and 9 is prevented by a broad‐spectrum sunscreen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bogdanowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-José Haure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castex-Rizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Fournié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photodermatology, Photoimmunology &amp; Photomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 27 (6), pp.318-324. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1600-0781.2011.00627.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PGE inhibits Natural Killer and γδ T cell cytotoxicity triggered by NKR and TCR through a cAMP-mediated PKA type I-dependent signaling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Dietrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Fournié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Poupot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 80 (6), pp.838. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bcp.2010.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00608915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerging Concepts for the Treatment of Hematological Malignancies with Therapeutic Monoclonal Antibodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude-Hélène Capietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samarh Keirallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dauguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Laprevotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Drug Targets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 11 (7), pp.790-800. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2174/138945010791320845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02348959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epidermal Growth Factor Receptor/β-Catenin/T-Cell Factor 4/Matrix Metalloproteinase 1: A New Pathway for Regulating Keratinocyte Invasiveness after UVA Irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïs Prade-Houdellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Ysebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Hernandez-Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 69 (8), pp.3291-3299. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-08-1909⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04784655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UVA Induces Granzyme B in Human Keratinocytes through MIF</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
+                <w:t xml:space="preserve">Epidermal Growth Factor Receptor Pathway Mitigates UVA-Induced G2/M Arrest in Keratinocyte Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Hernandez-Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie-José Haure</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Baudouin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie Charveron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 282 (11), pp.8157-8164. </w:t>
+              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 127 (10), pp.2418-2424. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.M607436200⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/sj.jid.5700863⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349000v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidermal Growth Factor Receptor Pathway Mitigates UVA-Induced G2/M Arrest in Keratinocyte Cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">PKCzeta protects against UV-C-induced apoptosis by inhibiting acid sphingomyelinase-dependent ceramide production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Charruyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Colomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Jaffrézou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Quillet-Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/sj.jid.5700863⟩</w:t>
+              <w:t xml:space="preserve">Biochemical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 405 (1), pp.77-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1042/BJ20061528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04823608v1</w:t>
+                <w:t xml:space="preserve">hal-00478682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PKCzeta protects against UV-C-induced apoptosis by inhibiting acid sphingomyelinase-dependent ceramide production</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Granzyme B induction signalling pathway in acute myeloid leukemia cell lines stimulated by Tumor Necrosis Factor alpha and Fas Ligand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Guilloton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie de Thonel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Colomba</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Anne Quillet-Mary</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1042/BJ20061528⟩</w:t>
+              <w:t xml:space="preserve">Cellular Signalling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 19 (6), pp.1132-1140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cellsig.2006.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00478682v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02348993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Granzyme B induction signalling pathway in acute myeloid leukemia cell lines stimulated by Tumor Necrosis Factor alpha and Fas Ligand</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">UVA Induces Granzyme B in Human Keratinocytes through MIF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Hernandez-Pigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Charruyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-José Haure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular Signalling</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 282 (11), pp.8157-8164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M607436200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cellsig.2006.12.005⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02348993v1</w:t>
+                <w:t xml:space="preserve">hal-02349000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human Keratinocytes Acquire Cellular Cytotoxicity under UV-B Irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Hernandez-Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Charruyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-José Haure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Titeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 281 (19), pp.13525-13532. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1074/jbc.M512694200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02349007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TNFα stimulates NKG2D-mediated lytic activity of acute myeloid leukemic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Guilloton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. de Thonel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Demur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Mansat-de Mas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Leukemia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 19 (12), pp.2206-2214. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/sj.leu.2403952⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02349023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TNFα Stimulates NKG2D-Mediated Lytic Activity of Acute Myeloid Leukemic Cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Guilloton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie de Thonel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Demur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 106 (11), pp.4411-4411. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1182/blood.V106.11.4411.4411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02349049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of protein kinase C ζ isoform in Fas resistance of immature myeloid KG1a leukemic cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie de Thonel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Bettaïeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Quillet-Mary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 98 (13), pp.3770-3777. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1182/blood.V98.13.3770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02349126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5080,2475 +5080,2475 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cibler FAK fibroblastique pour normaliser le micro environnement du cancer du pancréas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismahane Belhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Martineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Club d’Etudes des Cellules Epithéliales Digestives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, MONTPELLIER, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tumoral mechanical stress reprograms adjacent tissue micro-environment to fuel pancreatic tumor progression: identification of a new subtype of activated fibroblasts.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Foncy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Fanjul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Malaquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l'Association Française pour la Recherche sur le Cancer du Pancréas.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do mechanical forces induce a protumoral dialogue between the tumor and the adjacent healthy tissue?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Foncy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Malaquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Pancreatic Cancer Symposium 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comprehensive Study of a Pancreatic Cancer Subtype: The Interplay between Translation and Transcription in the Tumor Microenvironment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacobo Solorzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Liauzun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sauyeun Shin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Translacore MC &amp; WG meeting 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04872956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FAK activity in CAF is a prognostic marker and a druggable key metastatic player in pancreatic cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismahane Belhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Martineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Avancées Scientifiques de la Recherche en Biologie et Biotechnologe pour la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comprehensive Study of a Pancreatic Cancer Subtype: The Interplay between Translation and Transcription in the Tumor Microenvironment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacobo Solorzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Liauzun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sauyeun Shin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pancreatic Cancer Symposium 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04872923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D device to decipher the impact of tumoral compressive solid stress on adjacent tissue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Foncy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Malaquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Translationnelles du GSO - Cancer du Pancréas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do mechanical forces promote tumor progression via the establishment of a dialogue between the tumor and adjacent healthy tissue?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Foncy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Malaquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l'Association Française de Recherche sur le Cancer du Pancréas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FAK kinase activity in cancer-associated fibroblasts impacts pancreatic ductal adenocarcinoma vascularization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismahane Belhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18èmes Journées du Cancéropôle GSO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, La grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les forces mécaniques induisent-elles un dialogue protumoral entre la tumeur et le tissu sain adjacent ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Foncy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Malaquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXVIème réunion du Club Français du Pancréas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’imagerie en temps réel au service de la compréhension des mécanismes métastatiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">FAK kinase activity in cancer-associated fibroblasts impacts pancreatic ductal adenocarcinoma vascularization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismahane Belhabib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Club Français du Pancréas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">17èmes Journées du Cancéropôle GSO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Carcasonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834080v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translatome-based classification reveals a dual metabolic dependency of a new tumor subtype of pancreatic cancer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mira Ayadi</w:t>
+                <w:t xml:space="preserve">RNAseq Analyses from Patient derived xenograft to decipher the stromal impact on the acquired chemoresistance to gemcitabine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Raffenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Samain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismahane Belhabib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Martineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Club Français du Pancréas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journée scientifique de l’Association Française pour la Recherche sur le Cancer du Pancréas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, 2021-11-03, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04871736v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translatome-based classification reveals a dual metabolic dependency of a new tumor subtype of pancreatic cancer</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">FAK kinase activity in cancer-associated fibroblasts impacts pancreatic ductal adenocarcinoma vascularization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismahane Belhabib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolism and Cancer 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journée scientifique de l’Association Française pour la Recherche sur le Cancer du Pancréas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04871717v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FAK kinase activity in cancer-associated fibroblasts impacts pancreatic ductal adenocarcinoma vascularization</w:t>
+                <w:t xml:space="preserve">FAK: targetable key regulator of stroma normalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismahane Belhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17èmes Journées du Cancéropôle GSO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Carcasonne, France</w:t>
+              <w:t xml:space="preserve">Symposium “The tumor and its environment”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834279v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNAseq Analyses from Patient derived xenograft to decipher the stromal impact on the acquired chemoresistance to gemcitabine</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’imagerie en temps réel au service de la compréhension des mécanismes métastatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jean</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique de l’Association Française pour la Recherche sur le Cancer du Pancréas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, 2021-11-03, France</w:t>
+              <w:t xml:space="preserve">Club Français du Pancréas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834322v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FAK kinase activity in cancer-associated fibroblasts impacts pancreatic ductal adenocarcinoma vascularization</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Translatome-based classification reveals a dual metabolic dependency of a new tumor subtype of pancreatic cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauyeun Shin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Samain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mira Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique de l’Association Française pour la Recherche sur le Cancer du Pancréas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Club Français du Pancréas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834295v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FAK: targetable key regulator of stroma normalization</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Translatome-based classification reveals a dual metabolic dependency of a new tumor subtype of pancreatic cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauyeun Shin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Samain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mira Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium “The tumor and its environment”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Metabolism and Cancer 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834333v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la mécanique sur le stroma dans le cas du cancer du pancréas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lac Claire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Foncy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Malaquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop "Matrice extracellulaire &amp; Cancer"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeting Cancer-Associated Fibroblast vulnerabilities in link with their secretory phenotype</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">FAK activity within Cancer-associated fibroblasts: a key regulator of pancreatic ductal adenocarcinoma progression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Club d'Etude des Cellules Epithéliales et Digestives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">North West Cancer Research seminars</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Liverpool United Kingdom, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04889019v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FAK activity within Cancer-associated fibroblasts: a key regulator of pancreatic ductal adenocarcinoma progression</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Targeting Cancer-Associated Fibroblast vulnerabilities in link with their secretory phenotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Quemerais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauyeun Shin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Dusetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">North West Cancer Research seminars</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Liverpool United Kingdom, United Kingdom</w:t>
+              <w:t xml:space="preserve">Club d'Etude des Cellules Epithéliales et Digestives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834134v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abstract 752: Genetic and pharmacological FAK inhibition disrupt a β5 integrin signaling axis controlling anchorage-independent ovarian carcinoma growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Tancioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Uryu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Sulzmaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Shah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">105th Annual Meeting of the American-Association-for-Cancer-Research (AACR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, San diego (Californie), United States. pp.752-752, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/1538-7445.AM2014-752⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7558,1316 +7558,1470 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dialogue between pancreatic tumor and adjacent tissue: a relationship under pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Foncy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Malaquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Micro-physiological models: From organoids to organs-on-chip</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Cargèse, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do mechanical forces induce a protumoral dialogue between the tumor and the adjacent healthy tissue?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
+                <w:t xml:space="preserve">Vicious circle between tumor and pancreatic adjacent tissue : the implication of solid stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lac Claire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Foncy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Pancreatic Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Alpbach, Austria. 2023</w:t>
+              <w:t xml:space="preserve">1st Young Scientist Cancer Congress (YS2C)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Toulouse, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834743v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vicious circle between tumor and pancreatic adjacent tissue : the implication of solid stress</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
+                <w:t xml:space="preserve">Do mechanical forces induce a protumoral dialogue between the tumor and the adjacent healthy tissue?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lac Claire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Foncy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Young Scientist Cancer Congress (YS2C)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Toulouse, France. 2023</w:t>
+              <w:t xml:space="preserve">European Pancreatic Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Alpbach, Austria. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834747v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D device to decipher the impact of tumoral compressive solid stress on adjacent tissue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Foncy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICROPHYSIOLOGICAL SYSTEMS from organoids to organ-on-chip</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Cargese, France. 2022</w:t>
+              <w:t xml:space="preserve">Translationnelles Cancer Pancréatique GSO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Toulouse, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834735v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FAK activity in cancer-associated fibroblasts impacts vascularization in pancreatic cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismahane Belhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXVIème réunion du Club Français du Pancréas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D device to decipher the impact of tumoral compressive solid stress on adjacent tissue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Foncy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Translationnelles Cancer Pancréatique GSO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Toulouse, France. 2022</w:t>
+              <w:t xml:space="preserve">MICROPHYSIOLOGICAL SYSTEMS from organoids to organ-on-chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Cargese, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834739v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FAK activity in cancer-associated fibroblasts impacts vascularization in pancreatic cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismahane Belhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXVème réunion du Club Français du Pancréas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FAK activity in cancer-associated fibroblasts is a prognostic marker and a druggable key metastatic player in pancreatic cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismahane Belhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16èmes Journées Annuelles du Cancéropôle GSO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, La gande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fibroblastic FAK controls pancreatic cancer metastasis by enhancing extracellular matrix remodeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Zaghdoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Decaup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Decaup</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Rémi Samain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cassant-Sourdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Rochotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pancreatic Cancer Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abstract A04: Endothelial FAK activity controls vascular permeability and tumor metastasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiao Lei Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Tancioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Uryu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AACR Special Conference on Cellular Heterogeneity in the Tumor Microenvironment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, San diego (Californie), United States. 75 (1_Supplement), pp.A04-A04, 2015, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/1538-7445.CHTME14-A04⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1158/1538-7445.CHTME14-A04⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04823911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Translatome-based classification reveals a dual metabolic dependency of a new tumor subtype of pancreatic cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauyeun Shin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Samain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mira Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04858439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microenvironnement : un acteur clé de l’initiation et de la progression tumorale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie cellulaire. Université de TOULOUSE III – Paul Sabatier, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04834808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId221"/>
+      <w:footerReference w:type="default" r:id="rId223"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9014,51 +9168,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bruciamacchie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Garambois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Vie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bessede" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Alexandre Michaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-024-02904-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729109v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Foncy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bousquet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Malaquin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Delarue" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pan.2023.06.460" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823516v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Muzzolini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismahane Belhabib" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Cardot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemila&#239; Tijeras-Raballand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Neuzillet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/acb382823" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823535v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Alard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Streha&#239;ano" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M&#252;ller" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Lasfargues" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cassant-Sourdy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pan.2021.02.013" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858465v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Zaghdoudi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jean" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13143466" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823522v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252986v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Samain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Brunel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douch&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Fanjul" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcmgh.2021.01.008" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032260v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Decaup" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.202012010" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858439v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauyeun Shin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Nicolle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Ayadi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2020.12.23.424227" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823560v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Diaz Osterman" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duygu Ozmadenci" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Kleinschmidt" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Taylor" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Barrie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.47327" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169469v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marboeuf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fabre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Martineau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2019.00254" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821467v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Goullet de Rugy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Baer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.121951" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421338v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Rochotte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Perraud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mathonnet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pan.2018.05.248" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-34TR8TRM-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421424v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbert Schmid" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pan.2017.05.139" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0QLRF6C0-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823565v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pyronnet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinre.2016.10.010" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-30VW1NBX-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421440v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siham Moatassim-Billah" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Duluc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.9296" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823573v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tancioni" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nichol Miller" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Uryu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lawson" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13058-015-0551-x" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823576v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sulzmaier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Schlaepfer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nrc3792" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823581v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Shah" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1535-7163.MCT-13-1063" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823583v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristy Ward" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Lei Chen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygyno.2014.04.044" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823596v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gravelle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Valleron" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Laurent" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Fourni&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/onci.19365" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00905913v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Familiades" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Blanc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2013.09.018" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823587v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju-Ock Nam" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.201307067" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823592v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10585-012-9562-5" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823601v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Walsh" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2011.11.002" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823604v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bogdanowicz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Haure" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Castex-Rizzi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0781.2011.00627.x" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SV445X7F-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608915v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martinet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dietrich" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Poupot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2010.05.002" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348959v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude-H&#233;l&#232;ne Capietto" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samarh Keirallah" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gross" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dauguet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Laprevotte" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138945010791320845" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784655v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;s Prade-Houdellier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ysebaert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hernandez-Pigeon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-08-1909" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349000v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Charruyer" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Baudouin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M607436200" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823608v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charveron" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.jid.5700863" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00478682v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Colomba" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Jaffr&#233;zou" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Quillet-Mary" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20061528" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348993v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Guilloton" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie de Thonel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cellsig.2006.12.005" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1CQC8X84-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349007v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Titeux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M512694200" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349023v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Guilloton" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Thonel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Jean" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Demur" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mansat-de Mas" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.leu.2403952" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349049v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Demur" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.V106.11.4411.4411" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349126v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Betta&#239;eb" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.V98.13.3770" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834073v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834786v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Thomas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834780v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872956v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Solorzano" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Liauzun" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834386v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872923v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834772v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834760v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834347v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834757v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834080v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871736v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Samain" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871717v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834279v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834322v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Raffenne" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834295v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834333v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834102v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lac Claire" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889019v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Quemerais" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Dusetti" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834134v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823741v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.AM2014-752" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834165v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834743v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834747v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834735v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834257v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834739v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834232v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834268v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834211v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823911v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.CHTME14-A04" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04834808v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548059v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauyeun Shin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Liauzun" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Solorzano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Le Bras" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jean" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202515740" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372904v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bruciamacchie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Garambois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Vie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bessede" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Alexandre Michaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-024-02904-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823516v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Muzzolini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismahane Belhabib" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Cardot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemila&#239; Tijeras-Raballand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Neuzillet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/acb382823" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729109v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Foncy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bousquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Malaquin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Delarue" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pan.2023.06.460" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823535v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Alard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Streha&#239;ano" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M&#252;ller" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Lasfargues" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cassant-Sourdy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pan.2021.02.013" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858465v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Zaghdoudi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13143466" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823522v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252986v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Samain" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Brunel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douch&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Fanjul" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcmgh.2021.01.008" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032260v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Decaup" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.202012010" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169469v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marboeuf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fabre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Martineau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2019.00254" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821467v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Goullet de Rugy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Baer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.121951" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823560v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Diaz Osterman" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duygu Ozmadenci" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Kleinschmidt" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Taylor" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Barrie" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.47327" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421338v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Rochotte" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Perraud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mathonnet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pan.2018.05.248" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-34TR8TRM-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823565v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pyronnet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinre.2016.10.010" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-30VW1NBX-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421424v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbert Schmid" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pan.2017.05.139" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0QLRF6C0-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421440v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siham Moatassim-Billah" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Duluc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.9296" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823573v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tancioni" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nichol Miller" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Uryu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lawson" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13058-015-0551-x" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823576v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sulzmaier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Schlaepfer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nrc3792" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823581v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Shah" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1535-7163.MCT-13-1063" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823596v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gravelle" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Valleron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Laurent" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Fourni&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/onci.19365" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823583v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristy Ward" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Lei Chen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygyno.2014.04.044" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00905913v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Familiades" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Blanc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2013.09.018" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823587v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju-Ock Nam" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.201307067" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823592v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10585-012-9562-5" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823601v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Walsh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2011.11.002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823604v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bogdanowicz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Haure" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Castex-Rizzi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0781.2011.00627.x" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SV445X7F-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608915v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martinet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dietrich" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Poupot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2010.05.002" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348959v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude-H&#233;l&#232;ne Capietto" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samarh Keirallah" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gross" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dauguet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Laprevotte" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138945010791320845" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784655v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;s Prade-Houdellier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ysebaert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hernandez-Pigeon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-08-1909" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823608v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charveron" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.jid.5700863" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00478682v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Charruyer" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Colomba" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Jaffr&#233;zou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Quillet-Mary" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20061528" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348993v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Guilloton" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie de Thonel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cellsig.2006.12.005" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1CQC8X84-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349000v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Baudouin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M607436200" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349007v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Titeux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M512694200" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349023v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Guilloton" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Thonel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Jean" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Demur" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mansat-de Mas" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.leu.2403952" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349049v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Demur" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.V106.11.4411.4411" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349126v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Betta&#239;eb" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.V98.13.3770" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834073v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834786v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Thomas" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834780v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872956v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834386v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872923v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834772v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834760v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834347v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834757v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834279v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834322v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Raffenne" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834295v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834333v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834080v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871736v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Nicolle" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Samain" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Ayadi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871717v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834102v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lac Claire" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834134v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889019v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Quemerais" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Dusetti" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823741v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.AM2014-752" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834165v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834747v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834743v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834739v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834257v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834735v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834232v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834268v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834211v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823911v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.CHTME14-A04" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858439v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04834808v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>