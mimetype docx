--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -395,221 +395,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04072273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Using Greimas' semiotics in ethnic consumers' research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Silhouette-Dercourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel de Lassus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Market Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 58 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2501/ijmr-2015-066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01366360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Shopping for kids’ luxury brands: young mothers’ identity quest in retail spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Silhouette-Dercourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel de Lassus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 44 (11), pp.1084 - 1099. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1108/IJRDM-08-2015-0133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...10 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01797573v1</w:t>
-              </w:r>
-[...89 lines deleted...]
-                <w:t xml:space="preserve">hal-01366360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Access to the luxury brand myth in pop-up stores: A netnographic and semiotic analysis</w:t>
               </w:r>
@@ -939,314 +939,314 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02054911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les facettes identitaires de la consommation : le cas des cosmétiques chez les deuxièmes générations d’immigration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Darpy</w:t>
+                <w:t xml:space="preserve">Managers et recherche en marketing : de nouvelles attentes dans un contexte de bouleversements technologiques et temporels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel de Lassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Virginie Silhouette-Dercourt</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Cadenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christel de Lassus</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rola Hussant-Zébian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décisions Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 69, pp.77-88. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7193/DM.069.77.88⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 72, pp.65-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7193/DM.072.65.85⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01366409v1</w:t>
-[...28 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">hal-01130679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les facettes identitaires de la consommation : le cas des cosmétiques chez les deuxièmes générations d’immigration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Darpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Silhouette-Dercourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel de Lassus</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rola Hussant-Zébian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décisions Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 72, pp.65-85. </w:t>
+              <w:t xml:space="preserve">, 2013, 69, pp.77-88. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7193/DM.072.65.85⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7193/DM.069.77.88⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01366409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Managers et recherche en marketing : de nouvelles attentes dans un contexte de bouleversements technologiques et temporels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Cadenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel de Lassus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r>
-[...60 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rola Hussant-Zébian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décisions Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 72, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7193/DM.072.65.85⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01385129v1</w:t>
@@ -2164,194 +2164,345 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01666378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">As Andy Warhol foresaw...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel de Lassus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4th Annual International Conference on Marketing (ICOM) 2016 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Bangkok, Thailand</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01346605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’art en magasin : quand l’innovation de marché rime avec production sérielle et pratique artistique (France, XIXe-XXIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel de Lassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Pasdelou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque « Art et économie: une histoire partagée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01832036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">As Andy Warhol foresaw...</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Warhol l’avait prédit :les magasins de luxe deviennent des musées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel de Lassus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 4th Annual International Conference on Marketing (ICOM) 2016 </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Bangkok, Thailand</w:t>
+              <w:t xml:space="preserve">Colloque Etienne Thil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01218983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shopping for kids' luxury brands: young mothers' identity quest in retail spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel de Lassus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Silhouette-Dercourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd International Colloquium on Kids and Retailing "Future trends"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESSCA, Jun 2015, Budapest, Hungary</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01367105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le luxe : une consommation culturelle et artistique ? Quand l’art enrichit la valeur diégétique des marques de luxe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel de Lassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2367,208 +2518,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Journées Normandes de Recherche sur la Consommation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, ANGERS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01259953v1</w:t>
-              </w:r>
-[...149 lines deleted...]
-                <w:t xml:space="preserve">hal-01218983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Children’s luxury brands: an identity construction tool for young mothers?</w:t>
               </w:r>
@@ -2699,342 +2699,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01133711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Semiotics and Cross-Cultural ethnographic consumption studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel de Lassus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Silhouette-Dercourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Darpy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TBS-CLSG International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Kuala Lumpur, Malaysia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00759614v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’influence du dévoilement volontaire de la vie privée sur la persuasion du consommateur : le cas des blogueuses de mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel de Lassus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Mercanti-Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11ieme Journée du e-Marketing, Université Panthéon Sorbonne .</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01219050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les pop up stores de luxe: entre lieu mythique et endroit éphémère, une analyse sémiotique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel de Lassus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque etienne Thil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01219049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Christel de Lassus</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axes futurs de la recherche en marketing, Table ronde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Béji-Bécheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Virginie Silhouette-Dercourt</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bonnemaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...74 lines deleted...]
-                <w:t xml:space="preserve">Christel de Lassus</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madeleine Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...107 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Cadenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel de Lassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3128,51 +3128,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bonnemaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Lavorata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Cadenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AFM 2012 : 28ème congrès de l'Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Brest, France</w:t>
@@ -3936,181 +3936,250 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01483669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le luxe et digital : antinomie ou efficacité ?, in Marketing du Luxe : stratégies innovantes et nouvelles pratiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel de Lassus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marketing du Luxe: stratégies innovantes et nouvelles pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMS, 2014, chapitre 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01133717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quand évènementiel et boutiques éphémères contribuent à la rareté en Luxe,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel de Lassus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marketing du Luxe : stratégies innovantes et nouvelles pratiques, coord. E. Briot et C. de Lassus, Ed. Management &amp; Société, chap.11, </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01262447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le luxe et digital : antinomie ou efficacité ?, in Marketing du Luxe : stratégies innovantes et nouvelles pratiques</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enfant et Internet,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel de Lassus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marketing du Luxe: stratégies innovantes et nouvelles pratiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EMS, 2014, chapitre 8</w:t>
+              <w:t xml:space="preserve">Kidsmarketing, coord. J. Brée, Ed. Management &amp; Société, chap. 10,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01262454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression de l’identité ethnique à travers la beauté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel de Lassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4126,73 +4195,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In L'ethnicité: Fabrique Marketing, coord. Béji-Bécheur A., Ozçaglar-Toulouse N., Ed. Management &amp; Société, chap. 5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01262450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression de l’identité ethnique à travers la beauté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel de Lassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4202,149 +4271,80 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Silhouette-Dercourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Amina Béji-Bécheur; Nil Ozçaglar-Toulouse. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'ethnicité, fabrique marketing?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions EMS</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 978-2-84769-446-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editions EMS</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01366775v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01262454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4730,51 +4730,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211128v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel de Lassus" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264508v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercanti-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bezes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.123.0141" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072273v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercanti-Guerin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797573v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Silhouette-Dercourt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-08-2015-0133" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-JTDV59ZM-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366360v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2501/ijmr-2015-066" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128198v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freire Naiade" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2013.08.005" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366379v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Darpy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054888v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054911v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366409v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.069.77.88" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130679v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cadenat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rola Hussant-Z&#233;bian" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.072.65.85" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385129v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128230v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Briot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1018266ar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00711498v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262471v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02919687v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.031.73.86" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836961v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Dridi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-02747893v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Josion-Portail" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317551v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773854v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583280v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666366v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666378v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832036v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Pasdelou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346605v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259953v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367105v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218983v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367131v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133711v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219049v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00759614v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219050v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666942v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina B&#233;ji-B&#233;cheur" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonnemaizon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Besson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410024v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lavorata" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262459v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262465v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154516v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211121v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119256v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133714v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673185v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Beno&#238;t-Moreau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Delacroix" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483669v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262447v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133717v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262450v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366775v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ems.fr/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262454v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183148v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346618v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262443v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211128v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel de Lassus" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264508v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercanti-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bezes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.123.0141" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072273v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercanti-Guerin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366360v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Silhouette-Dercourt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2501/ijmr-2015-066" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797573v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-08-2015-0133" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-JTDV59ZM-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128198v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freire Naiade" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2013.08.005" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366379v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Darpy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054888v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054911v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130679v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cadenat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rola Hussant-Z&#233;bian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.072.65.85" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366409v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.069.77.88" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385129v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128230v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Briot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1018266ar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00711498v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262471v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02919687v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.031.73.86" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836961v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Dridi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-02747893v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Josion-Portail" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317551v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773854v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583280v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666366v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666378v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346605v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832036v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Pasdelou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218983v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367105v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259953v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367131v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133711v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00759614v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219050v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219049v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666942v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina B&#233;ji-B&#233;cheur" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonnemaizon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Besson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410024v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lavorata" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262459v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262465v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154516v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211121v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119256v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133714v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673185v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Beno&#238;t-Moreau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Delacroix" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483669v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133717v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262447v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262454v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262450v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366775v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ems.fr/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183148v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346618v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262443v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>