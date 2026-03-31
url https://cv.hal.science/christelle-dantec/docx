--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -234,295 +234,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05327805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A genome database for a Japanese population of the larvacean Oikopleura dioica</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ANISEED 2019: 4D exploration of genetic data for an extended range of tunicates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ryo Tomura</w:t>
+                <w:t xml:space="preserve">Justine Dardaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Chen</w:t>
+                <w:t xml:space="preserve">Delphine Dauga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miho Kiyooka</w:t>
+                <w:t xml:space="preserve">Paul Simion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hinako Ishizaki</w:t>
+                <w:t xml:space="preserve">Emmanuel Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takeshi Onuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development, Growth and Differentiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/dgd.12689⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 48 (D1), pp.D668-D675. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkz955⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03346953v1</w:t>
+                <w:t xml:space="preserve">hal-02415680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ANISEED 2019: 4D exploration of genetic data for an extended range of tunicates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Justine Dardaillon</w:t>
+                <w:t xml:space="preserve">A genome database for a Japanese population of the larvacean Oikopleura dioica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Dauga</w:t>
+                <w:t xml:space="preserve">Ryo Tomura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Simion</w:t>
+                <w:t xml:space="preserve">Wei Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Faure</w:t>
+                <w:t xml:space="preserve">Miho Kiyooka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takeshi Onuma</w:t>
+                <w:t xml:space="preserve">Hinako Ishizaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 48 (D1), pp.D668-D675. </w:t>
+              <w:t xml:space="preserve">Development, Growth and Differentiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 62 (6), pp.450-461. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gkz955⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/dgd.12689⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02415680v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03346953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of embryonic cis-regulatory landscapes between divergent Phallusia and Ciona ascidians</w:t>
               </w:r>
@@ -668,51 +668,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Alié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurel Sky Hiebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Simion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Scelzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -802,77 +802,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matija Brozovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Dardaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dauga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 46 (D1), pp.D718-D725. </w:t>
@@ -1347,51 +1347,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dauga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickäel Mendez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1436,563 +1436,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01295171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A systems-level approach to parental genomic imprinting: the imprinted gene network includes extracellular matrix genes and regulates cell cycle exit and differentiation</w:t>
+                <w:t xml:space="preserve">Guidelines for the Nomenclature of Genetic Elements in Tunicate Genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hala Al Adhami</w:t>
+                <w:t xml:space="preserve">Alberto Stolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brendan Evano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Le Digarcher</w:t>
+                <w:t xml:space="preserve">Yasunori Sasakura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Gueydan</w:t>
+                <w:t xml:space="preserve">Domitille Chalopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeric Dubois</w:t>
+                <w:t xml:space="preserve">Yutaka Satou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Christiaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/gr.175919.114⟩</w:t>
+              <w:t xml:space="preserve">Genesis - The Journal of Genetics and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Tunicate Biology, 53 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/dvg.22822⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01788711v1</w:t>
+                <w:t xml:space="preserve">hal-01432425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of genes regulating TRAIL-induced apoptosis in rheumatoid arthritis fibroblasts-like synoviocytes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Translational Control of Autophagy by Orb in the Drosophila Germline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Hegglin</w:t>
+                <w:t xml:space="preserve">Patricia Rojas-Ríos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dany Severac</w:t>
+                <w:t xml:space="preserve">Aymeric Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pierson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Séverac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dantec</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes and Immunity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/gene.2015.31⟩</w:t>
+              <w:t xml:space="preserve">Developmental Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 35 (5), pp.622-631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.devcel.2015.11.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01958999v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03388715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guidelines for the Nomenclature of Genetic Elements in Tunicate Genomes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A systems-level approach to parental genomic imprinting: the imprinted gene network includes extracellular matrix genes and regulates cell cycle exit and differentiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasunori Sasakura</w:t>
+                <w:t xml:space="preserve">Hala Al Adhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domitille Chalopin</w:t>
+                <w:t xml:space="preserve">Brendan Evano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Le Digarcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yutaka Satou</w:t>
+                <w:t xml:space="preserve">Charlotte Gueydan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Christiaen</w:t>
+                <w:t xml:space="preserve">Emeric Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genesis - The Journal of Genetics and Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Tunicate Biology, 53 (1), pp.1-14. </w:t>
+              <w:t xml:space="preserve">Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 25 (3), pp.353 - 367. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/dvg.22822⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/gr.175919.114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01432425v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01788711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translational Control of Autophagy by Orb in the Drosophila Germline</w:t>
+                <w:t xml:space="preserve">Identification of genes regulating TRAIL-induced apoptosis in rheumatoid arthritis fibroblasts-like synoviocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Rojas-Ríos</w:t>
+                <w:t xml:space="preserve">R. Audo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aymeric Chartier</w:t>
+                <w:t xml:space="preserve">A. Hegglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Pierson</w:t>
+                <w:t xml:space="preserve">Dany Severac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dany Séverac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christelle Dantec</w:t>
+                <w:t xml:space="preserve">Bernard Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 35 (5), pp.622-631. </w:t>
+              <w:t xml:space="preserve">Genes and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (7), pp.462-469. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.devcel.2015.11.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/gene.2015.31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03388715v1</w:t>
+                <w:t xml:space="preserve">hal-01958999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling cell type-specific and reprogrammable human replication origin signatures associated with G-quadruplex consensus motifs</w:t>
               </w:r>
@@ -2118,675 +2118,675 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01338204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 'PUCE CAFE' Project: the First 15K Coffee Microarray, a New Tool for Discovering Candidate Genes correlated to Agronomic and Quality Traits</w:t>
+                <w:t xml:space="preserve">Production of viable gametes without meiosis in maize deficient for an ARGONAUTE protein.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Privat</w:t>
+                <w:t xml:space="preserve">Manjit Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Bardil</w:t>
+                <w:t xml:space="preserve">Shalendra Goel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aureliano Bombarely Gomez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dany Severac</w:t>
+                <w:t xml:space="preserve">Robert B Meeley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Parrinello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 12 (1), </w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 23 (2), pp.443-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-12-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1105/tpc.110.079020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01788751v1</w:t>
+                <w:t xml:space="preserve">hal-00623739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide profiling of G protein-coupled receptors in cerebellar granule neurons using high-throughput, real-time PCR.</w:t>
+                <w:t xml:space="preserve">Social immunity in honeybees (Apis mellifera): transcriptome analysis of varroa-hygienic behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Maurel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christelle Dantec</w:t>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Journot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cédric Alaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.R. Harbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.W. Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-12-241⟩</w:t>
+              <w:t xml:space="preserve">Insect Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 20 (3), pp.399-408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2583.2011.01074.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00599324v1</w:t>
+                <w:t xml:space="preserve">hal-02651805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutrigenomics in honey bees: digital gene expression analysis of pollen's nutritive effects on healthy and varroa-parasitized bees.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Alaux</w:t>
+                <w:t xml:space="preserve">The 'PUCE CAFE' Project: the First 15K Coffee Microarray, a New Tool for Discovering Candidate Genes correlated to Agronomic and Quality Traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Privat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bardil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aureliano Bombarely Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Severac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 12 (1), pp.496. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-12-496⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 12 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-12-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00639019v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01788751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of viable gametes without meiosis in maize deficient for an ARGONAUTE protein.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Robert B Meeley</w:t>
+                <w:t xml:space="preserve">Genome-wide profiling of G protein-coupled receptors in cerebellar granule neurons using high-throughput, real-time PCR.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Le Digarcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Journot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1105/tpc.110.079020⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (1), pp.241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-12-241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00623739v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00599324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social immunity in honeybees (Apis mellifera): transcriptome analysis of varroa-hygienic behaviour</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">Nutrigenomics in honey bees: digital gene expression analysis of pollen's nutritive effects on healthy and varroa-parasitized bees.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Alaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Parrinello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect Molecular Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (1), pp.496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-12-496⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2583.2011.01074.x⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02651805v1</w:t>
+                <w:t xml:space="preserve">inserm-00639019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whole-genome in-silico subtractive hybridization (WISH) - using massive sequencing for the identification of unique and repetitive sex-specific sequences: the example of Schistosoma mansoni.</w:t>
               </w:r>
@@ -3241,51 +3241,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327805v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritsuko Suyama" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanako Mizutani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaki Matsuo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Peng" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.202666" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346953v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryo Tomura" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Chen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miho Kiyooka" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinako Ishizaki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dgd.12689" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415680v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Dardaillon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dauga" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Simion" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Faure" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Onuma" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz955" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02339500v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Madgwick" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Silvia Magri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dantec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gailly" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla-Maj Fiuza" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2019.01.003" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879150v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ali&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurel Sky Hiebert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Scelzo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mandela Pr&#252;nster" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msy068" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636650v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matija Brozovic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkx1108" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788661v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Varrault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Digarcher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Chotard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bilanges" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkx672" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918046v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonneaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Layalle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colomb" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghysen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2017.10.018" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875253v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lemaire" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi A. Onuma" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Nishida" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3707-5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01295171v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Martin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mick&#228;el Mendez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv966" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788711v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Al Adhami" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Evano" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gueydan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dubois" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.175919.114" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01958999v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Audo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hegglin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Severac" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Combe" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/gene.2015.31" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432425v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Stolfi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasunori Sasakura" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Chalopin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Satou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Christiaen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvg.22822" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388715v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rojas-R&#237;os" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Chartier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pierson" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany S&#233;verac" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2015.11.003" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338204v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Besnard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Babled" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lapasset" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollivier Milhavet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb.2339" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/36B07E05E61D68E6204BEF76BA8DBE581F23ECD8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788751v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Privat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bardil" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aureliano Bombarely Gomez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-5" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00599324v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Maurel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Journot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-241" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00639019v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Alaux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-496" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623739v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manjit Singh" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shalendra Goel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert B Meeley" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.110.079020" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651805v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Martin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Harbo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Harris" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2583.2011.01074.x" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q51MBZ2C-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00495369v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Portela" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Grunau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Cosseau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Beltran" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-387" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686875v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O B&#233;nassy" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Caron" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ferret-Canape" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cheylus" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Courcelle" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/513/6/062022" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327805v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritsuko Suyama" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanako Mizutani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaki Matsuo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Peng" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.202666" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415680v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Dardaillon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dauga" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Simion" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Faure" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Onuma" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz955" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346953v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryo Tomura" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Chen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miho Kiyooka" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinako Ishizaki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dgd.12689" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02339500v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Madgwick" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Silvia Magri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dantec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gailly" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla-Maj Fiuza" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2019.01.003" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879150v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ali&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurel Sky Hiebert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Scelzo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mandela Pr&#252;nster" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msy068" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636650v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matija Brozovic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkx1108" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788661v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Varrault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Digarcher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Chotard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bilanges" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkx672" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918046v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonneaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Layalle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colomb" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghysen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2017.10.018" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875253v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lemaire" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi A. Onuma" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Nishida" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3707-5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01295171v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Martin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mick&#228;el Mendez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv966" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432425v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Stolfi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasunori Sasakura" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Chalopin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Satou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Christiaen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvg.22822" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388715v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rojas-R&#237;os" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Chartier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pierson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany S&#233;verac" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2015.11.003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788711v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Al Adhami" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Evano" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gueydan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dubois" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.175919.114" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01958999v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Audo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hegglin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Severac" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Combe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/gene.2015.31" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338204v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Besnard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Babled" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lapasset" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollivier Milhavet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb.2339" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/36B07E05E61D68E6204BEF76BA8DBE581F23ECD8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623739v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manjit Singh" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shalendra Goel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert B Meeley" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.110.079020" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651805v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Alaux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Martin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Harbo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Harris" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2583.2011.01074.x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q51MBZ2C-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788751v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Privat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bardil" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aureliano Bombarely Gomez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-5" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00599324v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Maurel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Journot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-241" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00639019v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-496" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00495369v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Portela" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Grunau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Cosseau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Beltran" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-387" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686875v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O B&#233;nassy" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Caron" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ferret-Canape" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cheylus" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Courcelle" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/513/6/062022" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>