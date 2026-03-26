--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christelle Dodane </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure des Universités en acquisition du langage, Université Sorbonne Nouvelle, Paris</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">christelle-dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3733-1263</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">073645591</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">187296856</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">000000035821862X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis septembre 2022, Professeure des Universités en acquisition du langage, Université Sorbonne Nouvelle et membre du laboratoire CLESTHIA (EA 7345), membre associée du laboratoire Praxiling (UMR 5267)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis septembre 2023, responsable du Master LLTS pour le département ILPGA, Sorbonne Nouvelle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2024, membre élue au CNU - Section 7 (sciences du langage)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre suppléante du conseil d'aministration de l'Association Francophone de Communication Parlée (AFCP) </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.afcp-parole.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du Réseau français d’études gestuelles ISGS France </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://isgsfrance.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006-2022 : Maîtresse de Conférences, Université Paul Valéry, Montpellier 3</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A pesquisa em Aquisição da Linguagem no Sul Global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Carvalho Bezerra Cavalcante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista da Abralin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.456-461. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25189/rabralin.v23i2.2276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04761779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus de focalisation multimodale lors des dîners familiaux français: une comparaison entre familles parlantes et familles signantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrado Bellifemine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faits de langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 53 (2), pp.111-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptations prosodiques et phonétiques dans le langage adressé aux enfants (LAE) : quel rôle dans le développement du langage oral et quelles similitudes avec d’autres contextes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 230 (2), pp.121-138. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lang.230.0121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04218977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does prosody contribute to the expression of the dialogism of the utterance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Nowakowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Davis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bergen Language and Linguistics Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Text and discourse across disciplines: In honour of Kjersti Fløttum, 13 (1), </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15845/bells.v13i1.3743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04187261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dire la période classique : analyse prosodique de l’enregistrement par Ferdinand Brunot d’un sermon de Bossuet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Siouffi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 83 (2), pp.67-86. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tl.083.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03820219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an inclusive system for the annotation of (dis)fluency in typical and atypical speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Crible</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loulou Kosmala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Linguistics &amp; Phonetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-18. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02699206.2022.2126330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voix, dialogisme, prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Nowakowska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 75, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/praxematique.7403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03713882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children’s development of humour in everyday interactions: two case-studies in French and Brazilian Portuguese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Jacqueline Vieira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Humour Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (4), pp.112. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7592/EJHR2020.8.4.Del-re⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03118167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description de l’accent en français : des premiers grammairiens aux premiers phonéticiens (XVI e - début du XX e siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 78, pp.09003. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20207809003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02931148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ironie dans le discours : des premières productions enfantines aux productions des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Enfance et langage : voix, corps et discours, 70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enfance et langage : voix, corps et discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expressões negativas na fala de uma criança brasileira e uma criança francesa. Funções e características prosódicas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista ALFA, UNESP, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 63 (2), pp.349-371. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/1981-5794-1909-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enunciados humorísticos infantis em foco: implicações pragmáticas, cognitivas e sociais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 35 (2), </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5935/2079-312X.20190026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The prosody of child-directed speech compared to adult-directed speech: analysis of a corpus in French, English and Japanese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosódia, pragmática e emergência da sintaxe na fala da criança</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes De Vasconcelos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingüística</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Monográfico sobre Pragmática y adquisición del lenguaje / Pragmática e aquisição da linguagem, 35 (2), pp.149-169. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5935/2079-312X.20190022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hésitations et faux-départs dans le langage adulte et enfantin : Le rôle de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Organisation spatiale et temporelle des pauses en parole et en discours, 211 (3), pp.41-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ironie dans le discours : des premières productions enfantines aux productions des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02282356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle de la pause dans l’acquisition de la première syntaxe en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Organisation spatiale et temporelle des pauses en parole et en discours, 3 (211), pp.61-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A emergência da linguagem: os dados de percepção</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trilhas linguisticas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Novas praticas em pesquisa sobre a linguagem: rompendo fronteiras, 30, pp.71-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexões sobre características prosódicas do desenvolvimento da negação: estudo de casos de uma criança brasileira e uma criança francesa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes De Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Domínios de Lingu@gem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (3), pp.1521. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14393/DL35-v12n3a2018-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prosodie du langage adressé à l’enfant comparée à celle du langage adressé à l'adulte : analyse d'un corpus en français, anglais et japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes De Vasconcelos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 70, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/praxematique.4820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disfluences dans le langage de l’enfant : une perspective trans-linguistique (français et portugais brésilien)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Glossa Spécial Montpellier, 121, pp.15-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disfluences dans le langage de l'enfant : une perspective trans-linguistique (français et portugais brésilien)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 121, pp.15-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04279482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la notation musicale à la transcription de la prosodie : Description de la prosodie du français du XVIe au début du XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, SHS Web of Conferences, 2016 5e Congrès Mondial de Linguistique Française, 27, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20162709001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01502612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O papel da prosódia na primeira sintaxe: um olhar sobre dados de fala de crianças francesas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prolingua</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (1), pp.2-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexões metodológicas sobre a análise de dados longitudinais: Prosódia e primeira sintaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trilhas linguisticas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Pesquisas em linguisticas no século XXI: Perspectivas e desafios teoricos-metodologicos, 27, pp.129-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques réflexions sur l’acquisition et l’apprentissage des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de didactique du FLE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 67-68, pp.189-202</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus d'acquisition et d'apprentissage des langues : un levier pour le futur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sauvage J.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dodane Ch.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 67-68, pp.13-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00964031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions méthodologiques sur l'analyse phonétique d'un corpus longitudinal et transversal en acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11 (thématique : Statut et utilisation des corpus en linguistique), http://corela.edel.univ-poitiers.fr/index.php?id=3012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00918296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodie et Musicalité des langues : de la transcription musicale à la transcription des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trilhas linguisticas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Estudos linguisticos contemprâneos : diferentes olhares, 23, pp.175-195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition et didactique des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de didactique du FLE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.9-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle de la prosodie dans les premières constructions grammaticales : étude de cas d'un enfant français monolingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of French Language Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, First language acquisition of French grammar (from 10 months to 4 years old), 22 (01), pp.13-35. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0959269511000561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prosodie dans l'acquisition de la négation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladis Massini-Cagliari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alfa Revista de Linguistica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 54(2), pp.335-360</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TITULO : LA PROSODIE DANS L'ACQUISITION DE LA NÉGATION : ÉTUDE DE CAS D'UNE ENFANT MONOLINGUE FRANCAISE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladis Massini Cagliari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista ALFA, UNESP, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 54 (2), pp.335-360</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l’inventaire de contours de Fo chez deux enfants français de 10 à 12 mois : l’importance du contexte pour décrire le stade pré-linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Quand l'enfant prend la parole, 3 (3), pp.305-316. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4074/S001375450900305X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l'inventaire de contours de Fo chez deux enfants français de 10 à 12 mois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 61 (3), pp.305-316</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A l'école des comptines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le journal des professionnels de l'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 41 (juillet-août), pp.43-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03068269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les comptines : des chansons à faire apprendre, parler et écrire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le journal des professionnels de l'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 41, pp.43-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indeterminacy in language acquisition: the role of child directed speech and joint attention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ford Dominey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurolinguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 17 (2-3), pp.121 - 145. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0911-6044(03)00056-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discriminating spoken words in French: the role of the syllable and the CV phonological skeleton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Floccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Kolinsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Morais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language and Cognitive Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 18 (3), pp.241 - 267. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01690960244000009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (109)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embodied negation: a developmental perspective on a French child’s coordination of action, gesture and speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expressivity, Bodies and Language in the 21 century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandrine Sorlin, Université de Montpellier - Paul Valéry / IUF, EMMA; Julie Neveux, Sorbonne Université, CELISO, Nov 2025, Montpellier, France. https://expressivity.sciencesconf.org/?lang=en</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production gestuelle dans les réparations produites par des personnes atteintes d’aphasie non fluente et des sujets contrôles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Henrique Do Prado Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrado Bellifemine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ajustements discursifs et interactionnels en contexte de handicap communicationnel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Katja Ploog; Aleksandra Nowakoskwa; Elora Danjean; Cwiosna Roques, Oct 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of multimodal negation: integrating prosody and gesture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS 10 - Workshop 1 Multimodal Negation: Foundations and Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Simon Harrison; Silva Ladewig; Suwei Wu; Beyza Sümer; Hasan Dikyuva, Jul 2025, Nimègue, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05154345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE PHONETICS LABORATORY OF MONTPELLIER IN EARLY 20TH-CENTURY FRANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Guitard-Ivent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laudy Arida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Workshop on the History of Speech Communication Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LPP &amp; CLESTHIA, Sep 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05286995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la tâche sur le débit articulatoire d’enfants et adolescents avec et sans trouble du spectre de l’autisme en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cwiosna Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Guitart-Ivent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.42-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disfluences morpho-syntaxiques et dialogisme / réparation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Nowakowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Henrique Do Prado Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrado Bellifemine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études Analyser des discours « atypiques » : quels enjeux méthodologiques et théoriques pour les sciences du langage ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de linguistique et didactique des langues étrangères et maternelles (Lidilem, Université Grenobles Alpes), Oct 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04839132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la tâche sur le débit articulatoire d'enfants et adolescents avec et sans trouble du spectre de l'autisme en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cwiosna Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Guitart-Ivent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04986668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A developmental perspective on multimodal negation in French speaking children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASCL International Congress for the Study of Child Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04660237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between speech and gesture in the production of disfluencies in stuttering and non-stuttering adult French speakers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loulou Kosmala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 18th International Pragmatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Brussel, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04335537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les premières archives de la parole (1890-1940)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Joseph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e Journées d’Études sur la Parole — JEP2022 « Parole, Geste, Musique : des unités à leur organisation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Noirmoutier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Hey, look! This-is-im-por-tant!” Embodied focus during signing and speaking family dinners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Pragmatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Pragmatics Association, Jul 2023, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The synchronization of gesture and prosody in French children’s multimodal pathway into negation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catteau Fanny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MMSYM, 1st International Multimodal Communication Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Pompeu Fabra, Apr 2023, Barcelone, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04639811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of initial and final stress in two monolingual French children aged 18 to 36 months</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Astésano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIVe Journées d'Études sur la Parole -- JEP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Norimoutier, France. pp.683-692, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/JEP.2022-72⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les temps de la crise sanitaire au prisme d'une série chronologique : une étude phonético-textométrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Diwersy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Luxardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Statistical Analysis of Textual Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Naples, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03723483v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronization of speech and gestures in an interactional context (SyncoGest Project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domitille Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS 2022 - 9th Conference of the International Society for Gesture Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodal focalization processes during French family dinners: a comparison between speaking and signing families.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISGS, Jul 2022, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The coordination of gestural, prosodic and verbal patterns: a developmental perspective on multimodal negation in French speaking children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS 9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Chicago, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes d’engagement et de militantisme écologique en région Occitanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Wafdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Jackiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Calas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Nouvel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29es Journées de la Société d’Ecologie Humaine "Humanités environnementales, Sciences, arts et citoyennetés face aux changements globaux"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSHSud Montpellier, Oct 2021, MONTPELLIER, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04087478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’acquisition du langage sous le prisme de la prosodie : syntaxe, disfluences, gestes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PEtALE 4 : 4ème école de printemps du réseau MELangE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODALISA une plateforme intégrative pour capturer l’orchestration des gestes et de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Défi Instrumentation aux Limites, Colloque de restitution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, Sep 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorsque la consécutivité est perturbée : Comment différencier les disfluences des enfants bègues et des enfants normo-fluents ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dodji Gbedahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’anticipation dans les tâches cognitives consécutives et simultanées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Kosice, Slovaquie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Percer le mystère de l’acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Herença Brasileira, Ambassade du Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les disfluences dans le langage de l’enfant : ce qui relève de l’acquisition et ce qui relève du bégaiement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Phonétique Clinique 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation des disfluences dans la parole normale et la parole bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Laborde Didirkova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annotations 2019 CORLI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of disfluencies in language acquisition and development of syntactic complexity in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Diwersy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DISS 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dire la période classique : analyse prosodique de quatre productions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Siouffi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Praxiling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humor, bilinguismo e disfluência em crianças francesas e brasileiras (monolíngues e bilíngues)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVe Encontro Nacional sobre a Linguagem da Criança: Reflexos em 10 anos de pesquisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, João Pessoa, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enfance du langage : l’oreille, les yeux, la voix. Quelles immplications pour l’apprentissage des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude sens, sensation et affect dans l’enseignement pour les élèves du 1er degré</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syntaxe, prosodie et marquage dialogique dans l’interaction médiatique : cas de l’interview politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Nowakowska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Voix en Dialogue : Hétérogénéité énonciative et discours en interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrative platform to capture the orchestration of gesture and speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GeSpIn 2019 - Gesture and Speech in Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paderborn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le patrimoine phonétique à Montpellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etudes sur la Parole (JEP) 2018, Atelier PINPEX, Patrimoine Instrumental de la Phonétique EXpérimentale (org. Fabrice Hirsh et Yohan Meynadier)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire des alphabets phonétiques du XVIIIe siècle jusqu’à l’API.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Lazar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXII ème Journées d’Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Aix-en-Porvence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle(s) voix pour les livres audio ? Une étude acoustique et perceptive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Impoco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Frontini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque La perception en langues et en discours (3e éd.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Université d’Opole, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doubler les consonnes en chant baroque français : un cas de gémination expressive ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Pillot-Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Romeo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppina Turco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIIe Journées d’Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Aix-en-Provence, France. pp.19-27, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/JEP.2018-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01858422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexe, Hormones & Fo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandre Suire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les corpus francophones : enjeux méthodologiques, outillage et perspectives de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Diwersy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixièmes Rencontres Montpellier-Sherbrooke</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une didactique de la phonétique corrective. Démarche verbo-tonale et laboratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Congrès Brésilien des Professeurs de français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Aracaju, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01596565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La textométrie face à l’analyse de l’oral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Diwersy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maturafi Lavie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque CORAL Corpus écrits, corpus oraux : pratiques croisées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier de phonétique corrective ou comment améliorer la prononciation des apprenants brésiliens en français avec des techniques ludiques et accessibles à tous.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Congrès Brésilien des Professeurs de Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Aracaju, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la notation musicale à la transcription de la prosodie : Description de la prosodie du français du XVIe au début du XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire LILPA, Université de Strasbourg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How disfluencies inform us about the difficulties encountered by children during language acquisition?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium Fluency, Disfluencies and Stuttering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Bratislava, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riso e humor na linguagem da criança: o acústico e o contexto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII Congresso da Sociedade Internacional para o Estudo do Humor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Araraquara, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisição e argumentação.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Vieria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI Simpósio de Pesquisa e Intercâmbio Científico da Associação Nacional de Pesquisa e Pos-graduação em Psicologia (ANPEPP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Maceió, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monologue chez l’enfant : du jasis au soliloque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre Monologue et Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multimodal theoretical and methodological approach to language acquisition: the example of negation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Falk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Conference of the International Society of Gestures Studies -- Gestualité — Créativité — Multimodalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aliyah Morgenstern, PRISMES, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02342886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disfluences in child speech: a cross-linguistic perspective.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’Etude « Fluence, Disfluences et bégaiements »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humor in children’s language: linguistic, cognitive and social implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cavalcante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Vieria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS’7</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discurso, prosódia e multimodalidade: o humor na criança</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cavalcante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladis Massini Cagliari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III Encontro Nacional sobre a Linguagem da Criança – Saberes em Contraponto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Porto Allegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodia e primeira sintaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III Encontro Nacional sobre a Linguagem da Criança – Saberes em Contraponto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Porto-Allegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence de la prosodie et de l'opposition : le développement de la proto-argumentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARGAGE 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the prosody-gesture interface in the acquisition of « pretérito perfeito simples » tense in Brazilian Portuguese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Márcia Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Pragmatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Anvers, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Papel sintático-enunciativo do pretérito perfeito do indicativo em Português Brasileiro (PB)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Márcia Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III Encontro Nacional sobre a Linguagem da Criança – Saberes em Contraponto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Porto Allegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysphonia is beautiful: A perceptual and acoustic analysis of vocal roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Amy de La Bretèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Phonetic Sciences (ICPhS-18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A emergência da linguagem: da proto-lingua as primeiras formas linguisticas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III Encontro Nacional sobre a Linguagem da Criança – Saberes em Contraponto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Porto Allegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A interface entre prosódia e gestos na aquisição do humor infantil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cavalcante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IX Congresso Internacional da ABRALIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Belém do Pará, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of musical training upon early foreign language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Language Music and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Saint Petersbourg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humor, discourse and culture in children’s language: French and Portuguese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Vieira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Leroy-Collombel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop Conversational humour in French and other languages: a comparative approach</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage précoce et bilinguisme : mythes et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI Ciclo de Conferênicas em Aquisição e Lingua Portuguesa da FCLAr, UNESP, Araraquara, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition du langage et négation : les modifications prosodiques et gestuelles dans le processus d'émergence de la négation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coldoc 12ème edition : Dimensions multimodales des pratiques discursives : une perspective actuelle pour les linguistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humor in children’s language: pragmatic, cognitive and social implications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Pragmatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Anvers, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage précoce et bilinguisme : mythes et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire invité, UNESP, Araraquara Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle de la pause dans l’acquisition de la première syntaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Pausologie : le Point sur la Pause</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITIC - Université Montpellier 3, Oct 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humor, ironia e entonação nos enunciados de uma criança monolingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projeto Estudo da Aquisição da Linguagem, XVIIe Congresso Internacional da Associação de Linguistica e Filologia da América Latina (ALFAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, João Pessoa, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of gesture and prosody in children’s multimodal pathway into negation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From Sound to Gesture conference (S2G)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Padoue, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage précoce et bilinguisme : mythes et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire invité, Lycée Français et Consulat de France, São Paulo, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, São Paulo, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A emergência da linguagem: os dados da percepção</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SELIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Araraquara, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O papel da prosódia na primeira sintaxe: um olhar sobre dados de fala de crianças francesas e brasileiras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III Encontro Internacional de Aquisição da Linguagem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, João Pessoa, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’amusement partagé à la production de l’humour chez l’enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’humour dans le bassin méditerranéen: contacts linguistiques et culturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Gafsa, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions méthodologiques sur l'analyse phonétique d'un corpus longitudinal et transversal en acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpora in Linguistics : Journées d'Etude sur le statut et l'utilisation des corpus en linguistique // Workshop On the Status and Use of Corpora in Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Montpellier, France. pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00779444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rauque 'n' Roll : La raucité, entre symptôme pathologique & expression artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Amy de La Bretèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5° Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00918332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexões metodológicas sobre a análise de dados longitudinais: prosódia e primeira sintaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SELIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, São José de Rio Preto, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Da pré-linguagem às primeiras construções gramaticais: o papel da prosódia na aquisição da linguagem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire, Université UNESP, Araraquara, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Araraquara, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[mdr] Une analyse préliminaire du rire chez des enfants de 18 à 36 mois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etudes sur la Parole - JEP-TALN-RECITAL 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Grenoble, France. pp.537-544</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00715402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du nouveau en phonétique corrective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Clarenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international IDFLE, Innovations Didactiques en FLE, 18-20 octobre 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Athènes, Grèce</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse préliminaire du rire chez des enfants de 18 à 36 mois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des Journées d'Etudes sur la Parole, Université de Grenoble, Grenoble, juin 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Grenoble, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du pré-langage aux premières constructions grammaticales : contribution de la prosodie à l’acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Rencontre Toulousaine entre Sciences du Langage et Orthophonie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrée dans la syntaxe par la prosodie. L’enfant dans la langue : dialogues et variations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de fin de projet CoLaJE. L’enfant dans la langue : Dialogues et Variations. (Communication Langagière chez le Jeune Enfant)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is children's laughter related to their language development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdisciplinary Workshop on Laughter and other Non-Verbal Vocalisations in Speech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00779408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does prosody of Child-Directed Speech inform preverbal children about adult’s intentions?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Aguert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Early Language Acquisition Conference (ELA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de la prosodie à l’acquisition du langage au sein de l’interaction mère-enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Développement de l’accueil bilingue dans la petite enfance, IUFM de l'Ardèche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Privas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition de la prosodie au stade pré-linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Etudes, Travaux en Phonétique – Perception et Production en Parole Normale et Pathologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodie et musicalité des langues : réflexions et implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminário de Estudos Linguisticos – II SELIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transition du stade pré-linguistique au stade linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université de Toulouse Le Mirail, 12 février 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les avantages du bilinguisme précoce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Les avantages du bilinguisme précoce", UNESP, Araraquara (Brésil), 1/09/2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Acquisition du langage : un domaine interdisciplinaire", Université UNESP, Araraquara (Brésil), 24/08/2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le don des langues ou le privilège de l’âge dans la maîtrise de la prononciation : bilinguisme, apprentissage précoce et apprentissage tardif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Université UNESP Araraquara, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The emergence of stable prosodic formats in adult-child interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The XIth Congress of the International Association for the Study of Child Language, Edinburgh, 28 juillet-1er aout 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquérir la musique de sa langue maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival Calliopée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emotions, language acquisition and music</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Satellite Event around Speech Prosody 2008. EMUS - Expressivity in Music and Speech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Campinas, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prosodie chez le bébé au stade pré-linguistique : premières formes stables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVII ème Journées d’Étude sur la Parole (JEP'2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de la prosodie à l’acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ILPGA, Université Paris 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fo Alignment patterns in arabic dialects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yeou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Embarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sallal Al Maqtari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Congress of Phonetics Sciences (ICPhS), Saarbrücken, 6-10 août 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Saarbrücken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de la prosodie à la segmentation et à l’émergence de la première syntaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire, Laboratoire Cognition et Développement, Université de Paris V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An acoustic comparison of vowel systems in adult-directed speech and child-directed speech: Evidence from French, English and Japanese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal-Eddin Al-Tamimi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Congress of Phonetic Sciences (ICPhS-16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Saarbrücken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture silencieuse et oralisée des phrases relatives : le rôle de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angèle Brunelière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIème Journées d’Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Dinard, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productions in bilinguism, early foreign language learning and monolinguism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Metta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gerard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERSPEECH 2006 - ICSLP Ninth International Conference on Spoken Language Processing, Pittsburgh, PA, USA, September 17-21, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Pittsburgh, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Différenciation des mots de fonction et des mots de contenu par la prosodie : analyse d’un corpus trilingue de langage adressé à l’enfant et à l’adulte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. F. Dominey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVI ème Journées d’Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Dinard, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences de la formation musicale sur l’apprentissage précoce d’une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Guilleminot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXth International Symposium on Social Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Santiago de Cuba, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les signaux prosodiques dans la catégorisation en mots de contenu et mots de fonction : langage adressé à l’enfant vs langage adressé à l’adulte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Laboratoire Langage et Cognition (LaCo), Université de Poitiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodie et acquisition du langage : point de vue acoustique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire, Association Estigma-Alel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures d’Intelligibilité de segments de parole à l’envers en français : une étude électrophysiologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Hoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVème Journées d’Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, Fes, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Processing for Syntax Acquisition : A simulation study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ford Dominey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Annual Meeting of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences de la formation musicale sur l’apprentissage précoce d’une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Institut de la Communication Parlée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences de la formation musicale sur la restitution des voyelles d’une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Guilleminot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIIth International Symposium on Social Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Santiago de Cuba, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection de la stabilité de timbre des voyelles : vers une automatisation des tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Guilleminot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIVème Journées d’Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prosodie : son acquisition en L1, son apprentissage en L2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVI° Colloque International de Linguistique Fonctionnelle (SILF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Gosier, Guadeloupe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la formation musicale dans l’apprentissage précoce d’une langue étrangère.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RJC 2001, Rencontres Jeunes Chercheurs en Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouvelles technologies multimédias dans l’apprentissage de la prosodie d’une langue étrangère : une révolution dans la pratique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIIth International Symposium on Social Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Santiago de Cuba, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F0 Declination Line: More Evidence from Infants' and Children's Speech (9-48 Months)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Santi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Espesser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Congress of Phonetic Sciences (ICPhS-14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1999, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation des gestes pour pallier un retard de langage verbal chez des enfants porteurs d'une trisomie 21, une étude préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JE-ISGSFrance2 : Approches multimodales des interactions en contextes formels et informels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Paris INSPE, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05077855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Look at me!&amp;quot; The prosody of multimodal interactions in French and LSF family dinners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Danet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrado Bellifemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 15th Round Conference on Theoretical Issues in the Study of Sign Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Addis Abeba, Ethiopia. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gesture use during self- and other-initiated repairs in people with non fluent aphasia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Henrique Do Prado Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrado Bellifemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th Conference of the International Society for Gesture Studies. Motion to meaning: Innovations in multimodal language research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Nijmegen, Netherlands. , 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05158070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodal focalization processes during French family dinners: a comparison between speaking and signing families</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MMSYM 2023 : 1st International Multimodal Communication Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04366270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation entre productions verbales et gestuelles chez deux enfants porteurs d’une trisomie 21 : une étude préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées de Phonétique Clinique, " Prendre la mesure de la parole"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Toulouse, France. , Relation entre productions verbales et gestuelles chez deux enfants porteurs d’une trisomie 21 : une étude préliminaire, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodal focalization processes during French family dinners: a comparison between speaking and signing families</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Chicago, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03923360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The BENEPHIDIRE program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Monfrais-Pfauwadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Oxford Dysfluency Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Oxford, United Kingdom. , 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BENEPHIDIRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mons, Belgique. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BENEPHIDIRE : un projet de recherche en phonétique, en informatique et en neurologie sur le bégaiement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8è Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mons, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04984212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODALISA : MultiMODalité lors de l’Acquisition du Langage : Interaction entre le Signal de parole et la gestuAlité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de restitution, Instrumentation aux Limites CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Grammont à l’origine d’un des plus vieux laboratoires de phonétique de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Clarenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIIe Journées d’Etudes de la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Aix en Procence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enfant dans la langue, pas à pas : présentation itinérante d’une exposition franco-brésilienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Congrès Brésilien des Professeurs de Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Aracaju, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Episode de dysfluence dans le langage enfantin : considérations sur son rôle dans le processus d'acquisition de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acquisition of lexical stress patterns in French-English bilingual children: Evidence from acoustic analyses of word production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dubrovnik Conference on Cognitive Science – DuCog V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are they relations between the children laugh and the language development ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ELA, Lyon, décembre 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Lyon, France. s.p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The first steps into syntax in French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd ELA (Early Language Acquisition), Lyon, 5-7 décembre 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Lyon, France. s.p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productions in bilinguism, early foreign language learning and monolinguism: A prosodic comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Metta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gérard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Pittsburg, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodic Cues for Lexical Categorization: Simulation & Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ford Dominey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASHA Convention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Processing for Syntax Acquisition: A simulation study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ford Dominey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Annual Meeting of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de l’Apprentissage Implicite dans la Mémorisation des Catégories Phonologiques de la Langue Maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVèmes Confrontations Orthophoniques de Franche-Comté, Mémoire et Apprentissage Implicites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2001, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences de la formation musicale sur la perception et la production d’une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIèmes Rencontres Jeunes Chercheurs, RJC’99</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1999, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement de la prosodie d’une langue étrangère grâce au logiciel Winpitch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocall 99</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'abbé Rousselot, pionnier et fondateur de la phonétique expérimentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Rialland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Pillot-Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Colloque anniversaire en hommage à l'abbé Rousselot : de la création au rayonnement de la phonétique expérimentale)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Paris, France. Société Linguistique de Paris, 2025, ISBN-10 ‏ : ‎ 2493520025; ISBN-13 ‏ : ‎ 978-2493520029</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seventh International Workshop on the History of Speech Communication Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliusz Cęcelewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Rialland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiayin Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seventh International Workshop on the History of Speech Communication Research (HSCR 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Paris, France. ISCA, 2025, ISSN: 0940-6832. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/HSCR.2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05425726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes d'engagement et de militantisme écologique en région Occitanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Jackiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Calas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvel Damien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Wafdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanités environnementales : sciences, arts et citoyennetés face aux changements globaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024-1, NUMEREV, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04782032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternance codique, langage des signes pour bébé et gestes en micro-crèche bilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brahim Azaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloque Jeunes Chercheurs 2019 PRAXILING Représentations et transmission des connaissances à la lumière de l'innovation numérique Actes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Biales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Dalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Delebarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Bernard Toubol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Tourron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Jeunes Chercheurs 2019 PRAXILING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Montpellier (FRANCE), France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03915593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Coarticulation: des Indices à la Représentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Embarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La coarticulation : Indices, Direction et Représentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Montpellier, France. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 258 p., 2011, 978-2-296-55503-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00348773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enfance et langage : voix, corps et discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Open edition. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 70, 2019, Enfance et langage : voix, corps et discours, 2111-5044</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travaux de didactique du FLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de didactique du français langue étrangère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 67-68, 70 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALFA, Revista de Linguística</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Embarki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alfa Revista de Linguistica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, vol.54 (n°2), 632 p., 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numéro spécial sur l’acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Araraquara, Brazil. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista ALFA, UNESP, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1981-5794</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire de la description de la parole : de l'introspection à l'instrumentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9782745355959</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel de pausologie : Recueil de recherches sur les pauses présentes dans la parole et le discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03104415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel de pausologie : recueil de recherches sur les pauses présentes dans la parole et le discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03119600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’organisation spatiale et temporelle de la pause en parole et en discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02282353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus d’enseignement-apprentissage et processus d’acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PULM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Travaux de Didactique du Français Langue Etrangère (67-68), 2012, Processus d’enseignement-apprentissage et processus d’acquisition, Bruno Maurer</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition et didactique des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de la Méditerannée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Acquisition et Didactique des langues (65-66), 2011, Bruno Maurer</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Coarticulation : des indices Direction aux Représentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Embarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guilleminot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Yeou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMBARKI M., DODANE C., GUILLEMINOT C., YEOU M. L'Harmattan, Paris, à paraître en 2010, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La multimodalité au service de l’intercompréhension lors d’interactions exolingues en crèche bilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brahim Azaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUG. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La petite enfance au prisme du divers. Plurilinguisme et multimodalité de la crèche à l’école maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.123-142, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyses outillées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Diwersy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domitille Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Luxardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Domitille Caillat; Bertrand Verine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manuel d'analyse du discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck Supérieur, pp.135-161, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Sound Discrimination to Sound Identification: The Importance of Child-Directed Speech and Interactional Cues During Language Acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From Discriminating to Discrimination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.1-12, 2022, </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-13544-6_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire de la description de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pagani-Naudet Cendrine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Christelle Dodane et Claudia Schweitzer (éds.), Histoire de la description de la parole : de l'introspection et l'instrumentation, Paris: Honoré Champion, pages 55-90.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du son au phonème : histoire des alphabets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Christelle Dodane &amp; Claudia Schweitzer, Histoire de la description de la parole : de l'introspection à l'instrumentation. Paris: Champion, pages 189-218.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la notation de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Pagani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Christelle Dodane &amp; Claudia Schweitzer, Histoire de la description de la parole : de l'introspection à l'instrumentation. Paris: Champion, pages 91-132.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03525206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les spécificités du catalan des locuteurs gitans et non gitans, le rôle primordial de la prosodie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Auger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfants gitans à l’école et en famille : D’une analyse des dynamiques langagières en famille aux pratiques de classe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, pp.49-68, 2021, Éducation et savoirs en société, 979-10-362-0318-3. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.enseditions.24695⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03282229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la notation de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pagani-Naudet Cendrine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Christelle Dodane &amp; Claudia Schweitzer, Histoire de la description de la parole : de l'introspection à l'instrumentation. Paris: Champion, pages 91-132.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire de la description de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Pagani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Christelle Dodane et Claudia Schweitzer (éds.), Histoire de la description de la parole : de l'introspection et l'instrumentation, Paris: Honoré Champion, pages 55-90.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Honoré Champion, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03525195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émergence des premiers mots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Yamaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aliyah Morgenstern; Christophe Parisse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Langage de l’Enfant. De l’Éclosion à l’Explosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.41-58, 2017, (Sciences du langage), 978-2-87854-915-7. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psn.10605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discurso, prosódia e multimodalidade na produção humorística de uma criança monolíngue brasileira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cavalcante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladis Massini Cagliari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UFRGS. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A criança na/com a linguagem: saberes em contraponto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.47-65, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-language influences in the productions of French-English bilingual children: Separation or interaction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Yavas, M. Kehoe et W. Cardoso. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romance-Germanic Bilingual Phonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01866987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-languages influences in the productions of bilingual children: Separation or interaction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mehmet Yavas, Margaret Kehoe &amp; Walcir Cardoso. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romance-Germanic bilingual phonology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Romance-Germanic bilingual phonology </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equinox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.38-55, 2017, Studies in Phonetics and Phonology, 9781781792827</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combiner ses premiers mots : l’entrée dans la syntaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aliyah Morgenstern; Christophe Parisse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Langage de l’Enfant. De l’Eclosion à l’Explosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.56-84, 2017, (Sciences du langage), 978-2-87854-915-7. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psn.10618⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-language influences in the productions of French-English bilingual children: Separation or interaction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romance-Germanic Bilingual Phonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01867006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexões metodológicas sobre a análise de dados longitudinais: Prosódia e primeira sintaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pesquisas em Linguística no século XXI: perspectivas e desafios teóricos-metodológicos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’amusement partagé à la production de l’humour chez l’enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mokhtar Farhat &amp; Francis Lacoste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'humour dans le bassin méditerranée: contacts linguistiques et culturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouha Editions, 2015, 9789938129779 9938129773</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01350613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riso e prosodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explorando o discurso da criança</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editora Contexto, pp.55-84, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01065874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversao partilhada, Humor e ironia : um estudo sobre a produção de enunciados por uma criança brasileira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Quimello</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alessandra Del Re, Luciano de paulo &amp; Marina Célia Mendonça. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explorando o discorso da criança</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contexto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.55-84, 2014, 978-85-7244-857-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01350601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riso e discurso: do acustico ao contextual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explorando o discurso da criança</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transcription musicale de la prosodie au tournant des XIX-XXe siècles : une proposition originale: Wilhem Wundt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BOE, L.J.; VILAIN, E.C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un siècle de phonétique expérimentale. Fondations et éléments de développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, pp.259-276, 2011, 2-84788-210-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilhelm Wundt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boë Louis-Jean; Vilain Coriandre Emmanuel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un siècle de phonétique expérimentale : fondation et éléments de développement (Hommage à Théodore Rosset et John Ohala)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS éditions, pp.259-276, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03056233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wie Schade! Ou l’enseignement de la prosodie d’une L2 par des méthodes non conventionnelles.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Lise Dautry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Signes dans Tous leurs Etats. Hommages à Yves Gilly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Franche-Comté, pp.269-291, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des technologies multimédias dans la correction prosodique de l’adulte (L2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Küpers et Souchon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sprachwissenschaft auf dem Weg in das Dritte Jahrtausend</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.37-48, 2002, Appropriation des Langues au Centre de la Recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage précoce de langue étrangère : interférences de traitement entre langue et musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Reinhardt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sprachwissenschaft auf dem Weg in das Dritte Jahrtausend. Akten des 34. Linguistischen Kolloquiums in Gemersheim, 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.273-282, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apprentissage précoce d’une langue étrangère : une solution pour la maîtrise de l’intonation et de la prononciation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elisabeth Guimbretière. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprendre, enseigner, acquérir : la prosodie au cœur du débat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DYALANG, </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.229-248, 2000, Apprendre, enseigner, acquérir : la prosodie au cœur du débat, 2-87775-282-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage précoce d’une langue étrangère : interférences système prosodique L1 et L2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Santi, Guaïtella, Cavé et Konopczynski. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oralité et Gestualité, Communication Multimodale et Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l’Harmattan, pp.629-633, 1998, Oralité et Gestualité, Communication Multimodale et Interaction</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STACCATO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B R Ésumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Ésumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Émoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Ésumé Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Njeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut Jean le Rond d'Alembert. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05528445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La langue en harmonie Influences de la formation musicale sur l'apprentissage précoce d'une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université de Franche-Comté (Besançon), 2003. Français. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02573458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au commencement était la prosodie : du langage en émergence à l’histoire de la description de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université de Toulouse Jean Jaurès, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03173746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId398"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christelle Dodane </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure des Universités en acquisition du langage, Université Sorbonne Nouvelle, Paris</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">christelle-dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3733-1263</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">073645591</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">187296856</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">000000035821862X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis septembre 2022, Professeure des Universités en acquisition du langage, Université Sorbonne Nouvelle et membre du laboratoire CLESTHIA (EA 7345), membre associée du laboratoire Praxiling (UMR 5267)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis septembre 2023, responsable du Master LLTS pour le département ILPGA, Sorbonne Nouvelle</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2024, membre élue au CNU - Section 7 (sciences du langage)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre suppléante du conseil d'aministration de l'Association Francophone de Communication Parlée (AFCP) </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.afcp-parole.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du Réseau français d’études gestuelles ISGS France </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://isgsfrance.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006-2022 : Maîtresse de Conférences, Université Paul Valéry, Montpellier 3</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A pesquisa em Aquisição da Linguagem no Sul Global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Carvalho Bezerra Cavalcante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista da Abralin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.456-461. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25189/rabralin.v23i2.2276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04761779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus de focalisation multimodale lors des dîners familiaux français: une comparaison entre familles parlantes et familles signantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrado Bellifemine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faits de langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 53 (2), pp.111-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptations prosodiques et phonétiques dans le langage adressé aux enfants (LAE) : quel rôle dans le développement du langage oral et quelles similitudes avec d’autres contextes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 230 (2), pp.121-138. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lang.230.0121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04218977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does prosody contribute to the expression of the dialogism of the utterance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Nowakowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Bres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Davis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bergen Language and Linguistics Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Text and discourse across disciplines: In honour of Kjersti Fløttum, 13 (1), </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15845/bells.v13i1.3743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04187261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dire la période classique : analyse prosodique de l’enregistrement par Ferdinand Brunot d’un sermon de Bossuet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Siouffi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n° 83 (2), pp.67-86. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tl.083.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03820219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an inclusive system for the annotation of (dis)fluency in typical and atypical speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Crible</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loulou Kosmala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Linguistics &amp; Phonetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-18. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02699206.2022.2126330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voix, dialogisme, prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Nowakowska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 75, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/praxematique.7403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03713882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children’s development of humour in everyday interactions: two case-studies in French and Brazilian Portuguese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Jacqueline Vieira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Humour Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (4), pp.112. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7592/EJHR2020.8.4.Del-re⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03118167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description de l’accent en français : des premiers grammairiens aux premiers phonéticiens (XVI e - début du XX e siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 78, pp.09003. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20207809003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02931148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The prosody of child-directed speech compared to adult-directed speech: analysis of a corpus in French, English and Japanese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enunciados humorísticos infantis em foco: implicações pragmáticas, cognitivas e sociais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 35 (2), </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5935/2079-312X.20190026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expressões negativas na fala de uma criança brasileira e uma criança francesa. Funções e características prosódicas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista ALFA, UNESP, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 63 (2), pp.349-371. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/1981-5794-1909-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enfance et langage : voix, corps et discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ironie dans le discours : des premières productions enfantines aux productions des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Enfance et langage : voix, corps et discours, 70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosódia, pragmática e emergência da sintaxe na fala da criança</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes De Vasconcelos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingüística</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Monográfico sobre Pragmática y adquisición del lenguaje / Pragmática e aquisição da linguagem, 35 (2), pp.149-169. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5935/2079-312X.20190022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hésitations et faux-départs dans le langage adulte et enfantin : Le rôle de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Organisation spatiale et temporelle des pauses en parole et en discours, 211 (3), pp.41-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ironie dans le discours : des premières productions enfantines aux productions des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02282356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle de la pause dans l’acquisition de la première syntaxe en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Organisation spatiale et temporelle des pauses en parole et en discours, 3 (211), pp.61-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexões sobre características prosódicas do desenvolvimento da negação: estudo de casos de uma criança brasileira e uma criança francesa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes De Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Domínios de Lingu@gem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (3), pp.1521. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14393/DL35-v12n3a2018-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A emergência da linguagem: os dados de percepção</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trilhas linguisticas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Novas praticas em pesquisa sobre a linguagem: rompendo fronteiras, 30, pp.71-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prosodie du langage adressé à l’enfant comparée à celle du langage adressé à l'adulte : analyse d'un corpus en français, anglais et japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes De Vasconcelos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 70, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/praxematique.4820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disfluences dans le langage de l’enfant : une perspective trans-linguistique (français et portugais brésilien)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa : Revue Scientifique en Orthophonie Logopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Glossa Spécial Montpellier, 121, pp.15-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disfluences dans le langage de l'enfant : une perspective trans-linguistique (français et portugais brésilien)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa : Revue Scientifique en Orthophonie Logopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 121, pp.15-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04279482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la notation musicale à la transcription de la prosodie : Description de la prosodie du français du XVIe au début du XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, SHS Web of Conferences, 2016 5e Congrès Mondial de Linguistique Française, 27, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20162709001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01502612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexões metodológicas sobre a análise de dados longitudinais: Prosódia e primeira sintaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trilhas linguisticas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Pesquisas em linguisticas no século XXI: Perspectivas e desafios teoricos-metodologicos, 27, pp.129-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O papel da prosódia na primeira sintaxe: um olhar sobre dados de fala de crianças francesas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prolingua</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (1), pp.2-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques réflexions sur l’acquisition et l’apprentissage des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de didactique du FLE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 67-68, pp.189-202</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions méthodologiques sur l'analyse phonétique d'un corpus longitudinal et transversal en acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11 (thématique : Statut et utilisation des corpus en linguistique), http://corela.edel.univ-poitiers.fr/index.php?id=3012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00918296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus d'acquisition et d'apprentissage des langues : un levier pour le futur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sauvage J.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dodane Ch.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 67-68, pp.13-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00964031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodie et Musicalité des langues : de la transcription musicale à la transcription des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trilhas linguisticas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Estudos linguisticos contemprâneos : diferentes olhares, 23, pp.175-195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition et didactique des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de didactique du FLE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.9-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle de la prosodie dans les premières constructions grammaticales : étude de cas d'un enfant français monolingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of French Language Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, First language acquisition of French grammar (from 10 months to 4 years old), 22 (01), pp.13-35. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0959269511000561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prosodie dans l'acquisition de la négation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladis Massini-Cagliari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alfa Revista de Linguistica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 54(2), pp.335-360</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TITULO : LA PROSODIE DANS L'ACQUISITION DE LA NÉGATION : ÉTUDE DE CAS D'UNE ENFANT MONOLINGUE FRANCAISE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladis Massini Cagliari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista ALFA, UNESP, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 54 (2), pp.335-360</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l’inventaire de contours de Fo chez deux enfants français de 10 à 12 mois : l’importance du contexte pour décrire le stade pré-linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Quand l'enfant prend la parole, 3 (3), pp.305-316. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4074/S001375450900305X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l'inventaire de contours de Fo chez deux enfants français de 10 à 12 mois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 61 (3), pp.305-316</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A l'école des comptines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le journal des professionnels de l'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 41 (juillet-août), pp.43-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03068269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les comptines : des chansons à faire apprendre, parler et écrire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le journal des professionnels de l'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 41, pp.43-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indeterminacy in language acquisition: the role of child directed speech and joint attention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ford Dominey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurolinguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 17 (2-3), pp.121 - 145. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0911-6044(03)00056-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discriminating spoken words in French: the role of the syllable and the CV phonological skeleton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Floccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Kolinsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Morais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language and Cognitive Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 18 (3), pp.241 - 267. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01690960244000009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (109)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embodied negation: a developmental perspective on a French child’s coordination of action, gesture and speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expressivity, Bodies and Language in the 21 century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandrine Sorlin, Université de Montpellier - Paul Valéry / IUF, EMMA; Julie Neveux, Sorbonne Université, CELISO, Nov 2025, Montpellier, France. https://expressivity.sciencesconf.org/?lang=en</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production gestuelle dans les réparations produites par des personnes atteintes d’aphasie non fluente et des sujets contrôles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Henrique Do Prado Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrado Bellifemine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ajustements discursifs et interactionnels en contexte de handicap communicationnel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Katja Ploog; Aleksandra Nowakoskwa; Elora Danjean; Cwiosna Roques, Oct 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of multimodal negation: integrating prosody and gesture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS 10 - Workshop 1 Multimodal Negation: Foundations and Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Simon Harrison; Silva Ladewig; Suwei Wu; Beyza Sümer; Hasan Dikyuva, Jul 2025, Nimègue, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05154345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE PHONETICS LABORATORY OF MONTPELLIER IN EARLY 20TH-CENTURY FRANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Guitard-Ivent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laudy Arida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Workshop on the History of Speech Communication Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LPP &amp; CLESTHIA, Sep 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05286995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la tâche sur le débit articulatoire d'enfants et adolescents avec et sans trouble du spectre de l'autisme en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cwiosna Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Guitart-Ivent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04986668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la tâche sur le débit articulatoire d’enfants et adolescents avec et sans trouble du spectre de l’autisme en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cwiosna Roques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Guitart-Ivent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.42-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disfluences morpho-syntaxiques et dialogisme / réparation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Nowakowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Henrique Do Prado Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrado Bellifemine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études Analyser des discours « atypiques » : quels enjeux méthodologiques et théoriques pour les sciences du langage ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de linguistique et didactique des langues étrangères et maternelles (Lidilem, Université Grenobles Alpes), Oct 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04839132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A developmental perspective on multimodal negation in French speaking children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASCL International Congress for the Study of Child Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04660237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The synchronization of gesture and prosody in French children’s multimodal pathway into negation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catteau Fanny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MMSYM, 1st International Multimodal Communication Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Pompeu Fabra, Apr 2023, Barcelone, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04639811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Hey, look! This-is-im-por-tant!” Embodied focus during signing and speaking family dinners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Pragmatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Pragmatics Association, Jul 2023, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les premières archives de la parole (1890-1940)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Joseph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e Journées d’Études sur la Parole — JEP2022 « Parole, Geste, Musique : des unités à leur organisation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Noirmoutier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between speech and gesture in the production of disfluencies in stuttering and non-stuttering adult French speakers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loulou Kosmala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 18th International Pragmatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Brussel, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04335537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of initial and final stress in two monolingual French children aged 18 to 36 months</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Astésano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIVe Journées d'Études sur la Parole -- JEP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Norimoutier, France. pp.683-692, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/JEP.2022-72⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les temps de la crise sanitaire au prisme d'une série chronologique : une étude phonético-textométrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Diwersy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Luxardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Statistical Analysis of Textual Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Naples, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03723483v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodal focalization processes during French family dinners: a comparison between speaking and signing families.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISGS, Jul 2022, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronization of speech and gestures in an interactional context (SyncoGest Project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domitille Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS 2022 - 9th Conference of the International Society for Gesture Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The coordination of gestural, prosodic and verbal patterns: a developmental perspective on multimodal negation in French speaking children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS 9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Chicago, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes d’engagement et de militantisme écologique en région Occitanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Wafdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Jackiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Calas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Nouvel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29es Journées de la Société d’Ecologie Humaine "Humanités environnementales, Sciences, arts et citoyennetés face aux changements globaux"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSHSud Montpellier, Oct 2021, MONTPELLIER, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04087478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’acquisition du langage sous le prisme de la prosodie : syntaxe, disfluences, gestes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PEtALE 4 : 4ème école de printemps du réseau MELangE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation des disfluences dans la parole normale et la parole bègue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Laborde Didirkova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annotations 2019 CORLI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of disfluencies in language acquisition and development of syntactic complexity in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Diwersy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DISS 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dire la période classique : analyse prosodique de quatre productions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Siouffi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Praxiling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les disfluences dans le langage de l’enfant : ce qui relève de l’acquisition et ce qui relève du bégaiement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Phonétique Clinique 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODALISA une plateforme intégrative pour capturer l’orchestration des gestes et de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Défi Instrumentation aux Limites, Colloque de restitution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, Sep 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorsque la consécutivité est perturbée : Comment différencier les disfluences des enfants bègues et des enfants normo-fluents ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dodji Gbedahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’anticipation dans les tâches cognitives consécutives et simultanées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Kosice, Slovaquie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Percer le mystère de l’acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Herença Brasileira, Ambassade du Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humor, bilinguismo e disfluência em crianças francesas e brasileiras (monolíngues e bilíngues)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVe Encontro Nacional sobre a Linguagem da Criança: Reflexos em 10 anos de pesquisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, João Pessoa, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enfance du langage : l’oreille, les yeux, la voix. Quelles immplications pour l’apprentissage des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude sens, sensation et affect dans l’enseignement pour les élèves du 1er degré</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syntaxe, prosodie et marquage dialogique dans l’interaction médiatique : cas de l’interview politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Nowakowska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Voix en Dialogue : Hétérogénéité énonciative et discours en interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrative platform to capture the orchestration of gesture and speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GeSpIn 2019 - Gesture and Speech in Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paderborn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le patrimoine phonétique à Montpellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etudes sur la Parole (JEP) 2018, Atelier PINPEX, Patrimoine Instrumental de la Phonétique EXpérimentale (org. Fabrice Hirsh et Yohan Meynadier)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doubler les consonnes en chant baroque français : un cas de gémination expressive ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Pillot-Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Romeo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppina Turco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIIe Journées d’Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Aix-en-Provence, France. pp.19-27, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/JEP.2018-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01858422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire des alphabets phonétiques du XVIIIe siècle jusqu’à l’API.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Lazar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXII ème Journées d’Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Aix-en-Porvence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle(s) voix pour les livres audio ? Une étude acoustique et perceptive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Impoco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Frontini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque La perception en langues et en discours (3e éd.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Université d’Opole, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une didactique de la phonétique corrective. Démarche verbo-tonale et laboratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Congrès Brésilien des Professeurs de français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Aracaju, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01596565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les corpus francophones : enjeux méthodologiques, outillage et perspectives de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Diwersy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixièmes Rencontres Montpellier-Sherbrooke</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexe, Hormones & Fo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandre Suire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La textométrie face à l’analyse de l’oral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Diwersy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maturafi Lavie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque CORAL Corpus écrits, corpus oraux : pratiques croisées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier de phonétique corrective ou comment améliorer la prononciation des apprenants brésiliens en français avec des techniques ludiques et accessibles à tous.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Congrès Brésilien des Professeurs de Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Aracaju, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la notation musicale à la transcription de la prosodie : Description de la prosodie du français du XVIe au début du XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire LILPA, Université de Strasbourg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How disfluencies inform us about the difficulties encountered by children during language acquisition?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium Fluency, Disfluencies and Stuttering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Bratislava, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riso e humor na linguagem da criança: o acústico e o contexto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII Congresso da Sociedade Internacional para o Estudo do Humor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Araraquara, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multimodal theoretical and methodological approach to language acquisition: the example of negation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Falk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Conference of the International Society of Gestures Studies -- Gestualité — Créativité — Multimodalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aliyah Morgenstern, PRISMES, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02342886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisição e argumentação.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Vieria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI Simpósio de Pesquisa e Intercâmbio Científico da Associação Nacional de Pesquisa e Pos-graduação em Psicologia (ANPEPP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Maceió, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monologue chez l’enfant : du jasis au soliloque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre Monologue et Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disfluences in child speech: a cross-linguistic perspective.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’Etude « Fluence, Disfluences et bégaiements »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humor in children’s language: linguistic, cognitive and social implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cavalcante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Vieria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS’7</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discurso, prosódia e multimodalidade: o humor na criança</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cavalcante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladis Massini Cagliari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III Encontro Nacional sobre a Linguagem da Criança – Saberes em Contraponto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Porto Allegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysphonia is beautiful: A perceptual and acoustic analysis of vocal roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Amy de La Bretèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Phonetic Sciences (ICPhS-18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A emergência da linguagem: da proto-lingua as primeiras formas linguisticas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III Encontro Nacional sobre a Linguagem da Criança – Saberes em Contraponto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Porto Allegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the prosody-gesture interface in the acquisition of « pretérito perfeito simples » tense in Brazilian Portuguese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Márcia Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Pragmatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Anvers, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Papel sintático-enunciativo do pretérito perfeito do indicativo em Português Brasileiro (PB)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Márcia Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III Encontro Nacional sobre a Linguagem da Criança – Saberes em Contraponto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Porto Allegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence de la prosodie et de l'opposition : le développement de la proto-argumentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARGAGE 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodia e primeira sintaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III Encontro Nacional sobre a Linguagem da Criança – Saberes em Contraponto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Porto-Allegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of musical training upon early foreign language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Language Music and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Saint Petersbourg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A interface entre prosódia e gestos na aquisição do humor infantil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cavalcante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IX Congresso Internacional da ABRALIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Belém do Pará, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humor, discourse and culture in children’s language: French and Portuguese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Vieira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Leroy-Collombel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop Conversational humour in French and other languages: a comparative approach</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage précoce et bilinguisme : mythes et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI Ciclo de Conferênicas em Aquisição e Lingua Portuguesa da FCLAr, UNESP, Araraquara, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition du langage et négation : les modifications prosodiques et gestuelles dans le processus d'émergence de la négation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coldoc 12ème edition : Dimensions multimodales des pratiques discursives : une perspective actuelle pour les linguistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humor in children’s language: pragmatic, cognitive and social implications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Pragmatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Anvers, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage précoce et bilinguisme : mythes et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire invité, Lycée Français et Consulat de France, São Paulo, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, São Paulo, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of gesture and prosody in children’s multimodal pathway into negation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From Sound to Gesture conference (S2G)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Padoue, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01088434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage précoce et bilinguisme : mythes et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire invité, UNESP, Araraquara Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle de la pause dans l’acquisition de la première syntaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Pausologie : le Point sur la Pause</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITIC - Université Montpellier 3, Oct 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humor, ironia e entonação nos enunciados de uma criança monolingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projeto Estudo da Aquisição da Linguagem, XVIIe Congresso Internacional da Associação de Linguistica e Filologia da América Latina (ALFAL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, João Pessoa, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A emergência da linguagem: os dados da percepção</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SELIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Araraquara, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O papel da prosódia na primeira sintaxe: um olhar sobre dados de fala de crianças francesas e brasileiras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III Encontro Internacional de Aquisição da Linguagem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, João Pessoa, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rauque 'n' Roll : La raucité, entre symptôme pathologique & expression artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Amy de La Bretèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5° Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00918332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexões metodológicas sobre a análise de dados longitudinais: prosódia e primeira sintaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SELIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, São José de Rio Preto, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’amusement partagé à la production de l’humour chez l’enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’humour dans le bassin méditerranéen: contacts linguistiques et culturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Gafsa, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions méthodologiques sur l'analyse phonétique d'un corpus longitudinal et transversal en acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpora in Linguistics : Journées d'Etude sur le statut et l'utilisation des corpus en linguistique // Workshop On the Status and Use of Corpora in Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Montpellier, France. pp.1-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00779444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Da pré-linguagem às primeiras construções gramaticais: o papel da prosódia na aquisição da linguagem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire, Université UNESP, Araraquara, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Araraquara, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse préliminaire du rire chez des enfants de 18 à 36 mois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des Journées d'Etudes sur la Parole, Université de Grenoble, Grenoble, juin 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Grenoble, France. 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du pré-langage aux premières constructions grammaticales : contribution de la prosodie à l’acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Rencontre Toulousaine entre Sciences du Langage et Orthophonie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrée dans la syntaxe par la prosodie. L’enfant dans la langue : dialogues et variations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de fin de projet CoLaJE. L’enfant dans la langue : Dialogues et Variations. (Communication Langagière chez le Jeune Enfant)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[mdr] Une analyse préliminaire du rire chez des enfants de 18 à 36 mois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etudes sur la Parole - JEP-TALN-RECITAL 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Grenoble, France. pp.537-544</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00715402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du nouveau en phonétique corrective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Clarenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international IDFLE, Innovations Didactiques en FLE, 18-20 octobre 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Athènes, Grèce</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03072403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is children's laughter related to their language development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdisciplinary Workshop on Laughter and other Non-Verbal Vocalisations in Speech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00779408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does prosody of Child-Directed Speech inform preverbal children about adult’s intentions?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Aguert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Early Language Acquisition Conference (ELA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodie et musicalité des langues : réflexions et implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminário de Estudos Linguisticos – II SELIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition de la prosodie au stade pré-linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Etudes, Travaux en Phonétique – Perception et Production en Parole Normale et Pathologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de la prosodie à l’acquisition du langage au sein de l’interaction mère-enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Développement de l’accueil bilingue dans la petite enfance, IUFM de l'Ardèche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Privas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les avantages du bilinguisme précoce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Les avantages du bilinguisme précoce", UNESP, Araraquara (Brésil), 1/09/2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transition du stade pré-linguistique au stade linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université de Toulouse Le Mirail, 12 février 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Acquisition du langage : un domaine interdisciplinaire", Université UNESP, Araraquara (Brésil), 24/08/2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le don des langues ou le privilège de l’âge dans la maîtrise de la prononciation : bilinguisme, apprentissage précoce et apprentissage tardif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Université UNESP Araraquara, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Araraquara, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The emergence of stable prosodic formats in adult-child interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The XIth Congress of the International Association for the Study of Child Language, Edinburgh, 28 juillet-1er aout 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquérir la musique de sa langue maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival Calliopée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emotions, language acquisition and music</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Satellite Event around Speech Prosody 2008. EMUS - Expressivity in Music and Speech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Campinas, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prosodie chez le bébé au stade pré-linguistique : premières formes stables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVII ème Journées d’Étude sur la Parole (JEP'2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de la prosodie à l’acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ILPGA, Université Paris 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fo Alignment patterns in arabic dialects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yeou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Embarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sallal Al Maqtari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Congress of Phonetics Sciences (ICPhS), Saarbrücken, 6-10 août 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Saarbrücken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de la prosodie à la segmentation et à l’émergence de la première syntaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire, Laboratoire Cognition et Développement, Université de Paris V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An acoustic comparison of vowel systems in adult-directed speech and child-directed speech: Evidence from French, English and Japanese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal-Eddin Al-Tamimi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Congress of Phonetic Sciences (ICPhS-16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Saarbrücken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture silencieuse et oralisée des phrases relatives : le rôle de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angèle Brunelière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIème Journées d’Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Dinard, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productions in bilinguism, early foreign language learning and monolinguism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Metta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gerard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERSPEECH 2006 - ICSLP Ninth International Conference on Spoken Language Processing, Pittsburgh, PA, USA, September 17-21, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Pittsburgh, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Différenciation des mots de fonction et des mots de contenu par la prosodie : analyse d’un corpus trilingue de langage adressé à l’enfant et à l’adulte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. F. Dominey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVI ème Journées d’Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Dinard, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences de la formation musicale sur l’apprentissage précoce d’une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Guilleminot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXth International Symposium on Social Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2005, Santiago de Cuba, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les signaux prosodiques dans la catégorisation en mots de contenu et mots de fonction : langage adressé à l’enfant vs langage adressé à l’adulte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Laboratoire Langage et Cognition (LaCo), Université de Poitiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodie et acquisition du langage : point de vue acoustique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire, Association Estigma-Alel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures d’Intelligibilité de segments de parole à l’envers en français : une étude électrophysiologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Hoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVème Journées d’Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, Fes, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Processing for Syntax Acquisition : A simulation study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ford Dominey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Annual Meeting of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences de la formation musicale sur l’apprentissage précoce d’une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Institut de la Communication Parlée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences de la formation musicale sur la restitution des voyelles d’une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Guilleminot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIIth International Symposium on Social Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Santiago de Cuba, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection de la stabilité de timbre des voyelles : vers une automatisation des tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Guilleminot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIVème Journées d’Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prosodie : son acquisition en L1, son apprentissage en L2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVI° Colloque International de Linguistique Fonctionnelle (SILF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Gosier, Guadeloupe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la formation musicale dans l’apprentissage précoce d’une langue étrangère.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RJC 2001, Rencontres Jeunes Chercheurs en Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouvelles technologies multimédias dans l’apprentissage de la prosodie d’une langue étrangère : une révolution dans la pratique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIIth International Symposium on Social Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Santiago de Cuba, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F0 Declination Line: More Evidence from Infants' and Children's Speech (9-48 Months)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Santi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Espesser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Congress of Phonetic Sciences (ICPhS-14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1999, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation des gestes pour pallier un retard de langage verbal chez des enfants porteurs d'une trisomie 21, une étude préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JE-ISGSFrance2 : Approches multimodales des interactions en contextes formels et informels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Paris INSPE, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05077855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Look at me!&amp;quot; The prosody of multimodal interactions in French and LSF family dinners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Danet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrado Bellifemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 15th Round Conference on Theoretical Issues in the Study of Sign Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Addis Abeba, Ethiopia. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gesture use during self- and other-initiated repairs in people with non fluent aphasia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Henrique Do Prado Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrado Bellifemine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th Conference of the International Society for Gesture Studies. Motion to meaning: Innovations in multimodal language research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Nijmegen, Netherlands. , 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05158070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodal focalization processes during French family dinners: a comparison between speaking and signing families</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MMSYM 2023 : 1st International Multimodal Communication Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04366270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation entre productions verbales et gestuelles chez deux enfants porteurs d’une trisomie 21 : une étude préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées de Phonétique Clinique, " Prendre la mesure de la parole"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Toulouse, France. , Relation entre productions verbales et gestuelles chez deux enfants porteurs d’une trisomie 21 : une étude préliminaire, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodal focalization processes during French family dinners: a comparison between speaking and signing families</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Catteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Chicago, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03923360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The BENEPHIDIRE program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Monfrais-Pfauwadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Oxford Dysfluency Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Oxford, United Kingdom. , 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BENEPHIDIRE : un projet de recherche en phonétique, en informatique et en neurologie sur le bégaiement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8è Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mons, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04984212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BENEPHIDIRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mons, Belgique. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODALISA : MultiMODalité lors de l’Acquisition du Langage : Interaction entre le Signal de parole et la gestuAlité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de restitution, Instrumentation aux Limites CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Grammont à l’origine d’un des plus vieux laboratoires de phonétique de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Clarenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIIe Journées d’Etudes de la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Aix en Procence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enfant dans la langue, pas à pas : présentation itinérante d’une exposition franco-brésilienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Congrès Brésilien des Professeurs de Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Aracaju, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Episode de dysfluence dans le langage enfantin : considérations sur son rôle dans le processus d'acquisition de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Nunes de Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ester Scarpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acquisition of lexical stress patterns in French-English bilingual children: Evidence from acoustic analyses of word production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dubrovnik Conference on Cognitive Science – DuCog V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are they relations between the children laugh and the language development ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ELA, Lyon, décembre 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Lyon, France. s.p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The first steps into syntax in French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd ELA (Early Language Acquisition), Lyon, 5-7 décembre 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Lyon, France. s.p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productions in bilinguism, early foreign language learning and monolinguism: A prosodic comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Metta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gérard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Pittsburg, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Processing for Syntax Acquisition: A simulation study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ford Dominey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Annual Meeting of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prosodic Cues for Lexical Categorization: Simulation & Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Ford Dominey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASHA Convention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de l’Apprentissage Implicite dans la Mémorisation des Catégories Phonologiques de la Langue Maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVèmes Confrontations Orthophoniques de Franche-Comté, Mémoire et Apprentissage Implicites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2001, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences de la formation musicale sur la perception et la production d’une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIèmes Rencontres Jeunes Chercheurs, RJC’99</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1999, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement de la prosodie d’une langue étrangère grâce au logiciel Winpitch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocall 99</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'abbé Rousselot, pionnier et fondateur de la phonétique expérimentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Rialland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Pillot-Loiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Colloque anniversaire en hommage à l'abbé Rousselot : de la création au rayonnement de la phonétique expérimentale)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Paris, France. Société Linguistique de Paris, 2025, ISBN-10 ‏ : ‎ 2493520025; ISBN-13 ‏ : ‎ 978-2493520029</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seventh International Workshop on the History of Speech Communication Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliusz Cęcelewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Rialland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiayin Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seventh International Workshop on the History of Speech Communication Research (HSCR 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Paris, France. ISCA, 2025, ISSN: 0940-6832. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/HSCR.2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05425726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes d'engagement et de militantisme écologique en région Occitanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Jackiewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Calas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvel Damien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Wafdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanités environnementales : sciences, arts et citoyennetés face aux changements globaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024-1, NUMEREV, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04782032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternance codique, langage des signes pour bébé et gestes en micro-crèche bilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brahim Azaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloque Jeunes Chercheurs 2019 PRAXILING Représentations et transmission des connaissances à la lumière de l'innovation numérique Actes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Biales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Dalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Delebarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Bernard Toubol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Tourron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Jeunes Chercheurs 2019 PRAXILING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Montpellier (FRANCE), France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03915593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Coarticulation: des Indices à la Représentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Embarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La coarticulation : Indices, Direction et Représentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Montpellier, France. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 258 p., 2011, 978-2-296-55503-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00348773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enfance et langage : voix, corps et discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Open edition. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 70, 2019, Enfance et langage : voix, corps et discours, 2111-5044</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02426768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travaux de didactique du FLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de didactique du français langue étrangère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 67-68, 70 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALFA, Revista de Linguística</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Embarki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alfa Revista de Linguistica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, vol.54 (n°2), 632 p., 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numéro spécial sur l’acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Araraquara, Brazil. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista ALFA, UNESP, Brésil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1981-5794</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire de la description de la parole : de l'introspection à l'instrumentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9782745355959</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel de pausologie : Recueil de recherches sur les pauses présentes dans la parole et le discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03104415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel de pausologie : recueil de recherches sur les pauses présentes dans la parole et le discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03119600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’organisation spatiale et temporelle de la pause en parole et en discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02282353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus d’enseignement-apprentissage et processus d’acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PULM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Travaux de Didactique du Français Langue Etrangère (67-68), 2012, Processus d’enseignement-apprentissage et processus d’acquisition, Bruno Maurer</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition et didactique des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de la Méditerannée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Acquisition et Didactique des langues (65-66), 2011, Bruno Maurer</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Coarticulation : des indices Direction aux Représentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Embarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guilleminot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Yeou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EMBARKI M., DODANE C., GUILLEMINOT C., YEOU M. L'Harmattan, Paris, à paraître en 2010, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La multimodalité au service de l’intercompréhension lors d’interactions exolingues en crèche bilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brahim Azaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUG. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La petite enfance au prisme du divers. Plurilinguisme et multimodalité de la crèche à l’école maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.123-142, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyses outillées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Diwersy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domitille Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Luxardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Domitille Caillat; Bertrand Verine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manuel d'analyse du discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck Supérieur, pp.135-161, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Sound Discrimination to Sound Identification: The Importance of Child-Directed Speech and Interactional Cues During Language Acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From Discriminating to Discrimination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.1-12, 2022, </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-13544-6_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire de la description de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pagani-Naudet Cendrine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Christelle Dodane et Claudia Schweitzer (éds.), Histoire de la description de la parole : de l'introspection et l'instrumentation, Paris: Honoré Champion, pages 55-90.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du son au phonème : histoire des alphabets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Christelle Dodane &amp; Claudia Schweitzer, Histoire de la description de la parole : de l'introspection à l'instrumentation. Paris: Champion, pages 189-218.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire de la description de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Pagani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Christelle Dodane et Claudia Schweitzer (éds.), Histoire de la description de la parole : de l'introspection et l'instrumentation, Paris: Honoré Champion, pages 55-90.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Honoré Champion, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03525195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la notation de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pagani-Naudet Cendrine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Christelle Dodane &amp; Claudia Schweitzer, Histoire de la description de la parole : de l'introspection à l'instrumentation. Paris: Champion, pages 91-132.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les spécificités du catalan des locuteurs gitans et non gitans, le rôle primordial de la prosodie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Auger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfants gitans à l’école et en famille : D’une analyse des dynamiques langagières en famille aux pratiques de classe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, pp.49-68, 2021, Éducation et savoirs en société, 979-10-362-0318-3. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.enseditions.24695⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03282229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la notation de la prosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cendrine Pagani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Christelle Dodane &amp; Claudia Schweitzer, Histoire de la description de la parole : de l'introspection à l'instrumentation. Paris: Champion, pages 91-132.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03525206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émergence des premiers mots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Yamaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aliyah Morgenstern; Christophe Parisse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Langage de l’Enfant. De l’Éclosion à l’Explosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.41-58, 2017, (Sciences du langage), 978-2-87854-915-7. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psn.10605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discurso, prosódia e multimodalidade na produção humorística de uma criança monolíngue brasileira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cavalcante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladis Massini Cagliari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UFRGS. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A criança na/com a linguagem: saberes em contraponto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.47-65, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-language influences in the productions of French-English bilingual children: Separation or interaction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Yavas, M. Kehoe et W. Cardoso. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romance-Germanic Bilingual Phonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01866987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-languages influences in the productions of bilingual children: Separation or interaction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mehmet Yavas, Margaret Kehoe &amp; Walcir Cardoso. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romance-Germanic bilingual phonology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Romance-Germanic bilingual phonology </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equinox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.38-55, 2017, Studies in Phonetics and Phonology, 9781781792827</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combiner ses premiers mots : l’entrée dans la syntaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aliyah Morgenstern; Christophe Parisse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Langage de l’Enfant. De l’Eclosion à l’Explosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.56-84, 2017, (Sciences du langage), 978-2-87854-915-7. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psn.10618⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-language influences in the productions of French-English bilingual children: Separation or interaction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranka Bijeljac-Babic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romance-Germanic Bilingual Phonology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01867006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflexões metodológicas sobre a análise de dados longitudinais: Prosódia e primeira sintaxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pesquisas em Linguística no século XXI: perspectivas e desafios teóricos-metodológicos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’amusement partagé à la production de l’humour chez l’enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mokhtar Farhat &amp; Francis Lacoste. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'humour dans le bassin méditerranée: contacts linguistiques et culturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouha Editions, 2015, 9789938129779 9938129773</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01350613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riso e prosodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explorando o discurso da criança</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editora Contexto, pp.55-84, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01065874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversao partilhada, Humor e ironia : um estudo sobre a produção de enunciados por uma criança brasileira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliyah Morgenstern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Quimello</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alessandra Del Re, Luciano de paulo &amp; Marina Célia Mendonça. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explorando o discorso da criança</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contexto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.55-84, 2014, 978-85-7244-857-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01350601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riso e discurso: do acustico ao contextual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra del Ré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explorando o discurso da criança</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transcription musicale de la prosodie au tournant des XIX-XXe siècles : une proposition originale: Wilhem Wundt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BOE, L.J.; VILAIN, E.C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un siècle de phonétique expérimentale. Fondations et éléments de développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, pp.259-276, 2011, 2-84788-210-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilhelm Wundt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boë Louis-Jean; Vilain Coriandre Emmanuel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un siècle de phonétique expérimentale : fondation et éléments de développement (Hommage à Théodore Rosset et John Ohala)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS éditions, pp.259-276, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03056233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wie Schade! Ou l’enseignement de la prosodie d’une L2 par des méthodes non conventionnelles.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Lise Dautry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Signes dans Tous leurs Etats. Hommages à Yves Gilly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Franche-Comté, pp.269-291, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des technologies multimédias dans la correction prosodique de l’adulte (L2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Konopczynski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Küpers et Souchon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sprachwissenschaft auf dem Weg in das Dritte Jahrtausend</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.37-48, 2002, Appropriation des Langues au Centre de la Recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage précoce de langue étrangère : interférences de traitement entre langue et musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Reinhardt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sprachwissenschaft auf dem Weg in das Dritte Jahrtausend. Akten des 34. Linguistischen Kolloquiums in Gemersheim, 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.273-282, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apprentissage précoce d’une langue étrangère : une solution pour la maîtrise de l’intonation et de la prononciation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elisabeth Guimbretière. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprendre, enseigner, acquérir : la prosodie au cœur du débat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DYALANG, </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.229-248, 2000, Apprendre, enseigner, acquérir : la prosodie au cœur du débat, 2-87775-282-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage précoce d’une langue étrangère : interférences système prosodique L1 et L2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Santi, Guaïtella, Cavé et Konopczynski. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oralité et Gestualité, Communication Multimodale et Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l’Harmattan, pp.629-633, 1998, Oralité et Gestualité, Communication Multimodale et Interaction</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STACCATO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B R Ésumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Ésumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Émoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Ésumé Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Njeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut Jean le Rond d'Alembert. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05528445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La langue en harmonie Influences de la formation musicale sur l'apprentissage précoce d'une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université de Franche-Comté (Besançon), 2003. Français. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02573458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au commencement était la prosodie : du langage en émergence à l’histoire de la description de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université de Toulouse Jean Jaurès, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03173746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId398"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="45D9E42C"/>
+    <w:nsid w:val="3E8EF35C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christelle-dodane" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3733-1263" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/073645591" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/187296856" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000035821862X" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afcp-parole.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isgsfrance.hypotheses.org/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04761779v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Carvalho Bezerra Cavalcante" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra del R&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dodane" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25189/rabralin.v23i2.2276" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778853v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Martel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blondel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Catteau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Bellifemine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218977v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.230.0121" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187261v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Nowakowska" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Dodane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bres" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Davis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15845/bells.v13i1.3743" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820219v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Siouffi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tl.083.0067" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834915v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Crible" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Didirkov&#225;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loulou Kosmala" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2022.2126330" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03713882v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.7403" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03118167v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliyah Morgenstern" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Jacqueline Vieira" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7592/EJHR2020.8.4.Del-re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931148v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Schweitzer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207809003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426773v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426766v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426808v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Nunes de Vasconcelos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester Scarpa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1981-5794-1909-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426710v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Del R&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5935/2079-312X.20190026" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426759v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426713v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Nunes De Vasconcelos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5935/2079-312X.20190022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426804v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02282356v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426792v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426829v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426810v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14393/DL35-v12n3a2018-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313711v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.4820" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821693v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Barkat-Defradas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04279482v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502612v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20162709001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821456v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426971v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821702v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Konopczynski" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964031v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Auger" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauvage J." TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dodane Ch." TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918296v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Sauvage" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426976v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142983v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820364v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269511000561" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067060v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladis Massini-Cagliari" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303398v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladis Massini Cagliari" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820370v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S001375450900305X" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062017v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068269v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427031v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820360v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Ford Dominey" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0911-6044(03)00056-3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZJFRLPT-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820355v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Floccia" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Kolinsky" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Morais" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01690960244000009" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377371v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beaupoil-Hourdel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322521v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Henrique Do Prado Rocha" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154345v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286995v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guitard-Ivent" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laudy Arida" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623058v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cwiosna Roques" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guitart-Ivent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839132v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sahraoui" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04986668v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04660237v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335537v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005969v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Joseph" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314705v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639811v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catteau Fanny" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808891v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Ast&#233;sano" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-72" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03723483v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Diwersy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch," TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Luxardo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03875218v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Caillat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Marin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Ouni" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314757v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791797v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087478v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Wafdi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Jackiewicz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Calas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Nouvel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427797v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375011v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boutet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427078v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bellier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Didirkova" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dodji Gbedahou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427824v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427070v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427919v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Laborde Didirkova" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427062v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427823v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427093v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427796v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427067v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02278345v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427081v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820421v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Lazar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167735v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Impoco" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Jacquot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Frontini" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858422v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pillot-Loiseau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Romeo" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Turco" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2018-3" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427124v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandre Suire" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Durand" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427203v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596565v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427100v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maturafi Lavie" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474794v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427826v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427202v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427800v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427211v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Vieria" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427798v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342886v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beaupoil" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Falk" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427212v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427207v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cavalcante" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427746v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427744v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427219v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427737v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcia Romero" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427747v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820458v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fauth" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Amy de La Bret&#232;que" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427739v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427801v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427751v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427735v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Vieira" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leroy-Collombel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427829v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranka Bijeljac-Babic" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427216v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427738v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427839v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427756v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427753v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088434v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427840v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427809v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427811v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427759v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779444v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918332v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Amy de La Bret&#232;que" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427812v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427844v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00715402v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072403v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Clarenc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920705v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427814v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427842v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779408v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427760v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aguert" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427817v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427819v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427818v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920704v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075796v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075795v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427847v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910583v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427821v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427763v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820410v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427831v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820445v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yeou" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Embarki" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sallal Al Maqtari" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427832v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820448v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal-Eddin Al-Tamimi" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820395v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Bruneli&#232;re" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117652v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Metta" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gerard" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820402v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Blanc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. F. Dominey" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426998v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Guilleminot" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427833v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427835v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820390v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hoen" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maurin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Meunier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820429v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427836v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427004v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820380v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820433v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820424v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427007v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820374v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Santi" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Espesser" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077855v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Brun" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916199v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Besnard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Danet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158070v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04366270v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157624v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923360v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167743v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Monfrais-Pfauwadel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Herbet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167755v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolph Sock" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984212v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427768v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062862v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427770v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427773v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427775v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076491v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076492v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427778v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire G&#233;rard" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427779v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427781v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427765v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427788v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427787v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429262v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Rialland" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425726v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliusz C&#281;celewski" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fougeron" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiayin Gao" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/HSCR.2025" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782032v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouvel Damien" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834903v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Azaoui" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915593v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Biales" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Dalle" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Delebarre" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Bernard Toubol" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Tourron" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348773v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426768v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938260v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054706v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821813v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289365v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/champion/12395-book-08535595-9782745355959.html" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03104415v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03119600v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02282353v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821766v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://revue-tdfle.fr/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821799v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491594v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Embarki" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guilleminot" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yeou" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dodane" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934051v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895975v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834917v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13544-6_1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289367v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pagani-Naudet Cendrine" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289370v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525206v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Pagani" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dodane," TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03282229v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.24695" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289369v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525195v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821723v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Yamaguchi" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psn.10605" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427019v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01866987v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821735v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equinoxpub.com" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821725v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psn.10618" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01867006v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821667v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01350613v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01065874v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01350601v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Quimello" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editoracontexto.com.br" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821657v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821748v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056233v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427020v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Lise Dautry" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427022v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427026v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821716v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://purh.univ-rouen.fr/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427027v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528445v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B R &#201;sum&#233;" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R &#201;sum&#233;" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M &#201;moire" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R &#201;sum&#233; Du" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Njeux" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02573458v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03173746v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christelle-dodane" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3733-1263" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/073645591" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/187296856" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000035821862X" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afcp-parole.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isgsfrance.hypotheses.org/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-04761779v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Carvalho Bezerra Cavalcante" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra del R&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dodane" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25189/rabralin.v23i2.2276" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778853v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Martel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blondel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Catteau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Bellifemine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218977v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.230.0121" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187261v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Nowakowska" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Dodane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bres" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Davis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15845/bells.v13i1.3743" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820219v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Siouffi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tl.083.0067" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834915v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Crible" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Didirkov&#225;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loulou Kosmala" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2022.2126330" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03713882v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.7403" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03118167v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliyah Morgenstern" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Jacqueline Vieira" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7592/EJHR2020.8.4.Del-re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931148v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Schweitzer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207809003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426759v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Nunes de Vasconcelos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426710v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Del R&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5935/2079-312X.20190026" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426808v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester Scarpa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1981-5794-1909-5" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426766v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426773v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426713v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Nunes De Vasconcelos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5935/2079-312X.20190022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426804v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02282356v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426792v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426810v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14393/DL35-v12n3a2018-6" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426829v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313711v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.4820" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821693v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Barkat-Defradas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04279482v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502612v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20162709001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426971v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821456v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821702v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Konopczynski" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918296v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Sauvage" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964031v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Auger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauvage J." TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dodane Ch." TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426976v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142983v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820364v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269511000561" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067060v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladis Massini-Cagliari" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303398v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladis Massini Cagliari" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820370v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S001375450900305X" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062017v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068269v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427031v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820360v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Ford Dominey" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0911-6044(03)00056-3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZJFRLPT-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820355v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Floccia" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Kolinsky" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Morais" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01690960244000009" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377371v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beaupoil-Hourdel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322521v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Henrique Do Prado Rocha" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154345v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286995v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guitard-Ivent" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laudy Arida" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04986668v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cwiosna Roques" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guitart-Ivent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623058v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839132v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sahraoui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04660237v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639811v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catteau Fanny" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314705v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005969v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Joseph" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335537v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808891v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Ast&#233;sano" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-72" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03723483v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Diwersy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch," TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Luxardo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314757v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03875218v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Caillat" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Marin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Ouni" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791797v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087478v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Wafdi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Jackiewicz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Calas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Nouvel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427797v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427919v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Laborde Didirkova" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427062v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Didirkova" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427823v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427070v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bellier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375011v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boutet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427078v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dodji Gbedahou" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427824v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427093v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427796v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427067v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02278345v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427081v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858422v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pillot-Loiseau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Romeo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Turco" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2018-3" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820421v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Lazar" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167735v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Impoco" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Jacquot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Frontini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596565v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427203v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427124v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandre Suire" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Durand" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427100v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maturafi Lavie" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474794v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427826v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427202v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427800v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342886v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beaupoil" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Falk" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427211v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Vieria" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427798v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427212v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427207v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cavalcante" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427746v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820458v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fauth" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Amy de La Bret&#232;que" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427739v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427737v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcia Romero" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427747v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427219v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427744v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427751v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427801v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427735v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Vieira" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leroy-Collombel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427829v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranka Bijeljac-Babic" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427216v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427738v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427840v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088434v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427839v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427756v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roux" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427753v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427809v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427811v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918332v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Amy de La Bret&#232;que" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427812v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427759v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779444v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427844v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920705v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427814v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427842v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00715402v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072403v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Clarenc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00779408v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427760v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aguert" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427818v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427819v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427817v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075796v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920704v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075795v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427847v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910583v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427821v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427763v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820410v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427831v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820445v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yeou" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Embarki" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sallal Al Maqtari" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427832v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820448v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal-Eddin Al-Tamimi" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820395v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Bruneli&#232;re" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117652v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Metta" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gerard" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820402v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Blanc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. F. Dominey" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426998v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Guilleminot" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427833v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427835v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820390v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hoen" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maurin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Meunier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820429v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427836v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427004v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820380v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820433v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820424v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427007v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820374v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Santi" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Espesser" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077855v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Brun" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916199v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Besnard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Danet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158070v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04366270v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157624v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923360v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167743v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Monfrais-Pfauwadel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Herbet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984212v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolph Sock" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167755v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427768v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062862v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427770v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427773v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427775v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076491v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076492v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427778v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire G&#233;rard" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427781v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427779v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427765v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427788v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427787v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429262v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Rialland" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425726v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliusz C&#281;celewski" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fougeron" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiayin Gao" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/HSCR.2025" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782032v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouvel Damien" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834903v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Azaoui" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915593v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Biales" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Dalle" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Delebarre" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Bernard Toubol" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Tourron" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348773v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426768v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938260v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054706v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821813v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289365v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/champion/12395-book-08535595-9782745355959.html" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03104415v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03119600v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02282353v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821766v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://revue-tdfle.fr/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821799v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491594v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Embarki" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guilleminot" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yeou" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dodane" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934051v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895975v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834917v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13544-6_1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289367v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pagani-Naudet Cendrine" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289370v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525195v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Pagani" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289369v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03282229v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.24695" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525206v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dodane," TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821723v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Yamaguchi" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psn.10605" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427019v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01866987v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821735v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equinoxpub.com" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821725v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psn.10618" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01867006v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821667v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01350613v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01065874v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01350601v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Quimello" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editoracontexto.com.br" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821657v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821748v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056233v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427020v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Lise Dautry" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427022v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427026v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821716v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://purh.univ-rouen.fr/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427027v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528445v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B R &#201;sum&#233;" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R &#201;sum&#233;" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M &#201;moire" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R &#201;sum&#233; Du" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Njeux" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02573458v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03173746v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>