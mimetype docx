--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -496,1096 +496,1096 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04095363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesocosm evaluation of the competittive ability of common and segetal weed species against barley</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proxi-detection to monitor the growth status of wheat in the presence of weeds using low-cost and simple digital tools to track the emergence of stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dujourdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veron Zarate</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+                <w:t xml:space="preserve">Victor Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Denimal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista de Investigaciones de Ciensias Agronomicas</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (2115-2134), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11119-022-09963-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04115266v1</w:t>
+                <w:t xml:space="preserve">hal-03821889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pixelwise instance segmentation of leaves in dense foliage</w:t>
+                <w:t xml:space="preserve">Tracking Ideal Varieties and Cropping Techniques for Agroecological Weed Management: A Simulation-Based Study on Pea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jehan-Antoine Vayssade</w:t>
+                <w:t xml:space="preserve">Nathalie Colbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gawain Jones</w:t>
+                <w:t xml:space="preserve">Emeline Felten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anthony Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Lannuzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compag.2022.106797⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2022.809056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03641427v1</w:t>
+                <w:t xml:space="preserve">hal-03641550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proxi-detection to monitor the growth status of wheat in the presence of weeds using low-cost and simple digital tools to track the emergence of stress</w:t>
+                <w:t xml:space="preserve">Potential of visible (RGB) imagery for dynamic monitoring of nitrogen requirements in winter wheat using the innovative APPI-N method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Victor Mignon</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Yparraguire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Denimal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Voisin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precision Agriculture</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revista de Investigaciones de Ciensias Agronomicas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 40 (Suplemento Seminario científico franco-argentino sobre agroecología 22-23 novembre, Rosario, Argentine), pp.66-68</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03821889v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04107243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking Ideal Varieties and Cropping Techniques for Agroecological Weed Management: A Simulation-Based Study on Pea</w:t>
+                <w:t xml:space="preserve">Pixelwise instance segmentation of leaves in dense foliage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Colbach</w:t>
+                <w:t xml:space="preserve">Jehan-Antoine Vayssade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Felten</w:t>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Klein</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2022.809056⟩</w:t>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 195, pp.106797. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2022.106797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03641550v1</w:t>
+                <w:t xml:space="preserve">hal-03641427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of visible (RGB) imagery for dynamic monitoring of nitrogen requirements in winter wheat using the innovative APPI-N method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesocosm evaluation of the competittive ability of common and segetal weed species against barley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veron Zarate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Denimal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Voisin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista de Investigaciones de Ciensias Agronomicas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 40 (Suplemento Seminario científico franco-argentino sobre agroecología 22-23 novembre, Rosario, Argentine), pp.66-68</w:t>
+              <w:t xml:space="preserve">, 2022, 40 (Suplemento Seminario científico franco-argentino sobre agroecología 22-23 novembre, Rosario, Argentine), pp.81-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04107243v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04115266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PARADe: a low-cost open-source device for photosynthetically active radiation (PAR) measurements</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Arthur Jansen</w:t>
+                <w:t xml:space="preserve">DeepIndices: Remote Sensing Indices Based on Approximation of Functions through Deep-Learning, Application to Uncalibrated Vegetation Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jehan-Antoine Vayssade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Agricultural Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atech.2021.100018⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (2261), pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs13122261⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03430473v1</w:t>
+                <w:t xml:space="preserve">hal-03263161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PARADe (PAR Acquisition Device) Conception et réalisation d'un dispositif portatif de capteur de rayonnement PAR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Coffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bonnefoy-Claudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Chassaigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Jansen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 107, pp.1-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04626738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DeepIndices: Remote Sensing Indices Based on Approximation of Functions through Deep-Learning, Application to Uncalibrated Vegetation Images</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation of weed impact on wheat biomass by combining visible imagery with a plant growth model: towards new non-destructive indicators for weed competition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gawain Jones</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Denimal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselyn Merienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Larmure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs13122261⟩</w:t>
+              <w:t xml:space="preserve">Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22, pp.550-568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11119-020-09776-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03263161v1</w:t>
+                <w:t xml:space="preserve">hal-03103918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of weed impact on wheat biomass by combining visible imagery with a plant growth model: towards new non-destructive indicators for weed competition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PARADe: a low-cost open-source device for photosynthetically active radiation (PAR) measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Coffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bonnefoy-Claudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Chassaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Jansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Annabelle Larmure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precision Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22, pp.550-568. </w:t>
+              <w:t xml:space="preserve">Smart Agricultural Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1, pp.100018. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11119-020-09776-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.atech.2021.100018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103918v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03430473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RGB Image-Derived Indicators for Spatial Assessment of the Impact of Broadleaf Weeds on Wheat Biomass</w:t>
               </w:r>
@@ -1675,77 +1675,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsupervised Classification Algorithm for Early Weed Detection in Row-Crops by Combining Spatial and Spectral Information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Louargant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Faroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1790,364 +1790,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01802760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weed detection by UAV: simulation of the impact of spectral mixing in multispectral images</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De l’imagerie pour caractériser la vigne. Quelles perspectives pour la profession ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Villette</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gawain Jones</w:t>
+                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Vigneau</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Monget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Debuisson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precision Agriculture</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Vigneron Champenois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, janvier 2017, pp.21-29</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01744077v1</w:t>
+                <w:t xml:space="preserve">hal-01605446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’imagerie pour caractériser la vigne. Quelles perspectives pour la profession ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Weed detection by UAV: simulation of the impact of spectral mixing in multispectral images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Louargant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Sylvain Villette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vigneron Champenois</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (6), pp.932 - 951. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11119-017-9528-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605446v1</w:t>
+                <w:t xml:space="preserve">hal-01744077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« On-the-go » multispectral imaging system to characterize the development of vineyard foliage with quantitative and qualitative vegetation indices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Debuisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Precision Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 18 (3), pp.293 - 308. </w:t>
@@ -2267,90 +2267,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field radiometric calibration of a multispectral on-the-go sensor dedicated to the characterization of vineyard foliage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2449,51 +2449,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Busvelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, N° Spécial: GPS&amp;SIG, N° Spécial: GPS&amp;SIG, pp.100-104</w:t>
@@ -2522,51 +2522,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of two-dimensional fertiliser mass flow distributions by recording granule impacts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2574,51 +2574,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Miclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biosystems Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 115 (4), pp.463 - 473. </w:t>
@@ -2668,51 +2668,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How mass flow and rotational speed affect fertiliser centrifugal spreading: Potential interpretation in terms of the amount of fertiliser per vane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2720,51 +2720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Miclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biosystems Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 111 (1), pp.133 - 138. </w:t>
@@ -2814,51 +2814,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of an equivalent friction coefficient to characterise the behaviour of fertilisers in the context of centrifugal spreading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2960,77 +2960,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of a crop field modeling to simulate agronomic images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3071,884 +3071,884 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01734982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systèmes de vision numérique appliqués à la gestion d’intrants en agriculture : vers le contrôle de la pulvérisation et de l’épandage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Villette</w:t>
+                <w:t xml:space="preserve">Système de vision numérique appliqués à la gestion des intrants en agriculture : vers le contrôle de la pulvérisation et de l'épandage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vilette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gawain Jones</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Bossu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UB-Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009</w:t>
+              <w:t xml:space="preserve">uB Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4, pp.119-127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01840843v1</w:t>
+                <w:t xml:space="preserve">hal-02592771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wavelet transform to discriminate between crop and weed in perspective agronomic images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Bossu</w:t>
+                <w:t xml:space="preserve">Modelling agronomic images for weed detection and comparison of crop/weed discrimination algorithm performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compag.2008.08.004⟩</w:t>
+              <w:t xml:space="preserve">Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10 (1), pp.1 - 15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11119-008-9086-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01826412v1</w:t>
+                <w:t xml:space="preserve">hal-01826398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling agronomic images for weed detection and comparison of crop/weed discrimination algorithm performance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Assessment of an inter-row weed infestation rate on simulated agronomic images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precision Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11119-008-9086-9⟩</w:t>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 67 (1-2), pp.43 - 50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2009.02.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01826398v1</w:t>
+                <w:t xml:space="preserve">hal-01826386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of an inter-row weed infestation rate on simulated agronomic images</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Wavelet transform to discriminate between crop and weed in perspective agronomic images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bossu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 67 (1-2), pp.43 - 50. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compag.2009.02.009⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 65 (1), pp.133 - 143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2008.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01826386v1</w:t>
+                <w:t xml:space="preserve">hal-01826412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Système de vision numérique appliqués à la gestion des intrants en agriculture : vers le contrôle de la pulvérisation et de l'épandage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Vilette</w:t>
+                <w:t xml:space="preserve">Systèmes de vision numérique appliqués à la gestion d’intrants en agriculture : vers le contrôle de la pulvérisation et de l’épandage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">G. Jones</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bossu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">uB Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 4, pp.119-127</w:t>
+              <w:t xml:space="preserve">UB-Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02592771v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crop/weed discrimination in perspective agronomic images</w:t>
+                <w:t xml:space="preserve">Detecting crops and weeds in precision agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bossu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 60 (1), pp.49 - 59. </w:t>
+              <w:t xml:space="preserve">SPIE Newsroom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compag.2007.06.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/2.1200809.1226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01826423v1</w:t>
+                <w:t xml:space="preserve">hal-01827740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting crops and weeds in precision agriculture</w:t>
+                <w:t xml:space="preserve">Crop/weed discrimination in perspective agronomic images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bossu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Newsroom</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 60 (1), pp.49 - 59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2007.06.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/2.1200809.1226⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01827740v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01826423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feasibility study for a catadioptric bi-spectral imaging system</w:t>
               </w:r>
@@ -3973,51 +3973,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Berret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bossu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4068,51 +4068,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a machine vision system for a real time precision sprayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bossu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4537,302 +4537,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01826444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Site effects on the electronic relaxation of aromatic molecules in van der Waals solids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Infrared spectroscopy of aniline (C6H5NH2) and its cation in a cryogenic argon matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Crépin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">L. Divay</w:t>
+                <w:t xml:space="preserve">Stephane Douin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Tramer</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ph Bréchignac</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Luminescence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 94-95, pp.457-460. </w:t>
+              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 338 (2-3), pp.130 - 136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0022-2313(01)00335-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0009-2614(01)00235-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00136794v1</w:t>
+                <w:t xml:space="preserve">hal-01826456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infrared spectroscopy of aniline (C6H5NH2) and its cation in a cryogenic argon matrix</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Site effects on the electronic relaxation of aromatic molecules in van der Waals solids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Crépin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claudine Crépin</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cuisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Divay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ph Bréchignac</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Tramer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 338 (2-3), pp.130 - 136. </w:t>
+              <w:t xml:space="preserve">Journal of Luminescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 94-95, pp.457-460. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0009-2614(01)00235-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0022-2313(01)00335-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01826456v1</w:t>
+                <w:t xml:space="preserve">hal-00136794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photoionization mass spectrometry of six isomers of C7H8 in the 7–22 eV photon energy range</w:t>
               </w:r>
@@ -6279,338 +6279,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05242519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">YoloV5 et imagerie visible pour l'évaluation des besoins azotés dans les cultures associées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathias Duboux</w:t>
+                <w:t xml:space="preserve">Suivi du statut azoté d'une céréale en cultures associées par segmentation sémantique d'images visibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao, Zexing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Denimal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zexing Yao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée thématique GDR IASIS "Capteurs, données et Intelligence artificielle pour l’agriculture"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, adel hafiane, christelle gee, raphael canals, Jun 2024, CNRS Ile-de-France Villejuif. 7, rue Guy Môquet 94800 Villejuif,, France</w:t>
+              <w:t xml:space="preserve">Journée des Doctorants UMR Agroécologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04966447v1</w:t>
+                <w:t xml:space="preserve">hal-04960961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi du statut azoté d'une céréale en cultures associées par segmentation sémantique d'images visibles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yao, Zexing</w:t>
+                <w:t xml:space="preserve">Segmentation sémantique d'images visibles en cultures associées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zexing Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Duboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Denimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Doctorants UMR Agroécologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Dijon, France</w:t>
+              <w:t xml:space="preserve">Journée thématique GDR IASIS "Capteurs, données et Intelligence artificielle pour l’agriculture"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, adel hafiane, christelle gee, raphael canals, Jun 2024, CNRS Ile-de-France Villejuif. 7, rue Guy Môquet 94800 Villejuif, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04960961v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04966452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation sémantique d'images visibles en cultures associées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">YoloV5 et imagerie visible pour l'évaluation des besoins azotés dans les cultures associées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Duboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Denimal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zexing Yao</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Denimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée thématique GDR IASIS "Capteurs, données et Intelligence artificielle pour l’agriculture"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, adel hafiane, christelle gee, raphael canals, Jun 2024, CNRS Ile-de-France Villejuif. 7, rue Guy Môquet 94800 Villejuif, France</w:t>
+              <w:t xml:space="preserve">, adel hafiane, christelle gee, raphael canals, Jun 2024, CNRS Ile-de-France Villejuif. 7, rue Guy Môquet 94800 Villejuif,, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04966452v1</w:t>
+                <w:t xml:space="preserve">hal-04966447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">87. Evaluation of the competition between barley and different weed species in a controlled environment in relation to selective weed control</w:t>
               </w:r>
@@ -6648,51 +6648,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Matejicek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Denimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Chauvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th European Conference on Precision Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Bologne, Italy. pp.693 - 700, </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6925,64 +6925,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Competitive effect of segetal plants and common weeds upon barley (Hordeum vulgare L.) cultivated in mixture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veron Zarate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Matejicek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7033,103 +7033,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracking ideal varieties and cropping techniques for agroecological weed management: a simulation-based study on pea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Colbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Felten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lannuzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVII. Congress of the European Society for Agronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Potsdam, France</w:t>
@@ -7158,90 +7158,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DeepIndices : Une nouvelle approche des indices de télédétection basée sur l'optimisation et l'approximation de fonctions par DeepLearning. Application aux indices de végétation sur des données non calibrées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jehan-Antoine Vayssade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference: RJCIA : Rencontres des Jeunes Chercheur·ses en Intelligence Artificielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7266,77 +7266,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-step multi-spectral registration via key-point detector and gradient similarity. Application to agronomic scenes for proxy-sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jehan-Antoine Vayssade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7377,2535 +7377,2535 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02499730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robotique et imagerie pour le désherbage localisé</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La combinaison de l’imagerie haute résolution et de la prise de décision pour la gestion des adventices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Franck Mennetrier,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Agrowebinaires du mardi</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Virtuel, France</w:t>
+              <w:t xml:space="preserve">Les rencontres Plant2Pro - le numérique pour le végétales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03331237v1</w:t>
+                <w:t xml:space="preserve">hal-03337095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La combinaison de l’imagerie haute résolution et de la prise de décision pour la gestion des adventices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robotique et imagerie pour le désherbage localisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Haffner,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Mennetrier,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les rencontres Plant2Pro - le numérique pour le végétales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Dijon, France</w:t>
+              <w:t xml:space="preserve">Les Agrowebinaires du mardi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03337095v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03331237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection non supervisée des adventices par drone : résultats et limites</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thibault Maillot</w:t>
+                <w:t xml:space="preserve">Développement opérationnel en grandes cultures semées en ligne d’une rampe de pulvérisation grande largeur localisée sur le rang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Vuillemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jl. Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hawndi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mangenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire final du projet de recherche ANR CoSAC-Gestion des adventices dans un contexte de changement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Paris, France. pp.article issu d'une communication orale</w:t>
+              <w:t xml:space="preserve">24e Conférence du COLUMA : Journées internationales sur la lutte contre les mauvaises herbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Orléans, France. pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02738238v1</w:t>
+                <w:t xml:space="preserve">hal-02430336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement opérationnel en grandes cultures semées en ligne d’une rampe de pulvérisation grande largeur localisée sur le rang</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimation de l’indice foliaire et de la biomasse du blé et des adventices par imagerie visible et machine learning : vers un nouvel indicateur non destructif de la compétition culture-adventices ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Denimal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Larmure</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24e Conférence du COLUMA : Journées internationales sur la lutte contre les mauvaises herbes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Orléans, France. pp.10</w:t>
+              <w:t xml:space="preserve">24. conference du COLUMA - journées internationales sur la lutte contre les mauvaises herbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Orléans, France. 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02430336v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation de l’indice foliaire et de la biomasse du blé et des adventices par imagerie visible et machine learning : vers un nouvel indicateur non destructif de la compétition culture-adventices ?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Détection non supervisée des adventices par drone : résultats et limites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Louargant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Villette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. conference du COLUMA - journées internationales sur la lutte contre les mauvaises herbes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Orléans, France. 11 p</w:t>
+              <w:t xml:space="preserve">Séminaire final du projet de recherche ANR CoSAC-Gestion des adventices dans un contexte de changement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Paris, France. pp.article issu d'une communication orale</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736429v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des mécanismes impliqués dans la détection automatisée des adventices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact sur le long terme d'une pulvérisation localisée sur la flore adventice. Une étude de Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Villette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de Restitution à mi-parcours du Projet de Recherches ANR CoSAC</w:t>
+              <w:t xml:space="preserve">Séminaire de Restitution à mi-parcours du Projet de Recherche ANR CoSAC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Jan 2017, Paris, France. 85 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607055v1</w:t>
+                <w:t xml:space="preserve">hal-01607952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact sur le long terme d'une pulvérisation localisée sur la flore adventice. Une étude de Simulation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Intra-row weed detection in wheat at early growing stage using imaging system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de Restitution à mi-parcours du Projet de Recherche ANR CoSAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Jan 2017, Paris, France. 85 p</w:t>
+              <w:t xml:space="preserve">11. European Conference on Precision Agriculture (ECPA2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Conference on Precision Agriculture (ECPA). INT., Jul 2017, Édimbourg, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607952v1</w:t>
+                <w:t xml:space="preserve">hal-01606818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intra-row weed detection in wheat at early growing stage using imaging system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Aerial multispectral imagery for site specific weed management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Louargant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Chéron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. European Conference on Precision Agriculture (ECPA2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Conference on Precision Agriculture (ECPA). INT., Jul 2017, Édimbourg, United Kingdom</w:t>
+              <w:t xml:space="preserve">1. AXEMA-EurAgEng Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AXEMA., Feb 2017, Villepinte, France. pp.30-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606818v1</w:t>
+                <w:t xml:space="preserve">hal-01606796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerial multispectral imagery for site specific weed management</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse des mécanismes impliqués dans la détection automatisée des adventices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. AXEMA-EurAgEng Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AXEMA., Feb 2017, Villepinte, France. pp.30-36</w:t>
+              <w:t xml:space="preserve">Séminaire de Restitution à mi-parcours du Projet de Recherches ANR CoSAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Jan 2017, Paris, France. 85 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606796v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I-Weed robot : un outil pour l'étude de population de plantes adventices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibault Maillot</w:t>
+                <w:t xml:space="preserve">Proxi-détection des adventices par imagerie aérienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Louargant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. Conférence du COLUMA - Journées Internationales sur la Lutte contre les Mauvaises Herbes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Protection des Plantes (AFPP). FRA., Dec 2016, Dijon, France. pp.191-199</w:t>
+              <w:t xml:space="preserve">5. Journée des Doctorants de l’UMR 1347 Agroécologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Mar 2016, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607014v1</w:t>
+                <w:t xml:space="preserve">hal-02739908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proxi-détection des adventices par imagerie aérienne</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">I-Weed robot : un outil pour l'étude de population de plantes adventices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gobin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Vioix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journée des Doctorants de l’UMR 1347 Agroécologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Mar 2016, Dijon, France</w:t>
+              <w:t xml:space="preserve">23. Conférence du COLUMA - Journées Internationales sur la Lutte contre les Mauvaises Herbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Protection des Plantes (AFPP). FRA., Dec 2016, Dijon, France. pp.191-199</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739908v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle d’épandage centrifuge et simulations de Monte Carlo pour l’étude de la répartition spatiale de l’engrais</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Demain, l’agriculture sera 2.0 - Comment se préparer à l’arrivée des nouvelles technologies ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque ECOTECHS'2015 : Technologies d’épandage dans la fertilisation – Implications actuelles et futures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche en Sciences et Technologies pour l'Environnement et l'Agriculture (IRSTEA). FRA., Nov 2015, Montoldre, France</w:t>
+              <w:t xml:space="preserve">Université Bayer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bayer SAS. FRA., Feb 2015, Marne-la-vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741855v1</w:t>
+                <w:t xml:space="preserve">hal-02738611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An embedded multispectral imaging system to characterize vineyard foliage development and its sanitary state evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. Journées Internationales de Viticulture GiESCO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe International d'Experts en Systèmes Vitivinicoles pour la Coopération (GIESCO). FRA., May 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02793778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demain, l’agriculture sera 2.0 - Comment se préparer à l’arrivée des nouvelles technologies ?</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">« On-the-go » multispectral imaging system to characterize the development of vineyard foliage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Villette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Debuisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Morlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Université Bayer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bayer SAS. FRA., Feb 2015, Marne-la-vallée, France</w:t>
+              <w:t xml:space="preserve">Proceedings of the 10th European Conference on Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Tel Aviv, Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738611v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01997673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« On-the-go » multispectral imaging system to characterize the development of vineyard foliage</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tendances d'évolution de l'agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 10th European Conference on Precision Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Tel Aviv, Israel</w:t>
+              <w:t xml:space="preserve">Workshop Quo Vadis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01997673v1</w:t>
+                <w:t xml:space="preserve">hal-02741666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tendances d'évolution de l'agriculture</w:t>
+                <w:t xml:space="preserve">Définir ensemble le futur du secteur des agroéquipements - Mission ministérielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Quo Vadis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Salon International du Machinisme Agricole (SIMA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741666v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Définir ensemble le futur du secteur des agroéquipements - Mission ministérielle</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Weed detection by aerial imaging: impact of soil, crop and weed spectral mixing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Louargant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Villette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Salon International du Machinisme Agricole (SIMA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">10th European Conference on Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Volcani Centre, Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738716v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01735073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weed detection by aerial imaging: impact of soil, crop and weed spectral mixing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'imagerie multispectrale embarquée pour caractériser la croissance et l'état sanitaire du feuillage de la vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Conference on Precision Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Volcani Centre, Israel</w:t>
+              <w:t xml:space="preserve">19. Journées Internationales de Viticulture GiESCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIESCO, Groupe International d'Experts en Systèmes Vitivinicoles pour la Coopération, May 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01735073v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01735107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'imagerie multispectrale embarquée pour caractériser la croissance et l'état sanitaire du feuillage de la vigne</w:t>
+                <w:t xml:space="preserve">Modèle d’épandage centrifuge et simulations de Monte Carlo pour l’étude de la répartition spatiale de l’engrais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gawain Jones</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Piron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Miclet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. Journées Internationales de Viticulture GiESCO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GIESCO, Groupe International d'Experts en Systèmes Vitivinicoles pour la Coopération, May 2015, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Colloque ECOTECHS'2015 : Technologies d’épandage dans la fertilisation – Implications actuelles et futures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche en Sciences et Technologies pour l'Environnement et l'Agriculture (IRSTEA). FRA., Nov 2015, Montoldre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01735107v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proxi-détection des adventices par imagerie aérienne</w:t>
+                <w:t xml:space="preserve">Aerial imagery for site specific weed management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Louargant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.Journées Proxi-Détection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire Angevin de Recherche en Ingénierie des Systèmes., Nov 2014, Angers, France</w:t>
+              <w:t xml:space="preserve">Workshop : Weed control with less reliance on herbicides. Designing resilient cropping systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Supérieure d'Agricultures d'Angers (ESA d'Angers). Angers, FRA., May 2014, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02744200v1</w:t>
+                <w:t xml:space="preserve">hal-02739534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerial imagery for site specific weed management</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Mapping vineyard foliage density with multispectral proxidetection imagery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th European Weed Research Society Symposium “Weed management in changing environments"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4. International SITIS Workshop CoMI-S1 on "Color and Multispectral Imaging"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Marrakech, Morocco. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SITIS.2014.94⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03336027v1</w:t>
+                <w:t xml:space="preserve">hal-02739091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping vineyard foliage density with multispectral proxidetection imagery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proxi-détection des adventices par imagerie aérienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Louargant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International SITIS Workshop CoMI-S1 on "Color and Multispectral Imaging"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4.Journées Proxi-Détection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Angevin de Recherche en Ingénierie des Systèmes., Nov 2014, Angers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SITIS.2014.94⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02739091v1</w:t>
+                <w:t xml:space="preserve">hal-02744200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerial imagery for site specific weed management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Louargant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop : Weed control with less reliance on herbicides. Designing resilient cropping systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole Supérieure d'Agricultures d'Angers (ESA d'Angers). Angers, FRA., May 2014, Angers, France</w:t>
+              <w:t xml:space="preserve">17th European Weed Research Society Symposium “Weed management in changing environments"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02739534v1</w:t>
+                <w:t xml:space="preserve">hal-03336027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I-Weed Robot : un robot autoguidé pour un désherbage localisé</w:t>
               </w:r>
@@ -9930,64 +9930,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Busvelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. Conférence du Columa - Journées internationales sur la lutte contre les mauvaises herbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française de Protection des Plantes (AFPP). FRA., Dec 2013, Dijon, France. 45 p</w:t>
@@ -10055,64 +10055,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Busvelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Salis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">: Proceedings of the First International Conference on Robotics and Associated High-technologies and Equipment for Agriculture. Applications of automated systems and robotics for crop protection in sustainable precision agriculture, (RHEA-2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Pisa, Sep 2012, Pisa, Italy</w:t>
@@ -10154,77 +10154,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining spatial and spectral information to improve crop/weed discrimination algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10265,472 +10265,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01770440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of a virtual agronomic image modeling</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Impact recording system to characterise centrifugal spreading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Piron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Courreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Miclet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPTA'10</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AgEng 2010 : International Conference on Agricultural Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Clermont Ferrand, France. 10 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00811976v1</w:t>
+                <w:t xml:space="preserve">hal-00593701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An efficient vision system to measure granule velocity and mass flow distribution in fertiliser centrifugal spreading</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Validation of a virtual agronomic image modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Truchetet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2010 2nd International Conference on Image Processing Theory, Tools and Applications (IPTA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Paris, France. pp.543-548, </w:t>
+              <w:t xml:space="preserve">IPTA'10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Paris, France. pp. 517-520, </w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IPTA.2010.5586738⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IPTA.2010.5586743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01843205v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact recording system to characterise centrifugal spreading</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">An efficient vision system to measure granule velocity and mass flow distribution in fertiliser centrifugal spreading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Courreau</w:t>
+                <w:t xml:space="preserve">R. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Miclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AgEng 2010 : International Conference on Agricultural Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2010 2nd International Conference on Image Processing Theory, Tools and Applications (IPTA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Paris, France. pp.543-548, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPTA.2010.5586738⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00593701v1</w:t>
+                <w:t xml:space="preserve">hal-01843205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Centrifugal fertiliser spreading : velocity and mass flow distribution measurement by image processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Miclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10766,576 +10766,576 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00593702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de l'espace de Hough pour caractériser une projection centrifuge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Vilette</w:t>
+                <w:t xml:space="preserve">An imaging system to characterise the mechanical behaviour of fertilisers in the context of centrifugal spreading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Märtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du XXIIème colloque GRETSI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Dijon, France. pp.4</w:t>
+              <w:t xml:space="preserve">Joint International Agricultural Conference JIAC 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Wageningen, Netherlands. pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02592772v1</w:t>
+                <w:t xml:space="preserve">hal-02592773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An imaging system to characterise the mechanical behaviour of fertilisers in the context of centrifugal spreading</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Villette</w:t>
+                <w:t xml:space="preserve">Utilisation de l'espace de Hough pour caractériser une projection centrifuge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vilette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Märtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Cointault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint International Agricultural Conference JIAC 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Wageningen, Netherlands. pp.8</w:t>
+              <w:t xml:space="preserve">Actes du XXIIème colloque GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Dijon, France. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02592773v1</w:t>
+                <w:t xml:space="preserve">hal-02592772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositifs d’imagerie multi-spectrale pour la détection et le contrôle des adventices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+                <w:t xml:space="preserve">Crop/weed discrimination in simulated images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Guillemin</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de la XXème conférence du COLUMA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of SPIE - The International Society for Optical Engineering </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, San Jose, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.704012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01998005v1</w:t>
+                <w:t xml:space="preserve">hal-01828104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crop/weed discrimination in simulated images</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Simulation of agronomic images for an automatic evaluation of crop/ weed discrimination algorithm accuracy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Truchetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of SPIE - The International Society for Optical Engineering </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Eigth International Conference on Quality Control by Artificial Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Le Creusot, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.736905⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.704012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01828104v1</w:t>
+                <w:t xml:space="preserve">hal-01827828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of agronomic images for an automatic evaluation of crop/ weed discrimination algorithm accuracy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gawain Jones</w:t>
+                <w:t xml:space="preserve">Dispositifs d’imagerie multi-spectrale pour la détection et le contrôle des adventices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frederic Truchetet</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Vioix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Guillemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eigth International Conference on Quality Control by Artificial Vision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Actes de la XXème conférence du COLUMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.736905⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01827828v1</w:t>
+                <w:t xml:space="preserve">hal-01998005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11347,63 +11347,76 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine Learning and Artificial Intelligence for Sustainable Cropping Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yao, Zexing</w:t>
+                <w:t xml:space="preserve">Segmentation sémantique d’images visibles en cultures associées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zexing Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Duboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Denimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -11418,100 +11431,87 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum des jeunes chercheurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04743498v1</w:t>
+                <w:t xml:space="preserve">hal-04743788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation sémantique d’images visibles en cultures associées</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathias Duboux</w:t>
+                <w:t xml:space="preserve">Machine Learning and Artificial Intelligence for Sustainable Cropping Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao, Zexing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Denimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -11526,94 +11526,94 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum des jeunes chercheurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04743788v1</w:t>
+                <w:t xml:space="preserve">hal-04743498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a low-cost portable PAR device for crop management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Coffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bonnefoy-Claudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jansen Arthur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11671,782 +11671,782 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03327624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital tools for a biomass prediction from a plant-growth model. Application to a weed control in wheat crop</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spot spraying in oilseeds and protein crops</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Vuillemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jl. Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mangenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josselin Merienne</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Chalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Marechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3 rd AXEMA-EurAgEng Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Villepinte, France. , 2019</w:t>
+              <w:t xml:space="preserve">11th European Conference on Precision Agriculture, 3rd AXEMA-EurAgEng Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Villepinte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02787182v1</w:t>
+                <w:t xml:space="preserve">hal-02068579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agricultural machinery chair: design an innovative teaching solution to answer to new industrial challenges.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approche multicritère pour la caractérisation des adventices par imagerie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jehan-Antoine Vayssade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R. Phelep</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gawain Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. European Conference on Precision Agriculture</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">Journée des doctorants UMR Agroécologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Dijon, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734725v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02380208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spot spraying in oilseeds and protein crops</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agricultural machinery chair: design an innovative teaching solution to answer to new industrial challenges.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Phelep</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Conference on Precision Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">12. European Conference on Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Montpellier, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montpellier SupAgro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02420551v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spot spraying in oilseeds and protein crops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Vuillemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Vuillemin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jl. Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mangenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th European Conference on Precision Agriculture, 3rd AXEMA-EurAgEng Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Villepinte, France</w:t>
+              <w:t xml:space="preserve">12th European Conference on Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02068579v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02420551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localized spraying in oilseeds rape crop with a conventional boom sprayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Vuillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.L. Lucas</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">O. Mangenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. European Conference on Precision Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Montpellier, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montpellier SupAgro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche multicritère pour la caractérisation des adventices par imagerie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jehan-Antoine Vayssade</w:t>
+                <w:t xml:space="preserve">Digital tools for a biomass prediction from a plant-growth model. Application to a weed control in wheat crop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Merienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Larmure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des doctorants UMR Agroécologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Dijon, France. 2019</w:t>
+              <w:t xml:space="preserve">3 rd AXEMA-EurAgEng Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Villepinte, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02380208v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02787182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the estimation of vole damage on grassland by aerial multispectral imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Piernavieja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12488,90 +12488,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation d’un distributeur centrifuge pour l’étude de la répartition spatiale de l’engrais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Miclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12609,90 +12609,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simafield : Un logiciel de modélisation spatiale de scènes agronomiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. Conférence du Columa, Journées internationales sur la lutte contre les mauvaises herbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Dijon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12730,90 +12730,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simafield: a software to spatially simulate agronomic images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. Conférence du Columa, Journées internationales sur la lutte contre les mauvaises herbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12851,90 +12851,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capteurs et images aériennes pour l’évaluation du peuplement de mauvaises herbes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Louargant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Mainfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. Conférence du Columa, Journées internationales sur la lutte contre les mauvaises herbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Dijon, France. </w:t>
@@ -13207,51 +13207,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High throughput field phenotyping (HTFP) of wheat and weed cover in field experiments using RGB images: assessment of crop-weed competition with a simple ecophysiological model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Dujourdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13324,90 +13324,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 10: Le désherbage de précision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno Chauvel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gestion durable de la flore adventice des cultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Quae, pp.175-187, 2018, 978-2-7592-2818-8</w:t>
@@ -13449,90 +13449,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weed detection by aerial imaging: impact of soil, crop and weed spectral mixing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Louargant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Precision agriculture '15</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -13583,103 +13583,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« On-the-go » multispectral imaging system to characterize the development of vineyard foliage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Paoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Aure Bourgeon</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvain Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Debuisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Morlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Precision agriculture '15</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.445 - 454, 2015, 978-90-8686-267-2</w:t>
@@ -13925,51 +13925,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de scènes agronomiques pour tester et comparer les performances d'algorithmes de discrimination d'adventices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gawain Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14103,51 +14103,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="951E79CE"/>
+    <w:nsid w:val="1CF8B853"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14334,51 +14334,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christelle-gee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9744-5433" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140261613" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05453653v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zexing Yao" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Denimal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dujourdy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle G&#233;e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2025.101752" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095363v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=De Yparraguirre," TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Voisin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15102510" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04115266v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veron Zarate" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chauvel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03641427v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehan-Antoine Vayssade" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gawain Jones" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Paoli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2022.106797" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03821889v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Mignon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-022-09963-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03641550v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colbach" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Felten" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Klein" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lannuzel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.809056" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04107243v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Yparraguire" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03430473v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coffin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bonnefoy-Claudet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chassaigne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Jansen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2021.100018" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626738v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03263161v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13122261" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03103918v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselyn Merienne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Larmure" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-020-09776-6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02958624v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12182982" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01802760v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Louargant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Faroux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Maillot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10050761" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01744077v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Villette" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vigneau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-017-9528-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605446v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aure Bourgeon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Monget" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Debuisson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735026v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Debuisson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-016-9489-y" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604233v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Solano" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735042v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2016.02.019" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637394v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Salis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Busvelle" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gobin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735666v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Piron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Martin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Miclet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2013.05.008" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZV90PMFK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735733v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2011.11.003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QRLWK3WD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735825v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Miclet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boilletot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-010-9192-3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MDD9RV1B-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01734982v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Truchetet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.18.010694" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840843v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bossu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826412v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2008.08.004" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NH30R5HP-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826398v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-008-9086-9" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FFD356E12A29A37193F8A7F294082BC61B04528A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826386v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2009.02.009" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P64WZF5H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592771v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vilette" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bossu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jones" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826423v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2007.06.003" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NDH9WFHW-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01827740v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/2.1200809.1226" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01827723v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berret" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chardon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Guillemin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.766471" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826168v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/elcvia.223" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826628v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gu&#233;rin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cointault" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826435v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Vuitton" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Raulin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Benilan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Cr&#233;pin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2003.07.001" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G6TQRKP2-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826444v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cuisset" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Divay" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1451055" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136794v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cr&#233;pin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tramer" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-2313(01)00335-0" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N6JWJ2B9-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826456v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Douin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Br&#233;chignac" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(01)00235-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZRRV0F7F-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826490v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Schwell" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Dulieu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Werner Jochims" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chotin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0301-0104(00)00174-9" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XFN1RNQK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215932v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lemaire" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boissel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Heninger" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Marx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826513v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ohanessian" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(98)01189-0" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SX98KFHM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826566v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Visticot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Gaveau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Eulry" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lengaigne" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Mestdagh" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/a705433e" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/212B76055A11D524D75E096643467A34710F878A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826503v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Mestdagh" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Gaveau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sublemontier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Visticot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/014423597230280" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826520v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Osborne" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaveau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mestdagh" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.473293" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826531v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp960725i" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-2VZ5R8QV-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826577v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schilling" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Visticot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0009-2614(95)01105-I" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RB079CLF-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242491v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Lerebour" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Paut" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jeuffroy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004725232_065" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05157507v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Duboux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242519v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004725232_060" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04966447v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04960961v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao, Zexing" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04966452v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04159640v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Veron Zarate" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Matejicek" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_87" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04158628v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. De-Yparraguirre" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_43" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04115772v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04115757v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03887856v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03278985v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02499730v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0009169301030110" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331237v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pr&#233;vost" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Haffner," TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mennetrier," TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337095v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738238v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02430336v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vuillemin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl. Lucas" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hawndi" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mangenot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Colin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736429v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulard" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607055v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607952v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606818v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606796v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Ch&#233;ron" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vigneau" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607014v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vioix" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739908v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741855v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Moreau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793778v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738611v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01997673v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morlet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741666v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738716v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735073v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735107v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744200v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336027v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739091v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2014.94" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739534v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748913v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gobin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Busvelle" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01843167v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Salis" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01770440v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Yan" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.909861" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811976v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2010.5586743" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01843205v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2010.5586738" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593701v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Martin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Courreau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593702v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592772v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#228;rtin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592773v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998005v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01828104v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.704012" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01827828v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.736905" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04743498v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04743788v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03327624v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jansen Arthur" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chassigne Morgane" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787182v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Merienne" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734725v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Phelep" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecpa2019.agrotic.org/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02420551v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chalon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marechal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02068579v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734279v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lucas" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mangenot" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02380208v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787693v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Piernavieja" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743457v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749417v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afpp.net/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01744270v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749703v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mainfroy" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04033380v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23708/fdi:010083985" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03563301v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23708/fdi:010082500" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03275337v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_26" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01827669v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334190v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecpa2015.com/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-814-8_73" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03334216v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826685v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337277v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mestdagh J.M." TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Visticot" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05169429v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christelle-gee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9744-5433" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140261613" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05453653v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zexing Yao" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Denimal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dujourdy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle G&#233;e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2025.101752" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095363v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=De Yparraguirre," TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Voisin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15102510" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03821889v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Mignon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-022-09963-7" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03641550v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colbach" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Felten" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Klein" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lannuzel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.809056" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04107243v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Yparraguire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03641427v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehan-Antoine Vayssade" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gawain Jones" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Paoli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2022.106797" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04115266v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veron Zarate" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chauvel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03263161v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13122261" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626738v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coffin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bonnefoy-Claudet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chassaigne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Jansen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03103918v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselyn Merienne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Larmure" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-020-09776-6" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03430473v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2021.100018" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02958624v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12182982" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01802760v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Louargant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Faroux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Maillot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10050761" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605446v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aure Bourgeon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Monget" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Debuisson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01744077v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Villette" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vigneau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-017-9528-3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735026v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Debuisson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-016-9489-y" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604233v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Solano" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735042v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2016.02.019" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637394v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Salis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Busvelle" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gobin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735666v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Piron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Martin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Miclet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2013.05.008" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZV90PMFK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735733v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosystemseng.2011.11.003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QRLWK3WD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01735825v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Miclet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boilletot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-010-9192-3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MDD9RV1B-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01734982v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Truchetet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.18.010694" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592771v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vilette" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bossu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jones" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826398v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-008-9086-9" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FFD356E12A29A37193F8A7F294082BC61B04528A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826386v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2009.02.009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P64WZF5H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826412v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bossu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2008.08.004" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NH30R5HP-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840843v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01827740v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/2.1200809.1226" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826423v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2007.06.003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NDH9WFHW-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01827723v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berret" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chardon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Guillemin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.766471" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826168v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/elcvia.223" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826628v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gu&#233;rin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cointault" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826435v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Vuitton" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Raulin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Benilan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Cr&#233;pin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2003.07.001" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G6TQRKP2-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826444v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cuisset" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Divay" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1451055" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826456v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Douin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Br&#233;chignac" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(01)00235-4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZRRV0F7F-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136794v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cr&#233;pin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tramer" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-2313(01)00335-0" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N6JWJ2B9-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826490v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Schwell" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Dulieu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Werner Jochims" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chotin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0301-0104(00)00174-9" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XFN1RNQK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215932v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lemaire" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boissel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Heninger" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Marx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826513v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ohanessian" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(98)01189-0" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SX98KFHM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826566v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Visticot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Gaveau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Eulry" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lengaigne" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Mestdagh" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/a705433e" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/212B76055A11D524D75E096643467A34710F878A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826503v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Mestdagh" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Gaveau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sublemontier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Visticot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/014423597230280" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826520v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Osborne" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaveau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mestdagh" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.473293" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826531v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp960725i" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-2VZ5R8QV-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826577v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schilling" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Visticot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0009-2614(95)01105-I" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RB079CLF-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242491v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Lerebour" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Paut" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jeuffroy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004725232_065" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05157507v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Duboux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242519v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004725232_060" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04960961v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao, Zexing" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04966452v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04966447v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04159640v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Veron Zarate" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Matejicek" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_87" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04158628v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. De-Yparraguirre" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_43" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04115772v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04115757v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03887856v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03278985v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02499730v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0009169301030110" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337095v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331237v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pr&#233;vost" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Haffner," TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mennetrier," TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02430336v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vuillemin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl. Lucas" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hawndi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mangenot" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Colin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736429v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738238v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607952v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606818v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606796v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Ch&#233;ron" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vigneau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607055v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739908v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607014v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vioix" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738611v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793778v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01997673v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morlet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741666v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738716v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735073v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735107v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741855v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Moreau" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739534v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739091v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2014.94" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744200v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336027v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748913v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gobin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Busvelle" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01843167v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Salis" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01770440v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Yan" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.909861" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593701v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Martin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Courreau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811976v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2010.5586743" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01843205v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2010.5586738" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593702v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592773v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#228;rtin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592772v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01828104v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.704012" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01827828v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.736905" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998005v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04743788v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04743498v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03327624v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jansen Arthur" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chassigne Morgane" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02068579v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chalon" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marechal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02380208v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734725v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Phelep" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecpa2019.agrotic.org/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02420551v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734279v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lucas" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mangenot" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787182v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Merienne" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787693v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Piernavieja" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743457v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749417v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afpp.net/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01744270v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749703v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mainfroy" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04033380v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23708/fdi:010083985" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03563301v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23708/fdi:010082500" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03275337v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_26" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01827669v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334190v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecpa2015.com/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-814-8_73" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03334216v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01826685v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337277v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mestdagh J.M." TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Visticot" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05169429v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>