--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1440,563 +1440,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03790553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TopoFun: a machine learning method to improve the functional similarity of gene co-expression modules</w:t>
+                <w:t xml:space="preserve">Two Metabolomics Phenotypes of Human Hepatocellular Carcinoma in Non-Alcoholic Fatty Liver Disease According to Fibrosis Severity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Janbain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christelle Reynes</w:t>
+                <w:t xml:space="preserve">Benjamin Buchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zainab Assaghir</w:t>
+                <w:t xml:space="preserve">Camille Teilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassan Zeineddine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Robert Sabatier</w:t>
+                <w:t xml:space="preserve">Natali Abeywickrama Samarakoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Massoulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Joubert-Zakeyh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NAR Genomics and Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nargab/lqab103⟩</w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo11010054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03434156v1</w:t>
+                <w:t xml:space="preserve">hal-03323897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insulin resistance is linked to a specific profile of immune activation in human subjects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Residual viremia is linked to a specific immune activation profile in HIV-1-infected adults under efficient antiretroviral therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehwish Younas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Psomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Reynes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Cezar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucy Kundura</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-91758-3⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.663843. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2021.663843⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03263947v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two Metabolomics Phenotypes of Human Hepatocellular Carcinoma in Non-Alcoholic Fatty Liver Disease According to Fibrosis Severity</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">TopoFun: a machine learning method to improve the functional similarity of gene co-expression modules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natali Abeywickrama Samarakoon</w:t>
+                <w:t xml:space="preserve">Ali Janbain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Massoulier</w:t>
+                <w:t xml:space="preserve">Zainab Assaghir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Joubert-Zakeyh</w:t>
+                <w:t xml:space="preserve">Hassan Zeineddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (1), pp.54. </w:t>
+              <w:t xml:space="preserve">NAR Genomics and Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (4), pp.lqab103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/metabo11010054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nargab/lqab103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03323897v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Residual viremia is linked to a specific immune activation profile in HIV-1-infected adults under efficient antiretroviral therapy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insulin resistance is linked to a specific profile of immune activation in human subjects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Cezar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehwish Younas</w:t>
+                <w:t xml:space="preserve">Delphine Desigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela Pastore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucy Kundura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina Psomas</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Lucy Kundura</w:t>
+                <w:t xml:space="preserve">Anne-Marie Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.663843. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.12314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2021.663843⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-91758-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03205174v1</w:t>
+                <w:t xml:space="preserve">hal-03263947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrimination of rosé wines using shotgun metabolomics with a genetic algorithm and MS ion intensity ratios</w:t>
               </w:r>
@@ -2276,51 +2276,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Cezar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Winter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Desigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuela Pastore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2378,1095 +2378,1095 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03052544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What makes a bad egg? Egg transcriptome reveals dysregulation of translational machinery and novel fertility genes important for fertilization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ISoLDE: a data-driven statistical method for the inference of allelic imbalance in datasets with reciprocal crosses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Reynes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Cheung</w:t>
+                <w:t xml:space="preserve">Guilhem Kister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
+                <w:t xml:space="preserve">Marine Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Le Cam</w:t>
+                <w:t xml:space="preserve">Tristan Bouschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Patinote</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Journot</w:t>
+                <w:t xml:space="preserve">Annie Varrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-019-5930-8⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36 (2), pp.504-513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02185873v1</w:t>
+                <w:t xml:space="preserve">hal-02362807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THETA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of prenatal exposure to particulate matter air pollution on corpus callosum and behavioral problems in children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mortamais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Dimeglio</w:t>
+                <w:t xml:space="preserve">Jesus Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Raymond</w:t>
+                <w:t xml:space="preserve">Gerard Martínez-Vilavella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Jeanne</w:t>
+                <w:t xml:space="preserve">Raquel Fenoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Reynes</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Carcenac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz585⟩</w:t>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 178, pp.108734 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2019.108734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03169260v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03487334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ISoLDE: a data-driven statistical method for the inference of allelic imbalance in datasets with reciprocal crosses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">THETA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Dimeglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Bouschet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Annie Varrault</w:t>
+                <w:t xml:space="preserve">Romain Carcenac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 36 (2), pp.504-513. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz564⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 36 (2), pp.416-421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz585⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02362807v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03169260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of prenatal exposure to particulate matter air pollution on corpus callosum and behavioral problems in children</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">GECKO is a genetic algorithm to classify and explore high throughput sequencing data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aubin Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Mortamais</w:t>
+                <w:t xml:space="preserve">Sylvain Barriere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jesus Pujol</w:t>
+                <w:t xml:space="preserve">Lucile Broseus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerard Martínez-Vilavella</w:t>
+                <w:t xml:space="preserve">Julie Brooke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raquel Fenoll</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christelle Reynes</w:t>
+                <w:t xml:space="preserve">Claudio Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 178, pp.108734 -. </w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (1), pp.222. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envres.2019.108734⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42003-019-0456-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03487334v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02163400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GECKO is a genetic algorithm to classify and explore high throughput sequencing data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claudio Lorenzi</w:t>
+                <w:t xml:space="preserve">Microbial Translocation Is Linked to a Specific Immune Activation Profile in HIV-1-Infected Adults With Suppressed Viremia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehwish Younas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Psomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Reynes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Cezar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucy Kundura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-019-0456-9⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.2185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">lirmm-02163400v1</w:t>
+                <w:t xml:space="preserve">hal-02400229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial Translocation Is Linked to a Specific Immune Activation Profile in HIV-1-Infected Adults With Suppressed Viremia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lucy Kundura</w:t>
+                <w:t xml:space="preserve">What makes a bad egg? Egg transcriptome reveals dysregulation of translational machinery and novel fertility genes important for fertilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Cheung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Le Cam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Patinote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Journot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, pp.2185. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (1), pp.584. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02185⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-019-5930-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02400229v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02185873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pilot Study of Whole Blood MicroRNAs as Potential Tools for Diffuse Low-Grade Gliomas Detection</w:t>
+                <w:t xml:space="preserve">High-salt Recovered Sequences are associated with the active chromosomal compartment and with large ribonucleoprotein complexes including nuclear bodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Gozé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christelle Reynes</w:t>
+                <w:t xml:space="preserve">Marie Baudement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Forestier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Robert Sabatier</w:t>
+                <w:t xml:space="preserve">Axel Cournac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Duffau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Franck Court</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Seveno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Parrinello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Neurobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10571-017-0536-7⟩</w:t>
+              <w:t xml:space="preserve">Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (11), pp.1733 - 1746. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/gr.237073.118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01760374v1</w:t>
+                <w:t xml:space="preserve">hal-01912447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-salt Recovered Sequences are associated with the active chromosomal compartment and with large ribonucleoprotein complexes including nuclear bodies</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pilot Study of Whole Blood MicroRNAs as Potential Tools for Diffuse Low-Grade Gliomas Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Court</w:t>
+                <w:t xml:space="preserve">Catherine Gozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Seveno</w:t>
+                <w:t xml:space="preserve">Lionel Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Parrinello</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hugues Duffau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 28 (11), pp.1733 - 1746. </w:t>
+              <w:t xml:space="preserve">Cellular and Molecular Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 38 (3), pp.715--725. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/gr.237073.118⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10571-017-0536-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01912447v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01760374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an HRM-based tool for the automated identification of nucleotide sequences in large datasets</w:t>
               </w:r>
@@ -3567,325 +3567,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03109406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sodium restriction modulates innate immunity and prevents cardiac remodeling in a rat model of metabolic syndrome</w:t>
+                <w:t xml:space="preserve">Phenotypic diversity spanning the spectrum of hepatocyte differentiation impacts the outcome of patients with beta-catenin-mutated hepatocellular carcinomas.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Jover</w:t>
+                <w:t xml:space="preserve">Romain Desert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Rugale</w:t>
+                <w:t xml:space="preserve">Damien Gregoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Reboul</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laura Jeanson</w:t>
+                <w:t xml:space="preserve">Florian Rohart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbadis.2017.02.026⟩</w:t>
+              <w:t xml:space="preserve">Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 66 (supp 1), pp.129A-129A. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hep.29500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01615219v1</w:t>
+                <w:t xml:space="preserve">hal-01681657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotypic diversity spanning the spectrum of hepatocyte differentiation impacts the outcome of patients with beta-catenin-mutated hepatocellular carcinomas.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sodium restriction modulates innate immunity and prevents cardiac remodeling in a rat model of metabolic syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Jover</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Reynes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Desert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Robert Sabatier</w:t>
+                <w:t xml:space="preserve">Caroline Rugale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Gregoire</w:t>
+                <w:t xml:space="preserve">Cyril Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Rohart</w:t>
+                <w:t xml:space="preserve">Laura Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hepatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 66 (supp 1), pp.129A-129A. </w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1863 (6), pp.1568-1574. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/hep.29500⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbadis.2017.02.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681657v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01615219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Vitro Corticogenesis from Embryonic Stem Cells Recapitulates the In Vivo Epigenetic Control of Imprinted Gene Expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Bouschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeric Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4103,563 +4103,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01672315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide diversity and gene expression profiling of Babesia microti isolates identify polymorphic genes that mediate host-pathogen interactions</w:t>
+                <w:t xml:space="preserve">One of the immune activation profiles observed in HIV-1-infected adults with suppressed viremia is linked to metabolic syndrome: The ACTIVIH study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. C. Silva</w:t>
+                <w:t xml:space="preserve">C Psomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Cornillot</w:t>
+                <w:t xml:space="preserve">M Younas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Mccracken</w:t>
+                <w:t xml:space="preserve">R Cezar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Usmani-Brown</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ankit Dwivedi</w:t>
+                <w:t xml:space="preserve">P Portalès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 6, pp.35284. </w:t>
+              <w:t xml:space="preserve">EBioMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8, pp.265-276. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep35284⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2016.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01940958v1</w:t>
+                <w:t xml:space="preserve">hal-01351341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One of the immune activation profiles observed in HIV-1-infected adults with suppressed viremia is linked to metabolic syndrome: The ACTIVIH study</w:t>
+                <w:t xml:space="preserve">Whole-genome duplication increases tumor cell sensitivity to MPS1 inhibition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Psomas</w:t>
+                <w:t xml:space="preserve">Mohamed Jemaà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Younas</w:t>
+                <w:t xml:space="preserve">Gwenola Manic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendaline Lledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lissa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Reynes</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P Portalès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EBioMedicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 8, pp.265-276. </w:t>
+              <w:t xml:space="preserve">Oncotarget</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (1), pp.885-901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2016.05.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18632/oncotarget.6432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01351341v1</w:t>
+                <w:t xml:space="preserve">hal-01878017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-genome duplication increases tumor cell sensitivity to MPS1 inhibition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plasmodium falciparum parasite population structure and gene flow associated to anti-malarial drugs resistance in Cambodia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ankit Dwivedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nimol Khim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Reynes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Jemaà</w:t>
+                <w:t xml:space="preserve">Patrice Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenola Manic</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christelle Reynes</w:t>
+                <w:t xml:space="preserve">Laurence Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncotarget</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18632/oncotarget.6432⟩</w:t>
+              <w:t xml:space="preserve">Malaria Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 15, pp.319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12936-016-1370-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01878017v1</w:t>
+                <w:t xml:space="preserve">hal-02295686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmodium falciparum parasite population structure and gene flow associated to anti-malarial drugs resistance in Cambodia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome-wide diversity and gene expression profiling of Babesia microti isolates identify polymorphic genes that mediate host-pathogen interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Cornillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mccracken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Usmani-Brown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankit Dwivedi</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurence Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Malaria Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 15, pp.319. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, pp.35284. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12936-016-1370-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep35284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02295686v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01940958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous hyper- and hypomethylation at imprinted loci in a subset of patients with GNAS epimutations underlies a complex and different mechanism of multilocus methylation defect in pseudohypoparathyroidism type 1b.</w:t>
               </w:r>
@@ -4791,51 +4791,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial distribution of cerebral white matter lesions predicts progression to mild cognitive impairment and dementia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mortamais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5784,130 +5784,130 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotypic diversity spanning the spectrum of hepatocyte differentiation impacts the outcome of patients with beta-catenin-mutated hepatocellular carcinomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Desert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Gregoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Rohart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">68th Annual Meeting of the American-Association-for-the-Study-of-Liver-Diseases (AASLD) / Liver Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Washington, United States. Hepatology, 66 (suppl. 1), 2017, Hepatology. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/hep.29500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01685935v1</w:t>
@@ -6057,51 +6057,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolomic analysis by 1H-nuclear magnetic resonance spectroscopy suggest that there are 2 phenotypes of human hepatocellular carcinoma developed in non-alcoholic fatty liver disease according to fibrosis level (F0F1 vs F3F4)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Teilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6185,277 +6185,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02124773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular portrait of egg quality and novel maternal-effect genes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Amélie Patinote</w:t>
+                <w:t xml:space="preserve">Human Hepatocellular Carcinoma Metabolomic Profile in Non Alcoholic Fatty Liver Disease (NAFLD) According to Severity of Fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Teilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Reynes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Zarski</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Biesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Vasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. International Symposium on Reproductive Physiology of Fish</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Instituto Nacional de Pesquisas da Amazônia (INPA). Manaus, BRA, Jun 2018, Manaus, Brazil. 251 p</w:t>
+              <w:t xml:space="preserve">Annual Meeting of the American-Association-for-the-Study-of-Liver-Diseases (AASLD) / Liver Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01809604v1</w:t>
+                <w:t xml:space="preserve">hal-01905539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Hepatocellular Carcinoma Metabolomic Profile in Non Alcoholic Fatty Liver Disease (NAFLD) According to Severity of Fibrosis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Robert Sabatier</w:t>
+                <w:t xml:space="preserve">Molecular portrait of egg quality and novel maternal-effect genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Cheung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Le Cam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Patinote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Biesse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Paule Vasson</w:t>
+                <w:t xml:space="preserve">D. Zarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of the American-Association-for-the-Study-of-Liver-Diseases (AASLD) / Liver Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">11. International Symposium on Reproductive Physiology of Fish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instituto Nacional de Pesquisas da Amazônia (INPA). Manaus, BRA, Jun 2018, Manaus, Brazil. 251 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01905539v1</w:t>
+                <w:t xml:space="preserve">hal-01809604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional annotation of polymorphisms identified by NGS approaches in P.falciparum</w:t>
               </w:r>
@@ -6687,51 +6687,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Salipante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Reynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Journot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Sabatier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6909,103 +6909,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lost in translation: egg transcriptome reveals molecular signature to predict developmental success and novel maternal-effect genes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Cheung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thuy Thao Vi Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Patinote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Journot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -7447,51 +7447,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505735v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Charrasse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Abba Moussa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Poquillon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Saint-Omer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Pastore" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adcanc.2026.100175" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402062v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorg Tost" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Caimmi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Reynes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Busato" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13148-025-02032-6" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609796v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Royet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Onofre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennard Lecki" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.4c00139" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533026v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Racine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lionnard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0301372" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513041v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Kundura" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Cezar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gimenez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12979-024-00416-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04274749v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bordignon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2023.11.015" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287593v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Deverdun" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1267564" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766366v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Gentreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Sabatier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Maller" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Meslin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-220490" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685552v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bouquet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Laabir" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Rolland" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chom&#233;rat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2022.102234" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790553v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Hemonnot-Girard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Meersseman" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Garcia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Linck" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-022-02581-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434156v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Janbain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Assaghir" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Zeineddine" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqab103" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263947v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desigaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Dupuy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-91758-3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03323897v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Buchard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Teilhet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Abeywickrama Samarakoon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Massoulier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Joubert-Zakeyh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11010054" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205174v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehwish Younas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Psomas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.663843" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935106v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Gil" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazals" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Enjalbal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-58193-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863739v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G&#226;tel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Brockly" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosr Hicheri" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.201900577" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052544v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Winter" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-77707-6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185873v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cheung" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Thao Vi Nguyen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Cam" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Patinote" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Journot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-5930-8" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03169260v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dimeglio" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raymond" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jeanne" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carcenac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz585" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362807v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Kister" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rohmer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bouschet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Varrault" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz564" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487334v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mortamais" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Pujol" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Mart&#237;nez-Vilavella" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Fenoll" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2019.108734" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02163400v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Thomas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barriere" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Broseus" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brooke" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Lorenzi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-019-0456-9" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400229v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02185" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760374v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Goz&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Forestier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Duffau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10571-017-0536-7" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912447v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baudement" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cournac" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Court" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Seveno" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.237073.118" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109406v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avarre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignoles" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laffont" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Grewis" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615219v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jover" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rugale" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Reboul" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Jeanson" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2017.02.026" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01681657v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Desert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gregoire" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Rohart" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.29500" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788685v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dubois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satya Kota" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rialle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhw102" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01672315v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankit Dwivedi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Kuehn" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barry Roche" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimol Khim" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-017-2140-1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940958v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Silva" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cornillot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mccracken" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Usmani-Brown" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep35284" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351341v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Psomas" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Younas" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Cezar" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Portal&#232;s" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2016.05.008" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878017v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jema&#224;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Manic" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendaline Lledo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lissa" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.6432" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02295686v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Ravel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ma" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-016-1370-y" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966219v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Maupetit-M&#233;houas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Azzi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Steunou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sakakini" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Silve" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.22352" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3QM5X4P3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00916484v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam M. Brickman" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank A. Provenzano" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Muraskin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0056972" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579025v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mariot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyul&#232;ne Bertrand" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Feuillet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jmg.2010.081356" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/04167EA3EC5F03CA000338C4FC82163CCE831147/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659695v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bauchart" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Patureau-Mirand" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114507761810" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668617v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savary-Auzeloux" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2006.05.016" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-16WCHFSL-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04281910v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747570v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Gutierrez" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Berr" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1002/jia2.25935" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762400v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne E. Hirbec" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Hemonnot-Girard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meersseman" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Linck" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rey" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1002/glia.24036" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685935v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871071v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124773v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Martin Biesse" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Vasson" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0618-8278(19)30702-9" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809604v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zarski" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905539v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Biesse" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01397406v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cornillot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Menard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290637v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Vivien" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386766v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Salipante" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386773v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Regad" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claude Camproux" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169273v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289379v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Reyn&#232;s" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290659v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505735v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Charrasse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Abba Moussa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Poquillon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Saint-Omer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Pastore" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adcanc.2026.100175" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402062v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorg Tost" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Caimmi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Reynes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Busato" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13148-025-02032-6" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609796v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Royet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Onofre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennard Lecki" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.4c00139" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533026v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Racine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lionnard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0301372" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513041v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Kundura" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Cezar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gimenez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12979-024-00416-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04274749v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bordignon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2023.11.015" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287593v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Deverdun" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1267564" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766366v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Gentreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Sabatier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Maller" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Meslin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-220490" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685552v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bouquet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Laabir" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Rolland" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chom&#233;rat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2022.102234" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790553v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Hemonnot-Girard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Meersseman" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Garcia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Linck" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-022-02581-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03323897v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Buchard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Teilhet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Abeywickrama Samarakoon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Massoulier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Joubert-Zakeyh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11010054" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205174v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehwish Younas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Psomas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.663843" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434156v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Janbain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Assaghir" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Zeineddine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqab103" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263947v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desigaud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Dupuy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-91758-3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935106v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Gil" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazals" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Enjalbal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-58193-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863739v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G&#226;tel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Brockly" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosr Hicheri" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26508/lsa.201900577" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052544v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Winter" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-77707-6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362807v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Kister" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rohmer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bouschet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Varrault" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz564" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487334v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mortamais" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Pujol" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Mart&#237;nez-Vilavella" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Fenoll" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2019.108734" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03169260v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dimeglio" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raymond" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jeanne" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carcenac" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz585" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02163400v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Thomas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barriere" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Broseus" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brooke" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Lorenzi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-019-0456-9" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400229v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02185" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185873v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cheung" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Thao Vi Nguyen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Cam" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Patinote" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Journot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-5930-8" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912447v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baudement" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cournac" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Court" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Seveno" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.237073.118" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760374v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Goz&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Forestier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Duffau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10571-017-0536-7" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109406v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avarre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignoles" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laffont" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Grewis" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01681657v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Desert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gregoire" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Rohart" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.29500" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615219v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jover" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rugale" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Reboul" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Jeanson" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2017.02.026" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788685v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dubois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satya Kota" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rialle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhw102" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01672315v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankit Dwivedi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Kuehn" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barry Roche" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimol Khim" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-017-2140-1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351341v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Psomas" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Younas" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Cezar" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Portal&#232;s" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2016.05.008" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878017v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jema&#224;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Manic" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendaline Lledo" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lissa" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.6432" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02295686v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Ravel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ma" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-016-1370-y" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940958v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Silva" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cornillot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mccracken" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Usmani-Brown" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep35284" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966219v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Maupetit-M&#233;houas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Azzi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Steunou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sakakini" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Silve" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.22352" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3QM5X4P3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00916484v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam M. Brickman" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank A. Provenzano" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Muraskin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0056972" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579025v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mariot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyul&#232;ne Bertrand" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Feuillet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jmg.2010.081356" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/04167EA3EC5F03CA000338C4FC82163CCE831147/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659695v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bauchart" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Patureau-Mirand" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114507761810" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668617v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savary-Auzeloux" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2006.05.016" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-16WCHFSL-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04281910v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747570v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Gutierrez" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Berr" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1002/jia2.25935" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762400v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne E. Hirbec" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Hemonnot-Girard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meersseman" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Linck" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rey" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1002/glia.24036" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685935v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871071v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124773v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Martin Biesse" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Vasson" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0618-8278(19)30702-9" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905539v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Biesse" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809604v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zarski" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01397406v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cornillot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Menard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290637v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Vivien" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386766v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Salipante" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386773v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Regad" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claude Camproux" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169273v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289379v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Reyn&#232;s" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290659v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>