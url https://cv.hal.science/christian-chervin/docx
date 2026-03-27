--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -72,1743 +72,1743 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (65)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (64)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Receptiveness of the wine industry to fungus-resistant grape varieties in the south of France</w:t>
+                <w:t xml:space="preserve">Xylitol Addition Enhances Generation Z Liking of Red Wine: A CATA and Penalty Analysis Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc-Antoine Dolet</w:t>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elie Maza</w:t>
+                <w:t xml:space="preserve">Julie Bornot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Geffroy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2026.60.1.9456⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sensory Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 41 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joss.70115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05132859v2</w:t>
+                <w:t xml:space="preserve">hal-05537282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xylitol Addition Enhances Generation Z Liking of Red Wine: A CATA and Penalty Analysis Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Receptiveness of the wine industry to fungus-resistant grape varieties in the south of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Dolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Maza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Chervin</w:t>
+                <w:t xml:space="preserve">Yves Y. Le Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Bornot</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Caroline Paire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sensory Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 41 (1), </w:t>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 60 (1), pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/joss.70115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2026.60.1.9456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05537282v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05132859v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stomatal Movement Examination: A New Model to Reveal Interactions Between Grapevine and Phaeomoniella chlamydospora, an Esca-Associated Pathogen</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A novel application of the consumer rejection threshold method to the design of binary red wine blends prepared from traditional and fungus-resistant varieties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Paire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nasandratriniavo Fehizoro Rakotoniaina</w:t>
+                <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Vander Cruyssen</w:t>
+                <w:t xml:space="preserve">Alain Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Romeo-Oliván</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alban Jacques</w:t>
+                <w:t xml:space="preserve">Audrey Arino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Growth Regulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00344-025-11700-z⟩</w:t>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 59 (2), pp.8484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2025.59.2.8484⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05019180v1</w:t>
+                <w:t xml:space="preserve">hal-05129974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscat is not dead: A sensory study of young adults’ olfactory appreciation revealed a marked preference for terpenic dry white wines made from this underrated variety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Carlier</w:t>
+                <w:t xml:space="preserve">Marianne Gosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Gosset</w:t>
+                <w:t xml:space="preserve">Magali Peter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Volmerange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OENO One</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 59 (4), pp.9497. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20870/oeno-one.2025.59.4.9497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05507442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential of ethanol to reduce grapevine transpiration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neila Ait Kaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neila Ait Kaci</w:t>
+                <w:t xml:space="preserve">Béatrice Quinquiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Quinquiry</w:t>
+                <w:t xml:space="preserve">Alice Diot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Diot</w:t>
+                <w:t xml:space="preserve">Olivier Yobregat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OENO One</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 59 (1), pp.8445. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20870/oeno-one.2025.59.1.8445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05061271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel application of the consumer rejection threshold method to the design of binary red wine blends prepared from traditional and fungus-resistant varieties</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Changes in Young Adults’ Perception of an Interspecific Hybrid Grape Juice Induced by the Addition of Acid or Sugar as Part of a Novel Diversification Strategy for the Grape Industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgia Lytra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Maza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bornot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2025.59.2.8484⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (7), pp.1170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods14071170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05129974v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05010215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in Young Adults’ Perception of an Interspecific Hybrid Grape Juice Induced by the Addition of Acid or Sugar as Part of a Novel Diversification Strategy for the Grape Industry</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Ethanol, a simple and inexpensive biological product, triggers multiple responses in grapevines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Payan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods14071170⟩</w:t>
+              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2025.9762⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05010215v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethanol, a simple and inexpensive biological product, triggers multiple responses in grapevines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Chervin</w:t>
+                <w:t xml:space="preserve">Responses of grapevine cells to physiological doses of ethanol, including induced resistance to heat stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Madignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Di Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Payan</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Maza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2025.9762⟩</w:t>
+              <w:t xml:space="preserve">Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (6), pp.1187-1201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/plb.70064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05435245v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Responses of grapevine cells to physiological doses of ethanol, including induced resistance to heat stress</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stomatal Movement Examination: A New Model to Reveal Interactions Between Grapevine and Phaeomoniella chlamydospora, an Esca-Associated Pathogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Madignier</w:t>
+                <w:t xml:space="preserve">Nasandratriniavo Fehizoro Rakotoniaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Di Valentin</w:t>
+                <w:t xml:space="preserve">Anaïs Vander Cruyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Djari</w:t>
+                <w:t xml:space="preserve">Ana Romeo-Oliván</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Maza</w:t>
+                <w:t xml:space="preserve">Alban Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (6), pp.1187-1201. </w:t>
+              <w:t xml:space="preserve">Journal of Plant Growth Regulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/plb.70064⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00344-025-11700-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05435264v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formula 20 Un dispositif pédagogique innovant pour faciliter l’apprentissage de l’assemblage et de l’analyse sensorielle du vin par les étudiants</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Postharvest lipidomics of lettuce leaves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Schilling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Cussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Postharvest Biology and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 212, pp.112869. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.postharvbio.2024.112869⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04995921v1</w:t>
+                <w:t xml:space="preserve">hal-04638996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Responses of animals and plants to physiological doses of ethanol: a molecular messenger of hypoxia?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Leviers et freins à l’adoption des nouvelles variétés de vigne par les producteurs : un cas d’étude sur un territoire pilote du Nord-Est des États-Unis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foued Cheriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Hannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 190, pp.1-4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04641931v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04557292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leviers et freins à l’adoption des nouvelles variétés de vigne par les producteurs : un cas d’étude sur un territoire pilote du Nord-Est des États-Unis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Responses of animals and plants to physiological doses of ethanol: a molecular messenger of hypoxia?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Groth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FEBS Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 291 (6), pp.1102-1110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/febs.17056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04557292v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04641931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postharvest lipidomics of lettuce leaves</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Formula 20 Un dispositif pédagogique innovant pour faciliter l’apprentissage de l’assemblage et de l’analyse sensorielle du vin par les étudiants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Postharvest Biology and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 191, pp.51-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.postharvbio.2024.112869⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04638996v1</w:t>
+                <w:t xml:space="preserve">hal-04995921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resumption of the planting of grapevine varieties in France, referred to as &amp;quot;disease-resistant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Antoine Dolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Paire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Le Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 25 September 2024, pp.8261. </w:t>
@@ -1974,252 +1974,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04704363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethylene Impact on Grapevine Pistil Temperature and Fruit Set</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comparison of Check-All-That-Apply and Adapted-Pivot-Test methods for wine sensory characterization with a panel of untrained students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Nougarède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Maza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Olivier-Salvagnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Growth Regulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00344-023-10942-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sensory Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (5), pp.e12862. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joss.12862⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04704365v1</w:t>
+                <w:t xml:space="preserve">hal-04091312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Check-All-That-Apply and Adapted-Pivot-Test methods for wine sensory characterization with a panel of untrained students</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ethylene Impact on Grapevine Pistil Temperature and Fruit Set</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sensory Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 38 (5), pp.e12862. </w:t>
+              <w:t xml:space="preserve">Journal of Plant Growth Regulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42 (9), pp.5433-5437. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/joss.12862⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00344-023-10942-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04091312v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pollen viability, longevity, and function in angiosperms: key drivers and prospects for improvement</w:t>
               </w:r>
@@ -2231,51 +2231,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rasha Althiab-Almasaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2387,51 +2387,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Magro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Nougarede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Maza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sensory Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 37 (5), pp.e12779. </w:t>
@@ -2629,51 +2629,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rasha Althiab‐almasaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Maza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Djari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2731,5558 +2731,5441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03246733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1‐Aminocyclopropane‐1‐carboxylic acid stimulates tomato pollen tube growth independently of ethylene receptors</w:t>
+                <w:t xml:space="preserve">1-Aminocyclopropane-1-carboxylic acid stimulates tomato pollen tube growth independently of ethylene receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rasha Althiab-Almasaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huguette Sallanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caren Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiologia Plantarum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 173 (4), pp.2291-2297. </w:t>
+              <w:t xml:space="preserve">, 2021, Transcriptional and post‐transcriptional mechanisms regulating salt tolerance, 173 (4), pp.2291-2297. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ppl.13579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04704483v1</w:t>
+                <w:t xml:space="preserve">hal-03467840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1-Aminocyclopropane-1-carboxylic acid stimulates tomato pollen tube growth independently of ethylene receptors</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Des notes végétales associées à l’IBMP pas si indésirables...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Armario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fourrure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 180, pp.46-47</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03467840v1</w:t>
+                <w:t xml:space="preserve">hal-04996149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des notes végétales associées à l’IBMP pas si indésirables...</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Grégory Pasquier</w:t>
+                <w:t xml:space="preserve">Phytohormone production by the arbuscular mycorrhizal fungus Rhizophagus irregularis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bécard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soizic Rochange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (10), pp.e0240886. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0240886⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04996149v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethanol, at physiological concentrations, affects ethylene sensing in tomato germinating seeds and seedlings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rasha Althiab Almasaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Carrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Desbrosses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brad M. Binder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 291, pp.110368. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plantsci.2019.110368⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02874943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roles of SlETR7, a newly discovered ethylene receptor, in tomato plant and fruit development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guojian Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celeste Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meiying Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brad M. Binder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Horticulture research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41438-020-0239-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02625986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auxin and ethylene regulation of fruit set</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing An</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rasha Althiab Almasaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Bouzayen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Zouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 292, pp.110381. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.plantsci.2019.110381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02538358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytohormone production by the arbuscular mycorrhizal fungus Rhizophagus irregularis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Soizic Rochange</w:t>
+                <w:t xml:space="preserve">3-Isobutyl-2-methoxypyrazine is neutrally perceived by consumers at usual concentrations in French Sauvignon and Fer wines from the Gaillac area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Armario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fourure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 54 (4), pp.1133 - 1142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2020.54.4.4492⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0240886⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02993285v1</w:t>
+                <w:t xml:space="preserve">hal-03104324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3-Isobutyl-2-methoxypyrazine is neutrally perceived by consumers at usual concentrations in French Sauvignon and Fer wines from the Gaillac area</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Should Starch Metabolism Be a Key Point of the Climacteric vs. Non-climacteric Fruit Definition?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.609189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2020.609189⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2020.54.4.4492⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03104324v1</w:t>
+                <w:t xml:space="preserve">hal-03102732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Should Starch Metabolism Be a Key Point of the Climacteric vs. Non-climacteric Fruit Definition?</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Endosymbiotic Sinorhizobium meliloti modulate Medicago root susceptibility to secondary infection via ethylene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Sorroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilda Walch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lan Zou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Rengel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 223 (3), pp.1505-1515. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.15883⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2020.609189⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03102732v1</w:t>
+                <w:t xml:space="preserve">hal-02181509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endosymbiotic Sinorhizobium meliloti modulate Medicago root susceptibility to secondary infection via ethylene</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ethanol sprays to release grapevine bud dormancy: a potential alternative to cyanamides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fennell</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53 (4), pp.661-666. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2019.53.4.2497⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.15883⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02181509v1</w:t>
+                <w:t xml:space="preserve">hal-02445999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethanol sprays to release grapevine bud dormancy: a potential alternative to cyanamides</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Targeted Proteomics Allows Quantification of Ethylene Receptors and Reveals SlETR3 Accumulation in Never-Ripe Tomatoes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Rofidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Hem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Nosarzewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2019.01054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2019.53.4.2497⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02445999v1</w:t>
+                <w:t xml:space="preserve">hal-02403498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted Proteomics Allows Quantification of Ethylene Receptors and Reveals SlETR3 Accumulation in Never-Ripe Tomatoes</w:t>
+                <w:t xml:space="preserve">Ethylene receptors and related proteins in climacteric and non-climacteric fruits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Joanna Nosarzewska</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Grimplet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Diego Castellarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Terol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 276, pp.63-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plantsci.2018.07.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2019.01054⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02403498v1</w:t>
+                <w:t xml:space="preserve">hal-02539566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethylene receptors signal via a noncanonical pathway to regulate abscisic acid responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arkadipta Bakshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarbottam Piya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica C. Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Hewesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 176 (1), pp.910-929. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.17.01321⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02623289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethylene receptors and related proteins in climacteric and non-climacteric fruits</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Javier Terol</w:t>
+                <w:t xml:space="preserve">Ethylene stimulates growth and affects fatty acid content of Synechocystis sp. PCC 6803</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Le Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Alignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Luniov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26, pp.234-239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.algal.2017.07.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plantsci.2018.07.012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02539566v1</w:t>
+                <w:t xml:space="preserve">hal-01602257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethylene stimulates growth and affects fatty acid content of Synechocystis sp. PCC 6803</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ana Luniov</w:t>
+                <w:t xml:space="preserve">The Pseudomonas fluorescens Siderophore Pyoverdine Weakens Arabidopsis thaliana Defense in Favor of Growth in Iron-Deficient Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Trapet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Avoscan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Klinguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pateyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Citerne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, vol. 171 (n° 1), pp. 675-693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.15.01537⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.algal.2017.07.032⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01602257v1</w:t>
+                <w:t xml:space="preserve">hal-01636086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pseudomonas fluorescens Siderophore Pyoverdine Weakens Arabidopsis thaliana Defense in Favor of Growth in Iron-Deficient Conditions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ethylene control of fruit ripening: revisiting the complex network of transcriptional regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingchun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pirrello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Roustan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Bouzayen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, vol. 171 (n° 1), pp. 675-693. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 169 (4), pp.2380-2390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.15.01361⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1104/pp.15.01537⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01636086v1</w:t>
+                <w:t xml:space="preserve">hal-02636936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carotenoid accumulation during tomato fruit ripening is modulated by the auxin-ethylene balance</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ethanol application at veraison decreases acidity in Cabernet Sauvignon grapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashraf El-Kereamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Ollat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Plant Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12870-015-0495-4⟩</w:t>
+              <w:t xml:space="preserve">Vitis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5073/vitis.2002.41.155-156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01177970v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethylene control of fruit ripening: revisiting the complex network of transcriptional regulation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">The Aux/IAA, Sl-IAA17 regulates quality parameters over tomato fruit development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li-Ying Sung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Audran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Bouzayen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Roustan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mondher Bouzayen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.15.01361⟩</w:t>
+              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15592324.2015.1071001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02636936v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02632541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethanol application at veraison decreases acidity in Cabernet Sauvignon grapes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carotenoid accumulation during tomato fruit ripening is modulated by the auxin-ethylene balance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Ollat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Liyan Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianfranco Diretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Purgatto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïda Danoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Zouine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vitis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5073/vitis.2002.41.155-156⟩</w:t>
+              <w:t xml:space="preserve">BMC Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, vol. 15, pp. 1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12870-015-0495-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04704742v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01177970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Aux/IAA, Sl-IAA17 regulates quality parameters over tomato fruit development</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId206" w:history="1">
+                <w:t xml:space="preserve">The Auxin Sl-IAA17 Transcriptional Repressor Controls Fruit Size Via the Regulation of Endoreduplication-Related Cell Expansion.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liyan Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Cheniclet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 26 (n° 11), pp. 1969-1976. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcu124⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15592324.2015.1071001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02632541v1</w:t>
+                <w:t xml:space="preserve">hal-01335934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Auxin Sl-IAA17 Transcriptional Repressor Controls Fruit Size Via the Regulation of Endoreduplication-Related Cell Expansion.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Cheniclet</w:t>
+                <w:t xml:space="preserve">Manipulation of flavour and aroma compound sequestration and release using a glycosyltransferase with specificity for terpene alcohols.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yar-Khing Yauk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ged</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mindy Y. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam J. Matich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Tessarotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 80 (2), pp.317-330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.12634⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/pcp/pcu124⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01335934v1</w:t>
+                <w:t xml:space="preserve">hal-01335929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manipulation of flavour and aroma compound sequestration and release using a glycosyltransferase with specificity for terpene alcohols.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lydie Tessarotto</w:t>
+                <w:t xml:space="preserve">Study on differential expression of 1-aminocyclopropane-1-carboxylic acid oxidase genes in table grape cv. Thompson Seedless</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Munoz-Robredo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orianne Gudenschwager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinaldo Campos-Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio González-Agüero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Postharvest Biology and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Vol. 76, pp. 163-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.postharvbio.2012.10.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tpj.12634⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01335929v1</w:t>
+                <w:t xml:space="preserve">hal-00906318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Under-expression of the Auxin Response Factor Sl-ARF4 improves post-harvest behavior of tomato fruits</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Rapid phenotyping of the tomato fruit model, Micro-Tom, with a portable VISeNIR spectrometer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ecarnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulina Bączyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Tessarotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Zouine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4161/psb.25647⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, vol. 170, pp. 159-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2013.05.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00985801v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00857507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study on differential expression of 1-aminocyclopropane-1-carboxylic acid oxidase genes in table grape cv. Thompson Seedless</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">SlARF4, an auxin response factor involved in the control of sugar metabolism during tomato fruit development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Sagar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mauricio González-Agüero</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanwei Hao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Postharvest Biology and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.postharvbio.2012.10.006⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 161 (3), pp.1362-1374. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.113.213843⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00906318v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02648494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid phenotyping of the tomato fruit model, Micro-Tom, with a portable VISeNIR spectrometer</w:t>
+                <w:t xml:space="preserve">Under-expression of the Auxin Response Factor Sl-ARF4 improves post-harvest behavior of tomato fruits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Ecarnot</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Maha Sagar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Roustan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Bouzayen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Zouine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2013.05.019⟩</w:t>
+              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, vol. 8 (10), pp.e25647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4161/psb.25647⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00857507v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00985801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SlARF4, an auxin response factor involved in the control of sugar metabolism during tomato fruit development</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Roustan</w:t>
+                <w:t xml:space="preserve">Gas Chromatography–Olfactometry Analyses of Volatiles Produced by ‘Fallglo’ and ‘US Early Pride’ Tangerines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Leclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Plotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greg Mccollum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinhe Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Biotteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the Florida State Horticultural Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 125, pp.264-271</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1104/pp.113.213843⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02648494v1</w:t>
+                <w:t xml:space="preserve">hal-01335780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gas Chromatography–Olfactometry Analyses of Volatiles Produced by ‘Fallglo’ and ‘US Early Pride’ Tangerines</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alice Biotteau</w:t>
+                <w:t xml:space="preserve">Functional characterization of SlscADH1, a fruit-ripening associated short-chain alcohol dehydrogenase of tomato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanane Moummou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libert Brice Tonfack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Benichou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Youmbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Florida State Horticultural Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, vol. 169 (15), pp. 1435-1444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jplph.2012.06.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335780v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00780274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional characterization of SlscADH1, a fruit-ripening associated short-chain alcohol dehydrogenase of tomato</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Characterisation of two alcohol acyltransferases from kiwifruit (&amp;lt;em&amp;gt;Actinidia&amp;lt;/em&amp;gt; spp.) reveals distinct substrate preferences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catrin S. Günther</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken B. Marsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard D. Newcomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige J. F. Souleyre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Phytochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 72 (8), pp.700-710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phytochem.2011.02.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jplph.2012.06.007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00780274v1</w:t>
+                <w:t xml:space="preserve">hal-02648925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of two alcohol acyltransferases from kiwifruit (&amp;lt;em&amp;gt;Actinidia&amp;lt;/em&amp;gt; spp.) reveals distinct substrate preferences</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chloroplast to chromoplast transition in tomato fruit: spectral confocal microscopy analyses of carotenoids and chlorophylls in isolated plastids and time-lapse recording on intact live tissue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Egea Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wanping Bian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Barsan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jauneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Pech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 108 (2), pp.291 - 297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcr140⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.phytochem.2011.02.026⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02648925v1</w:t>
+                <w:t xml:space="preserve">hal-02652993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloroplast to chromoplast transition in tomato fruit: spectral confocal microscopy analyses of carotenoids and chlorophylls in isolated plastids and time-lapse recording on intact live tissue</w:t>
+                <w:t xml:space="preserve">Metabolic and molecular events occurring during chromoplast biogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabel Egea Sanchez</w:t>
+                <w:t xml:space="preserve">Wanping Bian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wanping Bian</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cristina Barsan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Pech</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Egea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Purgatto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Journal of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2011/289859⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/aob/mcr140⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02652993v1</w:t>
+                <w:t xml:space="preserve">hal-02643389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic and molecular events occurring during chromoplast biogenesis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christian Chervin</w:t>
+                <w:t xml:space="preserve">Predicting the substrate specificity of a glycosyltransferase implicated in the production of phenolic volatiles in tomato fruit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Louveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Leitao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sol Green</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Hamiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît van Der Rest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Botany</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FEBS Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 278 (2), pp.390 - 400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1742-4658.2010.07962.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2011/289859⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02643389v1</w:t>
+                <w:t xml:space="preserve">hal-02652107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting the substrate specificity of a glycosyltransferase implicated in the production of phenolic volatiles in tomato fruit</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoît van Der Rest</w:t>
+                <w:t xml:space="preserve">Ethylene and other stimuli affect expression of the UDP glucose-flavonoid 3-O-glucosyltransferase in non-climacteric grape cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arack Tira-Umphom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chatelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jauneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.K. Boss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vitis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 48 (1), pp.11-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5073/vitis.2009.48.11-16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1742-4658.2010.07962.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02652107v1</w:t>
+                <w:t xml:space="preserve">hal-02657568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethylene and other stimuli affect expression of the UDP glucose-flavonoid 3-O-glucosyltransferase in non-climacteric grape cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Stimulation of the grape berry expansion by ethylene and effects on related gene transcripts, over the ripening phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arack Tira-Umphom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">P.K. Boss</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy N. Terrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Zouine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Severac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vitis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 134 (3), pp.534-546. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1399-3054.2008.01158.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5073/vitis.2009.48.11-16⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02657568v1</w:t>
+                <w:t xml:space="preserve">hal-02663626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stimulation of the grape berry expansion by ethylene and effects on related gene transcripts, over the ripening phase</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">The stimulation by ethylene of the UDP glucose-flavonoid 3-O-glucosyltransferase (UFGT) in grape tissues is independent from the MybA transcription factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1399-3054.2008.01158.x⟩</w:t>
+              <w:t xml:space="preserve">Vitis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 46, pp.210-211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5073/vitis.2007.46.210-211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02663626v1</w:t>
+                <w:t xml:space="preserve">hal-04704623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The stimulation by ethylene of the UDP glucose-flavonoid 3-O-glucosyltransferase (UFGT) in grape tissues is independent from the MybA transcription factors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Influence of ethylene on sucrose accumulation in grape berry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Terrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Ageorges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ribes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tira Kuapunyakoon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vitis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Journal of Enology and Viticulture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 57 (4), pp.511-513</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5073/vitis.2007.46.210-211⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04704623v1</w:t>
+                <w:t xml:space="preserve">hal-03482051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethylene and grape berry ripening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mailhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stewart Postharvest Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 2 (2), pp.1-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2212/spr.2006.2.7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03608216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of ethylene on sucrose accumulation in grape berry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Ethanol vapours limit Botrytis development over the postharvest life of table grapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Tira Kuapunyakoon</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Westercamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Monteils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Enology and Viticulture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 57 (4), pp.511-513</w:t>
+              <w:t xml:space="preserve">Postharvest Biology and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, vol. 36 n°3., pp. 319-322 available on : http://oatao.univ-toulouse.fr/86/1/chervin_86.pdf</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03482051v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00467136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethanol vapours limit Botrytis development over the postharvest life of table grapes</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Involvement of ethylene signalling in a non-climacteric fruit: new elements regarding the regulation of ADH expression in grapevine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Tesniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Pradal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashraf El-Kereamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Torregrosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chatelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Postharvest Biology and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, vol. 55 n° 406. (406), 2235-2240 available on : http://oatao.univ-toulouse.fr/85/3/Chervin_85.pdf. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erh244⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00467136v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00450161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethylene seems required for the berry development and ripening in grape, a non-climacteric fruit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashraf El-Kereamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Latché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, vol. 167 n° 6., 1301-1305 available on : http://oatao.univ-toulouse.fr/38/2/Chervin_38.pdf</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00467128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of ethylene signalling in a non-climacteric fruit: new elements regarding the regulation of ADH expression in grapevine</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId201" w:history="1">
+                <w:t xml:space="preserve">Control of anthocyanin biosynthesis pathway gene expression by eutypine, a toxin from Eutypa lata, in grape cell tissue cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Afifi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashraf El-Kereamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Chatelet</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Carmen Monje</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 160 (8), pp.971-975. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1078/0176-1617-00921⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/erh244⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00450161v1</w:t>
+                <w:t xml:space="preserve">hal-02058618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of anthocyanin biosynthesis pathway gene expression by eutypine, a toxin from Eutypa lata, in grape cell tissue cultures</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Exogenous ethylene stimulates the long-terme expression of genes related to anthocyanin biosynthesis in grape berries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. El-Kereamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Carmen Monje</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Roustan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique V. Cheynier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Souquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 119 (2), pp.175-182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1034/j.1399-3054.2003.00165.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1078/0176-1617-00921⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02058618v1</w:t>
+                <w:t xml:space="preserve">hal-02670038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exogenous ethylene stimulates the long-terme expression of genes related to anthocyanin biosynthesis in grape berries</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Ethanol triggers grape gene expression leading to anthocyanin accumulation during berry ripening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashraf El-Kereamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J.M. Souquet</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Souquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Moutounet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Carmen Monje</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1034/j.1399-3054.2003.00165.x⟩</w:t>
+              <w:t xml:space="preserve">Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 163 (3), pp.449-454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0168-9452(02)00142-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02670038v1</w:t>
+                <w:t xml:space="preserve">hal-02064553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethanol triggers grape gene expression leading to anthocyanin accumulation during berry ripening</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Ethanol application at veraison decreases acidity in Cabernet Sauvignon grapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...92 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. El-Kereamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">A. El-Kereamy</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Ibrahim</w:t>
+                <w:t xml:space="preserve">M. Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vitis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 41 (3), pp.155-156</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02677928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8292,1581 +8175,1581 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opportunities and challenges in the adoption of new grape varieties by producers: a case study from the Northeastern United</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valérie Olivier-Salvagnac</w:t>
+                <w:t xml:space="preserve">Postharvest lipidomics of lettuce leaves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Schilling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45. World Congress of Vine and Wine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ministère de l'Agriculture, de la Souveraineté alimentaire et de la Forêt; International Organisation of Vine and Wine (OIV), Oct 2024, Dijon, France</w:t>
+              <w:t xml:space="preserve">European Horticulture Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISHS, May 2024, Bucarest (Romania), Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04746428v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postharvest lipidomics of lettuce leaves</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Charles</w:t>
+                <w:t xml:space="preserve">Opportunities and challenges in the adoption of new grape varieties by producers: a case study from the Northeastern United</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foued Cheriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Hannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Olivier-Salvagnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Horticulture Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISHS, May 2024, Bucarest (Romania), Romania</w:t>
+              <w:t xml:space="preserve">45. World Congress of Vine and Wine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ministère de l'Agriculture, de la Souveraineté alimentaire et de la Forêt; International Organisation of Vine and Wine (OIV), Oct 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05495519v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04746428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opportunities and challenges in the adoption of new grape varieties by producers: a case study from the Northeastern United States</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Hannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Olivier-Salvagnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Journée de Recherche en Marketing du Vin (JRMV2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04344025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra-low doses of ethylene and ethephon increase fruit set in Vitis vinifera L. Malbec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ème Congrès International GiESCO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Ithaca (NY), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05007319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the conceptualization and practices linked to peppery notes in Syrah red wines by French winemakers from different regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Siebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Siebert</w:t>
+                <w:t xml:space="preserve">E. Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Guyot</w:t>
+                <w:t xml:space="preserve">F. Gazagnadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Henon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ème Congrès International GiESCO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Ithaca (NY), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05007360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishment of a cell model to study molecular interactions between grapevine and Esca-associated pathogen</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating the impact of grape exposure and UV radiations on rotundone in Vitis vinifera L. cv. Tardif grapes under field trial conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Baerenzung Dit Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Rakotoniaina</w:t>
+                <w:t xml:space="preserve">Chloé Cuif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Breton</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alban Jacques</w:t>
+                <w:t xml:space="preserve">Carole Feilhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Workshop on Grapevine Trunk Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Mikulov, Czech Republic</w:t>
+              <w:t xml:space="preserve">XIVth International Terroir Congress 2nd ClimWine Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05029531v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04996113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the impact of grape exposure and UV radiations onrotundone in Vitis vinifera L. cv. Tardif grapes underfield trial conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Baerenzung Dit Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Baerenzung Dit Baron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Chervin</w:t>
+                <w:t xml:space="preserve">C. Cuif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Feilhès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Terroir Congress, 2nd ClimWine Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05018860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the impact of grape exposure and UV radiations on rotundone in Vitis vinifera L. cv. Tardif grapes under field trial conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Geffroy</w:t>
+                <w:t xml:space="preserve">Establishment of a cell model to study molecular interactions between grapevine and Esca-associated pathogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Rakotoniaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Baerenzung Dit Baron</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">C. Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Tessarotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Carole Feilhes</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIVth International Terroir Congress 2nd ClimWine Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">12th International Workshop on Grapevine Trunk Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Mikulov, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04996113v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05029531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etablishment of a cell model to study molecular interactions between grapevine and Esca-associated pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rakotoniaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tessarotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Workshop on Grapevine Trunk Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Mikulov, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05019155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gas chromatography–olfactometry analyses of volatiles produced by ‘Fallglo’ and ‘US Early Pride’ tangerines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Leclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clotilde Leclair</w:t>
+                <w:t xml:space="preserve">Anne Plotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Plotto</w:t>
+                <w:t xml:space="preserve">Greg Mccollum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Greg Mccollum</w:t>
+                <w:t xml:space="preserve">Jinhe Bai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Biotteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">125. Annual Meeting of the Florida State Horticultural Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Delray Beach, Floride, United States. 400 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02747476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence du 1-MCP sur la maturation du cabernet sauvignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Tesniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. El-Kereamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. International symposium of GESCO (Groupe d'Etude des Systèmes de COnduite de la vigne)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2005, Geisenheim, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of expression of ripening-related gene in berries and suspension cells of cabernet sauvignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Tesniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Verries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Pradal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. El-Kereamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Torregrosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Symposium on Grape Physiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2004, Davis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02760979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of expression of a ripening-related gene in berries and suspension cells of Cabernet Sauvignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Tesniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Verries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Pradal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. El-Kereamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Torregrosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Integrative biology: dissecting cross talk between plant signalling pathway</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2004, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02760145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9876,341 +9759,341 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Responses of grapevine cells to physiological doses of ethanol, including induced resistance to heat stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Diot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Madignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Madignier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Olivia Di Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Djari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Maza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 23rd GiESCO congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Geisenheim, Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05257452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hormones in endomycorrhizal symbiosis: Study of the production and transfer of (phyto)hormones by endomycorrhizal fungi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bécard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frei Dit Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Molecular Mycorrhiza Meeting IMMM 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Torino, Italy. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of ethylene receptors in tomato fruit set</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rasha Almasaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frei Dit Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Mollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10229,51 +10112,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd International Conference on Plant Growth Substances (IPGSA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02183078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10283,165 +10166,165 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fruits et légumes dans l'alimentation : enjeux et déterminants de la consommation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Combris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre P. Combris</w:t>
+                <w:t xml:space="preserve">Marie Josèphe Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Josèphe Amiot</w:t>
+                <w:t xml:space="preserve">Pascale Baberger-Gateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Baberger-Gateau</w:t>
+                <w:t xml:space="preserve">Zouhair Bouhsina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zouhair Bouhsina</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">France Caillavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">France Caillavet</w:t>
-[...8 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Editions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 127 p., 2008, Expertise Collective, 978-2-7592-0083-2. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editions Quae</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.15454/n9ht-rg42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02824221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10451,445 +10334,445 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethylene and fruit ripening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meiying Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reference Module in Food Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsevier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 978-0-08-100596-5. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsevier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-08-100596-5.21256-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternatives to synthetic fungicides using small molecules of natural origin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Grapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Aked</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos H. Crisosto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Defence: Biological Control</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 412 p., 2012, Progress in Biological Control, 978-94-007-1932-3 978-94-007-1933-0. </w:t>
+              <w:t xml:space="preserve">Crop Post-Harvest: Science and Technology, Volume 3: Perishables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-94-007-1933-0_3⟩</w:t>
+                <w:t xml:space="preserve">Willey-Blackwell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 464 p., 2012, 978-0-632-05725-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781444354652.ch9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02809109v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02809117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grapes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Alternatives to synthetic fungicides using small molecules of natural origin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carlos H. Crisosto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crop Post-Harvest: Science and Technology, Volume 3: Perishables</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">Plant Defence: Biological Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer Science + Business Media B.V.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 412 p., 2012, Progress in Biological Control, 978-94-007-1932-3 978-94-007-1933-0. </w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Willey-Blackwell</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/9781444354652.ch9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-94-007-1933-0_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02809117v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02809109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Louis Teissedre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Health-Promoting Properties of Fruit and Vegetables</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CAB International</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 417 p., 2011, 978-1-84593-528-3 978-1-78064-422-6. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CAB International</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.1079/9781845935283.0154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02809378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10899,442 +10782,442 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Web tools to transform L*a*b* to chroma and hue angle, and reverse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Web tools that transform L*a*b* to chroma and hue angle (and vice versa), and that transform spectra to L*a*b* for liquids.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05479897v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05479897v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manipulation of&amp;lt;i&amp;gt;in planta&amp;lt;/i&amp;gt;ethylene levels modulates the metabolome of&amp;lt;i&amp;gt;Populus tremula x tremuloides&amp;lt;/i&amp;gt;in a microbial-dependent manner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Fracchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Fracchia</w:t>
+                <w:t xml:space="preserve">F Guinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Guinet</w:t>
+                <w:t xml:space="preserve">S Warion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Warion</w:t>
+                <w:t xml:space="preserve">M Bednareck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Bednareck</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">C Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05166098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postharvest lipidomics of lettuce leaves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Schilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Cussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04475576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Responses of animals and plants to physiological doses of ethanol: a way of sensing climate change?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Diot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Groth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04024504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId391"/>
+      <w:footerReference w:type="default" r:id="rId390"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11481,51 +11364,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132859v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Dolet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Maza" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geffroy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Le Fur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Paire" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2026.60.1.9456" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537282v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chervin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bornot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.70115" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019180v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasandratriniavo Fehizoro Rakotoniaina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Vander Cruyssen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Romeo-Oliv&#225;n" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jacques" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00344-025-11700-z" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05507442v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Carlier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Gosset" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Peter" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Volmerange" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2025.59.4.9497" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05061271v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neila Ait Kaci" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Quinquiry" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Diot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Yobregat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pellegrino" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2025.59.1.8445" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129974v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Cheriet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Samson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Arino" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2025.59.2.8484" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010215v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Lytra" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods14071170" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435245v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Payan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2025.9762" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435264v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Diot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Madignier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Di Valentin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djari" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maza" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.70064" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04995921v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641931v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Groth" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.17056" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557292v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hannin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Olivier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638996v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schilling" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cussac" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charles" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.postharvbio.2024.112869" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04709331v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Geffroy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2024.8261" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704363v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracey Siebert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guyot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gazagnadou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Henon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2024.58.1.7700" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704365v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00344-023-10942-z" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091312v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Nougar&#232;de" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Olivier-Salvagnac" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.12862" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04355938v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Althiab-Almasaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Teyssier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Johnson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Mollet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00497-023-00484-5" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839900v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Beaulieu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Giraud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magro" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Nougarede" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.12779" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02534964v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathas Pereira Gra&#231;as" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joni Esrom Lima" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;zaro Eust&#225;quio Pereira Peres" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jamet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dunand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00344-019-10060-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03246733v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Althiab&#8208;almasaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Chen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frasse" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15353" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704483v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huguette Sallanon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caren Chang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.13579" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467840v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04996149v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Armario" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Fontaine" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fourrure" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Pasquier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874943v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Althiab Almasaud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Carrie" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Desbrosses" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad M. Binder" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2019.110368" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625986v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guojian Hu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celeste Rodriguez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meiying Liu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41438-020-0239-y" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02538358v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing An" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Bouzayen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zouine" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2019.110381" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02993285v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pons" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fournier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume B&#233;card" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Rochange" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0240886" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03104324v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fourure" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2020.54.4.4492" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03102732v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.609189" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181509v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Sorroche" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Walch" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Zou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rengel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Maillet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15883" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445999v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fennell" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2019.53.4.2497" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403498v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Rofidal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Hem" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gil" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Nosarzewska" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.01054" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623289v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arkadipta Bakshi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarbottam Piya" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica C. Fernandez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Hewesi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.01321" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539566v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Grimplet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine David" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Diego Castellarin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Terol" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2018.07.012" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602257v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Henry" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Charton" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Alignan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maury" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Luniov" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2017.07.032" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636086v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Trapet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Avoscan" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Klinguer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pateyron" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Citerne" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01537" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01177970v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyan Su" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranco Diretto" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Purgatto" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;da Danoun" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-015-0495-4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636936v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingchun Liu" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pirrello" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Roustan" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01361" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704742v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf El-Kereamy" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ollat" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5073/vitis.2002.41.155-156" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632541v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Ying Sung" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Audran" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592324.2015.1071001" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335934v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bassa" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mila" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cheniclet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcu124" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335929v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yar-Khing Yauk" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ged" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mindy Y. Wang" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam J. Matich" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Tessarotto" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12634" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985801v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Sagar" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.25647" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906318v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Munoz-Robredo" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Gudenschwager" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Campos-Vargas" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Gonz&#225;lez-Ag&#252;ero" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.postharvbio.2012.10.006" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857507v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ecarnot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina B&#261;czyk" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2013.05.019" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648494v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanwei Hao" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.213843" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335780v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Leclair" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Plotto" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Mccollum" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinhe Bai" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Biotteau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780274v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Moummou" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libert Brice Tonfack" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benichou" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Youmbi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2012.06.007" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02648925v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catrin S. G&#252;nther" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken B. Marsh" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard D. Newcomb" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige J. F. Souleyre" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2011.02.026" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652993v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Egea Sanchez" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanping Bian" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Barsan" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Pech" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcr140" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643389v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Egea" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/289859" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652107v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Louveau" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Leitao" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol Green" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hamiaux" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t van Der Rest" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2010.07962.x" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657568v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arack Tira-Umphom" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chatelet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.K. Boss" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5073/vitis.2009.48.11-16" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663626v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy N. Terrier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Severac" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3054.2008.01158.x" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EE371CE734F34FDEFD6377241166861F12F7F9E7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704623v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5073/vitis.2007.46.210-211" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608216v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mailhac" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2212/spr.2006.2.7" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482051v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Terrier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ageorges" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ribes" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tira Kuapunyakoon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467136v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Westercamp" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Monteils" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467128v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Latch&#233;" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lamon" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450161v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tesniere" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pradal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Torregrosa" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erh244" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058618v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Afifi" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Legrand" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Carmen Monje" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1078/0176-1617-00921" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670038v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El-Kereamy" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Roustan" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Cheynier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Souquet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1034/j.1399-3054.2003.00165.x" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WQF7DLXQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064553v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Souquet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moutounet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-9452(02)00142-5" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677928v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ibrahim" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garcia" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dedieu" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746428v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495519v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baron" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cussac" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04344025v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05007319v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05007360v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Siebert" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guyot" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gazagnadou" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Henon" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05029531v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rakotoniaina" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Breton" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tessarotto" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018860v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baerenzung Dit Baron" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cuif" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Feilh&#232;s" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04996113v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baerenzung Dit Baron" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cuif" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Feilhes" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019155v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rakotoniaina" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747476v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762966v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760979v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Verries" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760145v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05257452v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Madignier" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Di Valentin" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736244v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Frei Dit Frey" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183078v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Almasaud" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824221v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Combris" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#232;phe Amiot" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Baberger-Gateau" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhair Bouhsina" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Caillavet" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inra.fr/les_partenariats/expertise/expertises_realisees/les_fruits_et_legumes_dans_l_alimentation_rapport_d_expertise" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/n9ht-rg42" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790014v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/referenceworks/9780081005965" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-100596-5.21256-0" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809109v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-1933-0" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-1933-0_3" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809117v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Aked" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos H. Crisosto" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eu.wiley.com/WileyCDA/WileyTitle/productCd-0632057254.html" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781444354652.ch9" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809378v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Teissedre" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1079/9781845935283.0000" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781845935283.0154" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479897v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05166098v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fracchia" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Guinet" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Warion" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bednareck" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chervin" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475576v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024504v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537282v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chervin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bornot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geffroy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.70115" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132859v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Dolet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Maza" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Le Fur" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Paire" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2026.60.1.9456" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129974v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Cheriet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Samson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Arino" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2025.59.2.8484" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05507442v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Carlier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Gosset" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Peter" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Volmerange" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2025.59.4.9497" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05061271v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neila Ait Kaci" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Quinquiry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Diot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Yobregat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pellegrino" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2025.59.1.8445" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010215v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Lytra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods14071170" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435245v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Payan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2025.9762" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435264v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Diot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Madignier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Di Valentin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djari" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maza" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.70064" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019180v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasandratriniavo Fehizoro Rakotoniaina" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Vander Cruyssen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Romeo-Oliv&#225;n" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jacques" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00344-025-11700-z" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638996v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baron" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schilling" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cussac" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charles" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.postharvbio.2024.112869" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04557292v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hannin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Olivier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641931v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Groth" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.17056" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04995921v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04709331v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Geffroy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2024.8261" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704363v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracey Siebert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guyot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gazagnadou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Henon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2024.58.1.7700" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091312v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Nougar&#232;de" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Olivier-Salvagnac" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.12862" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704365v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00344-023-10942-z" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04355938v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Althiab-Almasaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Teyssier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Johnson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Mollet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00497-023-00484-5" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839900v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Beaulieu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Giraud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magro" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Nougarede" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joss.12779" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02534964v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathas Pereira Gra&#231;as" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joni Esrom Lima" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;zaro Eust&#225;quio Pereira Peres" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jamet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dunand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00344-019-10060-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03246733v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Althiab&#8208;almasaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Chen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frasse" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15353" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467840v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huguette Sallanon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caren Chang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.13579" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04996149v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Armario" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Fontaine" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fourrure" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Pasquier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02993285v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pons" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fournier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume B&#233;card" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Rochange" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0240886" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874943v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Althiab Almasaud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Carrie" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Desbrosses" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad M. Binder" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2019.110368" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625986v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guojian Hu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celeste Rodriguez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meiying Liu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41438-020-0239-y" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02538358v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing An" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Bouzayen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zouine" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2019.110381" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03104324v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fourure" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2020.54.4.4492" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03102732v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.609189" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181509v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Sorroche" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Walch" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Zou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rengel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Maillet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15883" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445999v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fennell" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2019.53.4.2497" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403498v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Rofidal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Hem" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gil" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Nosarzewska" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.01054" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539566v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Grimplet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine David" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Diego Castellarin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Terol" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2018.07.012" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623289v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arkadipta Bakshi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarbottam Piya" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica C. Fernandez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Hewesi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.01321" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602257v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Henry" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Charton" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Alignan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maury" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Luniov" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2017.07.032" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636086v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Trapet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Avoscan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Klinguer" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pateyron" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Citerne" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01537" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636936v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingchun Liu" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pirrello" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Roustan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01361" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704742v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf El-Kereamy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ollat" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5073/vitis.2002.41.155-156" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632541v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Ying Sung" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Audran" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592324.2015.1071001" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01177970v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyan Su" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranco Diretto" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Purgatto" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;da Danoun" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-015-0495-4" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335934v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bassa" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mila" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cheniclet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcu124" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335929v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yar-Khing Yauk" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ged" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mindy Y. Wang" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam J. Matich" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Tessarotto" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12634" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906318v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Munoz-Robredo" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Gudenschwager" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Campos-Vargas" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Gonz&#225;lez-Ag&#252;ero" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.postharvbio.2012.10.006" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857507v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ecarnot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina B&#261;czyk" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2013.05.019" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648494v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Sagar" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanwei Hao" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.213843" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985801v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.25647" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335780v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Leclair" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Plotto" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Mccollum" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinhe Bai" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Biotteau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780274v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Moummou" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libert Brice Tonfack" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benichou" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Youmbi" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2012.06.007" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02648925v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catrin S. G&#252;nther" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken B. Marsh" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard D. Newcomb" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige J. F. Souleyre" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2011.02.026" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652993v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Egea Sanchez" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanping Bian" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Barsan" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Pech" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcr140" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643389v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Egea" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/289859" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652107v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Louveau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Leitao" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol Green" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hamiaux" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t van Der Rest" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2010.07962.x" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657568v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arack Tira-Umphom" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chatelet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.K. Boss" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5073/vitis.2009.48.11-16" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663626v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy N. Terrier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Severac" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3054.2008.01158.x" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EE371CE734F34FDEFD6377241166861F12F7F9E7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704623v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5073/vitis.2007.46.210-211" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482051v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Terrier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ageorges" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ribes" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tira Kuapunyakoon" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608216v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mailhac" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2212/spr.2006.2.7" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467136v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Westercamp" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Monteils" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450161v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tesniere" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pradal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Torregrosa" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erh244" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467128v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Latch&#233;" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lamon" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058618v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Afifi" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Legrand" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Carmen Monje" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1078/0176-1617-00921" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670038v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El-Kereamy" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Roustan" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Cheynier" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Souquet" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1034/j.1399-3054.2003.00165.x" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WQF7DLXQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064553v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Souquet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moutounet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-9452(02)00142-5" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677928v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ibrahim" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garcia" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dedieu" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495519v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baron" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cussac" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746428v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04344025v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05007319v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05007360v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Siebert" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guyot" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gazagnadou" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Henon" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04996113v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baerenzung Dit Baron" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cuif" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Feilhes" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018860v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baerenzung Dit Baron" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cuif" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Feilh&#232;s" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05029531v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rakotoniaina" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Breton" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tessarotto" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019155v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rakotoniaina" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747476v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762966v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760979v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Verries" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760145v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05257452v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Madignier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Di Valentin" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736244v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Frei Dit Frey" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183078v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Almasaud" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824221v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Combris" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#232;phe Amiot" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Baberger-Gateau" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhair Bouhsina" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Caillavet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inra.fr/les_partenariats/expertise/expertises_realisees/les_fruits_et_legumes_dans_l_alimentation_rapport_d_expertise" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/n9ht-rg42" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790014v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/referenceworks/9780081005965" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-100596-5.21256-0" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809117v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Aked" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos H. Crisosto" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eu.wiley.com/WileyCDA/WileyTitle/productCd-0632057254.html" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781444354652.ch9" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809109v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-1933-0" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-1933-0_3" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809378v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Teissedre" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1079/9781845935283.0000" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781845935283.0154" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479897v2" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05166098v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fracchia" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Guinet" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Warion" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bednareck" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chervin" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475576v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024504v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>