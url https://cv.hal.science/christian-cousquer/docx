--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -473,277 +473,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of immersive modules of safety and pilot equipment for practical works in Process Engineering Education</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Havet</w:t>
+                <w:t xml:space="preserve">Immersive technology for food science education: digital twin laboratory, safety and experimental modules for practical works</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebeca Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maité Sylla-Iyarreta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Pommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Guiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laure Bertrand</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th European Congress of Chemical Engineering and 7th European Congress of Applied Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">7th International ISEKI-FOOD conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISEKI FOOD association, Jul 2023, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05068901v1</w:t>
+                <w:t xml:space="preserve">hal-04527097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immersive technology for food science education: digital twin laboratory, safety and experimental modules for practical works</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marion Pommet</w:t>
+                <w:t xml:space="preserve">Development of immersive modules of safety and pilot equipment for practical works in Process Engineering Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Caqueret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Guiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Lagarde</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Haustant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International ISEKI-FOOD conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISEKI FOOD association, Jul 2023, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">14th European Congress of Chemical Engineering and 7th European Congress of Applied Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04527097v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05068901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An immersive twin of a chemistry lab in virtual reality: how to design and use VR in classroom</w:t>
               </w:r>
@@ -768,51 +768,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Koscielniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maité Sylla-Iyarreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Pommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Miquelard-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -893,51 +893,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Koscielniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maité Sylla-Iyarreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Pommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Miquelard-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1380,51 +1380,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EDUCAUSE 2022. Rapport de la délégation française</w:t>
+                <w:t xml:space="preserve">EDUCAUSE 2022 Rapport de la délégation française - FR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Augeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cousquer</w:t>
@@ -1498,51 +1498,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05530555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EDUCAUSE Annual Conference 2022. French Delegation Report - EN</w:t>
+                <w:t xml:space="preserve">EDUCAUSE 2022 French Delegation Report - EN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Augeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cousquer</w:t>
@@ -1734,51 +1734,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05530707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EDUCAUSE 2021. Rapport de la délégation française</w:t>
+                <w:t xml:space="preserve">EDUCAUSE 2021 Rapport de la délégation française - FR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Augeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cousquer</w:t>
@@ -1903,77 +1903,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CAP’VR, un projet collaboratif pour développer des travaux pratiques immersifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maité Sylla-Iyarreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Pommet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Miquelard Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sohayb Khaoulani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2184,51 +2184,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953084v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cousquer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Sylla-Iyarreta" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068955v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Caqueret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Havet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Guiga" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Haustant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bertrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802668v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alves" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Koscielniak" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Leveque" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Mergoil" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068901v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527097v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Garcia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pommet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lagarde" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069648v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Miquelard-Garnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069004v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069696v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Galichet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Debacq" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806739v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Auxepaules" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Michel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mejdi Bouchlaghem" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Naudin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Scalbert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802829v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benakli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Epelboin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530555v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Augeri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupr&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Flory" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Habert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530700v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530707v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530574v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488439v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Miquelard Garnier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohayb Khaoulani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953084v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cousquer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Sylla-Iyarreta" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068955v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Caqueret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Havet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Guiga" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Haustant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bertrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802668v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alves" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Koscielniak" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Leveque" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Mergoil" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527097v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Garcia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pommet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lagarde" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068901v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069648v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Miquelard-Garnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069004v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069696v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Galichet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Debacq" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806739v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Auxepaules" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Michel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mejdi Bouchlaghem" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Naudin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Scalbert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802829v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benakli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Epelboin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530555v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Augeri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupr&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Flory" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Habert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530700v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530707v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530574v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488439v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Miquelard Garnier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohayb Khaoulani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>