--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -2144,325 +2144,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00927306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rational description of the ion-beam shaping mechanism</w:t>
+                <w:t xml:space="preserve">SiOx /SiNy multilayers for photovoltaic and photonic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Rizza</w:t>
+                <w:t xml:space="preserve">Ramesh Pratibha Nalini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Coulon</w:t>
+                <w:t xml:space="preserve">Larysa Khomenkova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Khomenkov</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">I. Monnet</w:t>
+                <w:t xml:space="preserve">Olivier Debieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.035450⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (1), pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1556-276X-7-124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03748286v1</w:t>
+                <w:t xml:space="preserve">hal-01139850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SiOx /SiNy multilayers for photovoltaic and photonic applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rational description of the ion-beam shaping mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Rizza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramesh Pratibha Nalini</w:t>
+                <w:t xml:space="preserve">V. Khomenkov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Larysa Khomenkova</w:t>
+                <w:t xml:space="preserve">C. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Debieu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christian Dufour</w:t>
+                <w:t xml:space="preserve">I. Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 7 (1), pp.1-6. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86 (3), pp.035450. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1556-276X-7-124⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.035450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01139850v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03748286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Si-based multilayers for solar cell applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramesh Pratibha Nalini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2529,291 +2529,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01139277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing The Optical And Electrical Properties of Si-based Nanostructured Materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Marie</w:t>
+                <w:t xml:space="preserve">Electromagnetic modeling of waveguide amplifier based on Nd 3+ Si-rich SiO 2 layers by means of the ADE-FDTD method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Debieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fafin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Procedia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.egypro.2011.10.170⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (1), pp.1-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1556-276X-6-278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01139866v1</w:t>
+                <w:t xml:space="preserve">hal-01139823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic modeling of waveguide amplifier based on Nd 3+ Si-rich SiO 2 layers by means of the ADE-FDTD method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhancing The Optical And Electrical Properties of Si-based Nanostructured Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramesh Pratibha Nalini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panagiotis Dimitrakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 6 (1), pp.1-5. </w:t>
+              <w:t xml:space="preserve">Energy Procedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, European Materials Research Society ConferenceSymp. Advanced Inorganic Materials and Concepts for Photovoltaics, 10, pp.161-166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1556-276X-6-278⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.egypro.2011.10.170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01139823v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01139866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite tunnel magnetoresistance at the compensation point of Sm1xGdxAl2, a ferromagnetic electrode with zero magnetization Related Articles</w:t>
               </w:r>
@@ -3542,51 +3542,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rare-earth (Er,Nd)-doped Si nanostructures for integrated photonics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larysa Khomenkova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bréard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3644,273 +3644,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-00407916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon nanostructures for solar cell applications</w:t>
+                <w:t xml:space="preserve">Rare earth emitters coupled to Si nanoclusters in thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bréard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Georges Bremond</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Rizk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 159-160, pp.70-73</w:t>
+              <w:t xml:space="preserve">Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 31, pp.479-483</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-00407914v1</w:t>
+                <w:t xml:space="preserve">cea-00348142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rare earth emitters coupled to Si nanoclusters in thin films</w:t>
+                <w:t xml:space="preserve">Silicon nanostructures for solar cell applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Richard Rizk</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Resgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Bremond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 31, pp.479-483</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 159-160, pp.70-73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-00348142v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-00407914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stable HfO2-based Layers Fabricated by RF Magnetron Sputtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larysa Khomenkova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3981,497 +3981,497 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00432148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swift heavy ions effects in III–V nitrides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spectroscopic studies of Nd3+-doped silicon-rich silicon oxide films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bréard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Mansouri</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Monnet</w:t>
+                <w:t xml:space="preserve">Jean-Louis Doualan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 266, pp.2814-2818</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 146, pp.179-182</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-00305710v1</w:t>
+                <w:t xml:space="preserve">cea-00273383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic and electronic structure of silicon nanocrystals embedded in a silica matrix</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ngoc Bich Nguyen</w:t>
+                <w:t xml:space="preserve">Swift heavy ion effects in gallium nitride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mansouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Nouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 20, pp.455209</w:t>
+              <w:t xml:space="preserve">Int. J. Nanoelectronics and Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1, pp.101-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-00343932v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-00371869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectroscopic studies of Nd3+-doped silicon-rich silicon oxide films</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
+                <w:t xml:space="preserve">Swift heavy ions effects in III–V nitrides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mansouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Doualan</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Nouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 146, pp.179-182</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 266, pp.2814-2818</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-00273383v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-00305710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swift heavy ion effects in gallium nitride</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Marie</w:t>
+                <w:t xml:space="preserve">Atomic and electronic structure of silicon nanocrystals embedded in a silica matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc Bich Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Nouet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sébastien Petit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Int. J. Nanoelectronics and Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 1, pp.101-106</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 20, pp.455209</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-00371869v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-00343932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montmorillonite for clay-polymer nanocomposites: Intercalation of tailored compounds based on succinic anhydride, acid and acid salt derivatives—a review</w:t>
               </w:r>
@@ -4629,51 +4629,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Carrada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gourbilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Levalois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4771,51 +4771,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gourbilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Levalois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Vicens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5035,51 +5035,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gourbilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Choppinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Levalois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5168,51 +5168,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Room-temperature 1.54 μm photoluminescence from Er-doped Si-rich silica layers obtained by reactive magnetron sputtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gourbilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Levalois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5429,319 +5429,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Velocity effect on the damage creation in metals in the electronic stopping power regime</w:t>
+                <w:t xml:space="preserve">Modification by high energy ion irradiation of iron-alumina nano-composites.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z.G. Wang</w:t>
+                <w:t xml:space="preserve">Christophe Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ch. Dufour</w:t>
+                <w:t xml:space="preserve">Eric Dooryhée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Cabeau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">G. Fuchs</w:t>
+                <w:t xml:space="preserve">Marc Levalois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1996, 107 (1-4), pp.175-180. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/0168-583X(95)00851-9⟩</w:t>
+              <w:t xml:space="preserve">, 1996, 107 (1-4), pp.232-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0168-583X(95)01033-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02409549v1</w:t>
+                <w:t xml:space="preserve">hal-03485466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modification by high energy ion irradiation of iron-alumina nano-composites.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Velocity effect on the damage creation in metals in the electronic stopping power regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z.G. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ch. Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Laurent</w:t>
+                <w:t xml:space="preserve">B. Cabeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Dooryhée</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
+                <w:t xml:space="preserve">J. Dural</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Levalois</w:t>
+                <w:t xml:space="preserve">G. Fuchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1996, 107 (1-4), pp.232-238. </w:t>
+              <w:t xml:space="preserve">, 1996, 107 (1-4), pp.175-180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/0168-583X(95)01033-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/0168-583X(95)00851-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03485466v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5772,51 +5772,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nb (V, Nb/V)-Doped TiO2 Films as New Transparent Conducting Oxides Synthesized by a Novel ALD Process: Effect of Dopant Content and Growing Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Getaneh Diress Gesesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Debieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6531,925 +6531,925 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01133149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of New Kinds of Plasmonics Materials Through Swift Heavy Ion Shaping Technique</w:t>
+                <w:t xml:space="preserve">Nanostructured silicon and rare earth based gain media for compact infra-red light source: experimental and theoretical investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fafin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chuan-Hui Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Monnet</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Debieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Materials for Advanced Technologies (ICMAT 2013), Jun 2013, Suntec, Singapore</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MRS Singapore, Jun 2013, Singapour, Singapore</w:t>
+              <w:t xml:space="preserve">7th International Conference on Materials for Advanced Technologies (ICMAT 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Suntec, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01141517v1</w:t>
+                <w:t xml:space="preserve">hal-01141522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanostructured silicon and rare earth based gain media for compact infra-red light source: experimental and theoretical investigations</w:t>
+                <w:t xml:space="preserve">Development of New Kinds of Plasmonics Materials Through Swift Heavy Ion Shaping Technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Khomenkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fafin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Debieu</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Materials for Advanced Technologies (ICMAT 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Suntec, Singapore</w:t>
+              <w:t xml:space="preserve">7th International Conference on Materials for Advanced Technologies (ICMAT 2013), Jun 2013, Suntec, Singapore</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MRS Singapore, Jun 2013, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01141522v1</w:t>
+                <w:t xml:space="preserve">hal-01141517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field optical imaging of dielectric-loaded surface plasmon-polariton waveguides using optical feedback on erbium fiber laser</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electromagnetic modeling of plasmonic properties of gold nanoparticles embedded within a dielectric matrix deformed by swift heavy ions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fafin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Eugène Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Roblin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">C Dufour</w:t>
+                <w:t xml:space="preserve">Giancarlo Rizza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference: EOS Annual Meeting (EOSAM 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Aberdeen, United Kingdom. pp.1-2</w:t>
+              <w:t xml:space="preserve">3rd International Conference on Metamaterials, Photonic Crystals and Plasmonics META'12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01139795v1</w:t>
+                <w:t xml:space="preserve">hal-01141539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic modeling of plasmonic properties of gold nanoparticles embedded within a dielectric matrix deformed by swift heavy ions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Eugène Coulon</w:t>
+                <w:t xml:space="preserve">Near-field optical imaging of dielectric-loaded surface plasmon-polariton waveguides using optical feedback on erbium fiber laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Roblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giancarlo Rizza</w:t>
+                <w:t xml:space="preserve">H Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Conference on Metamaterials, Photonic Crystals and Plasmonics META'12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">Conference: EOS Annual Meeting (EOSAM 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Aberdeen, United Kingdom. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01141539v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01139795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Invited) Doped Rare Earth - Si Based Nanostructures for Photonic Applications</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Near-field optical imaging of plasmonic devices using heterodyne optical feedback on Er doped DFB fiber laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Roblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">219th ECS Meeting May 1 - May 6, 2011 Montreal, QC, Canada</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1149/MA2011-01/19/1245⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Optics FiO/LS 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, San Jose, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/FIO.2011.JWA28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04076784v1</w:t>
+                <w:t xml:space="preserve">hal-01139802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field optical imaging of plasmonic waveguides using heterodyne optical feedback on Er doped DFB fibre laser</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">(Invited) Doped Rare Earth - Si Based Nanostructures for Photonic Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Debieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chuan-Hui Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Conference on Lasers and Electro-Optics (CLEO_Europe)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Munich, Germany. pp.CK3_4, </w:t>
+              <w:t xml:space="preserve">219th ECS Meeting May 1 - May 6, 2011 Montreal, QC, Canada</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Montreal, Canada. pp.1245-1245, </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CLEOE.2011.5943223⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1149/MA2011-01/19/1245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01139809v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04076784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field optical imaging of plasmonic devices using heterodyne optical feedback on Er doped DFB fiber laser</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
+                <w:t xml:space="preserve">Near-field optical imaging of plasmonic waveguides using heterodyne optical feedback on Er doped DFB fibre laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Optics FiO/LS 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, San Jose, United States. </w:t>
+              <w:t xml:space="preserve">The European Conference on Lasers and Electro-Optics (CLEO_Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Munich, Germany. pp.CK3_4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/FIO.2011.JWA28⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CLEOE.2011.5943223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01139802v1</w:t>
+                <w:t xml:space="preserve">hal-01139809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real Time Hardware in the loop Facility for Shunt and serial Power Electronics benchmarking</w:t>
               </w:r>
@@ -7718,51 +7718,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A theoretical investigation of the optical gain in waveguide based on a silica matrix containing silicon nanograins and doped either with Nd3+ or with Er3+ ions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fafin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7962,51 +7962,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silicon Nanostructures for Photovoltaics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gourbilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramesh Pratibha Nalini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8181,51 +8181,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="45D24507"/>
+    <w:nsid w:val="0820AE98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8412,51 +8412,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christian-dufour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101868v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Rouviller" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Mezhoud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dufour" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Grygiel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike L&#252;ders" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0253471" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400444v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Misiak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meiling Zhang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chery" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.3c01642" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975207v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anusmita Chakravorty" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch Dufour" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambuj Mishra" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Kanjilal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debdulal Kabiraj" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ac9c13" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385850v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Budhi Singh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemant Jatav" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Umapathy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0063726" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374441v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Stodel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Toulemonde" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Fransen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Jacquot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cl&#233;ment" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202022905001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834949v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ehr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Bl&#225;zquez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blas Garrido" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Jadwisienczak" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/08503.0009ecst" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693044v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ehr&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labb&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dufour" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W M Jadwisienczak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Weimmerskirch-Aubatin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NR06139K" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823503v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Kobylko" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eug&#232;ne Coulon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Slablab" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fafin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cardin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.9.064038" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806452v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ehre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2018-01/16/1156" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833382v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Khomrenkov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Wang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aumayr" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aa547a" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528406v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dumont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizio Benzo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ing-Song Yu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2017.05.011" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834937v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Amici" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Clochard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep21116" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993306v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gourbilleau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.012296" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138057v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Zaarour" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Roz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biao Dong" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Retoux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Aad" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la5006743" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927306v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.024171" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748286v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rizza" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coulon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Khomenkov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dufour" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Monnet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.035450" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139850v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramesh Pratibha Nalini" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larysa Khomenkova" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Debieu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-7-124" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139277v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-6-156" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139866v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Dimitrakis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2011.10.170" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139823v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-6-278" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949054v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M da Silva" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Dumesnil" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hehn" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Pierre" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3597625" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464702v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ritter" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kowarik" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Meissl" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. El-Said" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maunoury" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517877v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. S&#252;ss" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440831v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Podhorodecki" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zatryb" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Misiewicz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139780v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Podhorodecki" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Misiewicz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3279688&#852;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00344068v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chausserie" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00407916v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Br&#233;ard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Rizk" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00407914v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Resgui" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Bremond" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00348142v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432148v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bonafos" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00305710v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mansouri" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marie" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Nouet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Monnet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00343932v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Bich Nguyen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Petit" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00273383v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Doualan" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00371869v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nouet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294581v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sibold" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Metzner" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lagr&#232;ve" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2007.02.006" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-86HQXJ0V-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368861v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carrada" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gourbilleau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Levalois" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rizk" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2004.08.035" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-37H8TNG5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368871v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vicens" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1655680" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368866v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Levalois" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Prassas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Garrido" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Moreno" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/16/36/028" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368888v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Choppinet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Madelon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2003.08.013" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CMWZ6H4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368917v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1604479" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368925v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Singh" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2003.08.049" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q1FXMVJP-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409549v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.G. Wang" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Dufour" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cabeau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dural" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fuchs" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0168-583X(95)00851-9" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AEC2583FAFE192BFB63212147B0491E055BA2BBD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485466v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laurent" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dooryh&#233;e" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Levalois" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0168-583X(95)01033-5" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0469CD78C2BDBDADE15E0F47F7AECC732F5DAB9D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384247v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getaneh Diress Gesesse" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Jolivet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Frilay" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duprey" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02291487mtgabs" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384348v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Miziak" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mezhoud" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02341669mtgabs" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792557v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Portier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/ma2020-01161064mtgabs" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409326v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076744v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133149v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2077611" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141517v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Khomenkov" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141522v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuan-Hui Liang" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139795v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Roblin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Girard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Laroche" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Gilles" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141539v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Rizza" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076784v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2011-01/19/1245" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139809v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cardin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE.2011.5943223" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139802v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/FIO.2011.JWA28" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490231v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Ocnasu" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik Bacha" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulian Munteanu" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633462v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Talbot" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Lard&#233;" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pareige" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-1111-D06-08-MM09-08" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158504v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114176v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-2572-6_2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631007v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Cristini-Robbe" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.panstanford.com/books/9789814669764.html#" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christian-dufour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101868v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Rouviller" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Mezhoud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dufour" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Grygiel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike L&#252;ders" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0253471" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400444v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Misiak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meiling Zhang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chery" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.3c01642" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975207v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anusmita Chakravorty" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch Dufour" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambuj Mishra" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Kanjilal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debdulal Kabiraj" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ac9c13" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385850v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Budhi Singh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemant Jatav" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Umapathy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0063726" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374441v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Stodel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Toulemonde" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Fransen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Jacquot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cl&#233;ment" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202022905001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834949v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ehr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Bl&#225;zquez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blas Garrido" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Jadwisienczak" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/08503.0009ecst" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693044v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ehr&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labb&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dufour" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W M Jadwisienczak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Weimmerskirch-Aubatin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NR06139K" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823503v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Kobylko" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eug&#232;ne Coulon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Slablab" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fafin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cardin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.9.064038" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806452v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ehre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2018-01/16/1156" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833382v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Khomrenkov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Wang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aumayr" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aa547a" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528406v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dumont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizio Benzo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ing-Song Yu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2017.05.011" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834937v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Amici" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Clochard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep21116" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993306v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gourbilleau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.012296" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138057v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Zaarour" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Roz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biao Dong" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Retoux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Aad" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la5006743" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927306v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.024171" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139850v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramesh Pratibha Nalini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larysa Khomenkova" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Debieu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-7-124" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748286v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rizza" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coulon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Khomenkov" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dufour" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Monnet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.035450" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139277v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-6-156" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139823v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-6-278" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139866v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Dimitrakis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2011.10.170" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949054v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M da Silva" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Dumesnil" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hehn" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Pierre" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3597625" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464702v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ritter" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kowarik" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Meissl" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. El-Said" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maunoury" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517877v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. S&#252;ss" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440831v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Podhorodecki" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zatryb" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Misiewicz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139780v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Podhorodecki" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Misiewicz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3279688&#852;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00344068v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chausserie" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00407916v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Br&#233;ard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Rizk" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00348142v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00407914v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Resgui" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Bremond" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432148v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bonafos" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00273383v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Doualan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00371869v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mansouri" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nouet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Monnet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00305710v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marie" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Nouet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00343932v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Bich Nguyen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Petit" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294581v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sibold" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Metzner" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lagr&#232;ve" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2007.02.006" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-86HQXJ0V-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368861v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carrada" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gourbilleau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Levalois" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rizk" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2004.08.035" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-37H8TNG5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368871v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vicens" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1655680" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368866v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Levalois" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Prassas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Garrido" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Moreno" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/16/36/028" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368888v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Choppinet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Madelon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2003.08.013" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CMWZ6H4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368917v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1604479" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368925v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Singh" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2003.08.049" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q1FXMVJP-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485466v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laurent" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dooryh&#233;e" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Levalois" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0168-583X(95)01033-5" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0469CD78C2BDBDADE15E0F47F7AECC732F5DAB9D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409549v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.G. Wang" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Dufour" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cabeau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dural" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fuchs" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0168-583X(95)00851-9" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AEC2583FAFE192BFB63212147B0491E055BA2BBD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384247v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getaneh Diress Gesesse" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Jolivet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Frilay" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duprey" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02291487mtgabs" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384348v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Miziak" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mezhoud" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2023-02341669mtgabs" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792557v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Portier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/ma2020-01161064mtgabs" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409326v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076744v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133149v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2077611" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141522v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuan-Hui Liang" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141517v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Khomenkov" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141539v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Rizza" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139795v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Roblin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Girard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Laroche" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Gilles" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139802v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cardin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/FIO.2011.JWA28" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076784v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2011-01/19/1245" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139809v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE.2011.5943223" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490231v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Ocnasu" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik Bacha" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulian Munteanu" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633462v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Talbot" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Lard&#233;" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pareige" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-1111-D06-08-MM09-08" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158504v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114176v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-2572-6_2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631007v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Cristini-Robbe" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.panstanford.com/books/9789814669764.html#" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>