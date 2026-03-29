--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -485,360 +485,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03693784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Echanges et collaborations de didacticiens avec d’autres chercheurs en éducation : discussion à partir de quelques cas en didactique des sciences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les résultats des recherches en didactique des sciences et des technologies : quelle validité et à quelles conditions ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile de Hosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Dossiers des sciences de l'éducation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/dse.3361⟩</w:t>
+              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (20), pp.9-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rdst.2626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02342714v1</w:t>
+                <w:t xml:space="preserve">hal-02616433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biologie des plantes et discours scolaires sur le développement durable</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les conditions d’une éducation à la santé biologiquement raisonnée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Orange Ravachol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bildungsforschung</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">Carnets rouges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15, pp. 9-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02428128v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les conditions d’une éducation à la santé biologiquement raisonnée</w:t>
+                <w:t xml:space="preserve">Echanges et collaborations de didacticiens avec d’autres chercheurs en éducation : discussion à partir de quelques cas en didactique des sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denise Orange Ravachol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carnets rouges</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Dossiers des sciences de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dse.3361⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04096873v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02342714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les résultats des recherches en didactique des sciences et des technologies : quelle validité et à quelles conditions ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile de Hosson</w:t>
+                <w:t xml:space="preserve">Biologie des plantes et discours scolaires sur le développement durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Orange-Ravachol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bildungsforschung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rdst.2626⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02616433v1</w:t>
+                <w:t xml:space="preserve">halshs-02428128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éducation nutritionnelle et acculturation scientifique : quelles circulations de normes et de savoirs dans les discours adressés aux jeunes ?</w:t>
               </w:r>
@@ -1566,503 +1566,503 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01220599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement professionnel des enseignants et engagement dans un travail universitaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denise Orange-Ravachol</w:t>
+                <w:t xml:space="preserve">Le récit : un outil pour prendre en compte le temps et l’espace et construire des savoirs en sciences ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Boiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Rebière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education &amp; Formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 298 (2), pp.41-55</w:t>
+              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7, pp.107-134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01220387v1</w:t>
+                <w:t xml:space="preserve">hal-01218689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le récit : un outil pour prendre en compte le temps et l’espace et construire des savoirs en sciences ?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le concept de représentation en didactique des sciences : sa nécessaire composante épistémologique et ses conséquences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maryse Rebière</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Ravachol Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 17 (17), pp.46-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ree.7934⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01218689v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01220608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le concept de représentation en didactique des sciences : sa nécessaire composante épistémologique et ses conséquences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Développement professionnel des enseignants et engagement dans un travail universitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Orange-Ravachol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denise Ravachol Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en éducation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Education &amp; Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 298 (2), pp.41-55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ree.7934⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01220608v1</w:t>
+                <w:t xml:space="preserve">hal-01220387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude comparative des contenus et des apprentissages en biologie et en géologie : entre phénomènes et événements</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sciences des scientifiques et sciences scolaires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Albe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en Didactiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rdid.013.0055⟩</w:t>
+              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Sciences des scientifiques et sciences scolaires, N°2, pp.19-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rdst.270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01220369v1</w:t>
+                <w:t xml:space="preserve">hal-01195592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sciences des scientifiques et sciences scolaires.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude comparative des contenus et des apprentissages en biologie et en géologie : entre phénomènes et événements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Orange-Ravachol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Virginie Albe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Sciences des scientifiques et sciences scolaires, N°2, pp.19-26. </w:t>
+              <w:t xml:space="preserve">Recherches en Didactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13, pp.55-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rdst.270⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rdid.013.0055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01195592v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01220369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Situations forcées, recherches didactiques et développement du métier enseignant</w:t>
               </w:r>
@@ -2120,183 +2120,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02428078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel milieu pour l’apprentissage par problématisation en Sciences de la vie et de la Terre ?</w:t>
+                <w:t xml:space="preserve">Apprentissages scientifiques : ce qui se construit et ce qui se transmet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation &amp; Didactique</w:t>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/educationdidactique.152⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ree.3938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02428079v1</w:t>
+                <w:t xml:space="preserve">halshs-02428120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissages scientifiques : ce qui se construit et ce qui se transmet</w:t>
+                <w:t xml:space="preserve">Quel milieu pour l’apprentissage par problématisation en Sciences de la vie et de la Terre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en éducation</w:t>
+              <w:t xml:space="preserve">Éducation &amp; Didactique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ree.3938⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/educationdidactique.152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02428120v1</w:t>
+                <w:t xml:space="preserve">halshs-02428079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spécificité de la problématisation scientifique : le travail d’abstraction et de généralisation</w:t>
               </w:r>
@@ -2423,183 +2423,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02428123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PROBLÈME ET PROBLÉMATISATION DANS L'ENSEIGNEMENT SCIENTIFIQUE</w:t>
+                <w:t xml:space="preserve">Problématisation et conceptualisation en sciences et dans les apprentissages scientifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aster</w:t>
+              <w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4267/2042/8853⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/lsdle.383.0069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02454798v1</w:t>
+                <w:t xml:space="preserve">halshs-02429611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Problématisation et conceptualisation en sciences et dans les apprentissages scientifiques</w:t>
+                <w:t xml:space="preserve">PROBLÈME ET PROBLÉMATISATION DANS L'ENSEIGNEMENT SCIENTIFIQUE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t>
+              <w:t xml:space="preserve">Aster</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/lsdle.383.0069⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4267/2042/8853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02429611v1</w:t>
+                <w:t xml:space="preserve">halshs-02454798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DÉBAT SCIENTIFIQUE DANS LA CLASSE, PROBLÉMATISATION ET ARGUMENTATION : LE CAS D'UN DÉBAT SUR LA NUTRITION AU COURS MOYEN</w:t>
               </w:r>
@@ -3130,51 +3130,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">edutice-00000994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3246,172 +3246,418 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03739665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compétences et pratiques des savoirs en sciences de la nature</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Les apports des recherches menées dans le cadre de l'apprentissage par problématisation à la question de l'évaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Doussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Hersant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Huchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lebouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Journée des chercheurs en sciences de l’éducation, 22 octobre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Nivelles, Belgique</w:t>
+              <w:t xml:space="preserve">Séminaire d'actualité de l'ARCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ARCD, 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01676999v1</w:t>
+                <w:t xml:space="preserve">hal-05565476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude comparée du cadre de l’apprentissage par problématisation dans quatre disciplines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Hersant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lebouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Orange-Ravachol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque ARCD. Apports réciproques entre didactique(s) des disciplines et recherches comparatistes en didactique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ARCD, 2018, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compétences et pratiques des savoirs en sciences de la nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Orange-Ravachol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9ème Journée des chercheurs en sciences de l’éducation, 22 octobre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Nivelles, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les logiciels de simulation. Substituts du réel ou véritables aides didactiques pour l'enseignement de la biologie-géologie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'intégration de l'informatique dans l'enseignement et la formation des enseignants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 1992, Châtenay-Malabry, France. pp.116-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">edutice-00277941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3421,65 +3667,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Précis de didactique des SVT pour enseigner au collège et au lycée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Schneeberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3500,87 +3746,87 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Lhoste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires Bordeaux, 2022, 979-10-300-0292-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04096654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Précis de didactique des sciences de la vie et de la Terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Schneeberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3601,113 +3847,113 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Lhoste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de Bordeaux, 2021, 979-10-300-0292-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05250849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseigner les sciences: problèmes, débats et savoirs scientifiques en classe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">De Boeck, 2012, 978-2-8041-7038-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01190778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3717,65 +3963,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les caricatures : outils d’aide à la problématisation en sciences ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanaà Chalak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3794,73 +4040,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno Lebouvier; Agnès Musquer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aides à la problématisation et apprentissages scolaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’harmattan, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les « séquences forcées » : recherches collaboratives pour la production de savoirs et le développement professionnel des chercheur·es et des enseignant·es</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3880,397 +4126,397 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Patrick Roy, Christian Orange, Marie-Noëlle Hindryckx. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construire et mobiliser des savoirs en éducation scientifique et dans le champ des « éducations à » au moyen des recherches participatives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Liège, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04096648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vitamins in Food Advertising and School Resources, 1950 to the Present: Between Prevention and Health-Capital Approaches</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Denise Orange Ravachol</w:t>
+                <w:t xml:space="preserve">Postface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Simona de Iulio, Susan Kovacs. </w:t>
+              <w:t xml:space="preserve">Sylvain Doussot, Magali Hersant, Yann Lhoste, Denise Orange Ravachol. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Information, Communication and Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bloomsbury Publishing, 2022, 9781350162501</w:t>
+              <w:t xml:space="preserve">Le cadre de l'apprentissage par problématisation. Apports aux recherches en didactique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, pp.201-216, 2022, Paideia, 978-2-7535-8607-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04096532v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05542688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing a Reasoned Approach to Food Education Through Science Teaching</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denise Orange-Ravachol</w:t>
+                <w:t xml:space="preserve">Vitamins in Food Advertising and School Resources, 1950 to the Present: Between Prevention and Health-Capital Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona De Iulio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Depezay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan Kovacs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Orange Ravachol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Simona de Iulio, Susan Kovacs. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Information, Communication and Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Bloomsbury Publishing, pp. 181-190, 2022, 9781350162501</w:t>
+              <w:t xml:space="preserve">, Bloomsbury Publishing, 2022, 9781350162501</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04096526v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Fabre</w:t>
+                <w:t xml:space="preserve">Developing a Reasoned Approach to Food Education Through Science Teaching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Orange-Ravachol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Sylvain Doussot, Magali Hersant, Yann Lhoste, Denise Orange Ravachol. </w:t>
+              <w:t xml:space="preserve">Simona de Iulio, Susan Kovacs. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le cadre de l'apprentissage par problématisation. Apports aux recherches en didactique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUR, pp.201-216, 2022, Paideia, 978-2-7535-8607-9</w:t>
+              <w:t xml:space="preserve">Food Information, Communication and Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bloomsbury Publishing, pp. 181-190, 2022, 9781350162501</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05542688v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitamins in school resources and food advertising, 1950 to the present: Between prevention and health capital approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona De Iulio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Depezay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Kovacs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4288,106 +4534,106 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Information, Communication and Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bloomsbury Academic, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5040/9781350162532.ch-010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03823171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food at School: Between Science and Norm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona de Iulio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Kovacs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4395,137 +4641,137 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denise Orange-Ravachol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Borrelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Viviane Clavier; Jean-Philippe de Oliveira. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food and Health: Actor Strategies in Information and Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ISTE Wiley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.99-128, 2019, 978-1-786-30262-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02879772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'alimentation à l'école entre science et normes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona de Iulio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Kovacs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4533,192 +4779,192 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denise Orange-Ravachol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Borrelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Viviane Clavier; Jean-Philippe de Oliveira. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alimentation et santé: logiques d'acteurs en information-communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE, pp.99-114, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02879788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Questionner la classe et les outils de la classe comme articulateurs d’espaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkarim Zaid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questionner l’espace. Les méthodes de recherché en didactiques (4)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02427954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositifs collaboratifs, développement de la profession enseignante et réticence des enseignants : l’exemple des situations divergentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denise Orange-Ravachol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4738,242 +4984,242 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ghislain Samson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche participative et didactique pour les enseignants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les éditions Ovadia, 2015, Au-delà des apparences !, 978-2-36392-128-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01666962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on faire des sciences sans modéliser ? Peut-on enseigner les sciences sans faire modéliser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les modèles, des incontournables pour enseigner les sciences !</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02427965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Argumentation et construction de connaissances en sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Peterfalvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Schneeberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Argumentation et disciplines scolaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRP, 2004, 978-2-7342-0963-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02568318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId113"/>
+      <w:footerReference w:type="default" r:id="rId116"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5120,51 +5366,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611852v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Boilevin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Orange" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11sgc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096878v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Orange-Ravachol" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098243v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Orange Ravachol" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693784v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Doussot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gomes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Hersant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lebouvier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdid1.033.0037" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342714v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dse.3361" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428128v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096873v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02616433v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile de Hosson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.2626" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890933v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Orange" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Kovacs" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.2939" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890973v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02427945v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.044.0014" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01891075v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ligozat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.2876" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02427949v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501066v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lhoste" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219946v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.979" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220337v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220599v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220387v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218689v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boiron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Jaubert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Rebi&#232;re" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220608v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Ravachol Orange" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.7934" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220369v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdid.013.0055" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195592v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Albe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.270" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428078v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.8864" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428079v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.152" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428120v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.3938" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428122v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.3751" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428123v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02454798v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/8853" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429611v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.383.0069" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02454804v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/8821" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429626v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02454811v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Fourneau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bourbigot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/8778" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128501v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fabre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00001067v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000939v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Courtais" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000994v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03739665v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676999v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00277941v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096654v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Schneeberger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250849v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190778v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016177v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana&#224; Chalak" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096648v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096532v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona De Iulio" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Depezay" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096526v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542688v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823171v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781350162532.ch-010" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879772v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona de Iulio" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Borrelli" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-us/Food+and+Health%3A+Actor+Strategies+in+Information+and+Communication-p-9781786302625" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879788v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02427954v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Zaid" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666962v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02427965v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568318v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fillon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Peterfalvi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611852v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Boilevin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Orange" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11sgc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096878v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Orange-Ravachol" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098243v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Orange Ravachol" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693784v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Doussot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gomes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Hersant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lebouvier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdid1.033.0037" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02616433v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile de Hosson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.2626" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096873v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342714v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dse.3361" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428128v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890933v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Orange" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Kovacs" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.2939" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890973v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02427945v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.044.0014" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01891075v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ligozat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.2876" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02427949v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501066v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lhoste" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219946v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.979" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220337v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220599v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218689v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boiron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Jaubert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Rebi&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220608v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Ravachol Orange" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.7934" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220387v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195592v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Albe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.270" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220369v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdid.013.0055" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428078v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.8864" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428120v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.3938" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428079v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.152" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428122v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.3751" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02428123v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429611v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.383.0069" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02454798v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/8853" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02454804v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/8821" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429626v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02454811v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Fourneau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bourbigot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/8778" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128501v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fabre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00001067v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000939v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Courtais" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000994v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03739665v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565476v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Huchet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565470v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676999v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00277941v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096654v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Schneeberger" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250849v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190778v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016177v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana&#224; Chalak" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096648v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542688v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096532v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona De Iulio" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Depezay" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096526v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823171v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781350162532.ch-010" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879772v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona de Iulio" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Borrelli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-us/Food+and+Health%3A+Actor+Strategies+in+Information+and+Communication-p-9781786302625" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879788v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02427954v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Zaid" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666962v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02427965v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568318v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fillon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Peterfalvi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>