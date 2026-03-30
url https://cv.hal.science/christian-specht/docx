--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,251 +66,234 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (18)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single molecule counting detects low-copy glycine receptors in hippocampal and striatal synapses</w:t>
+                <w:t xml:space="preserve">Event-based vision sensor for fast and dense single-molecule localization microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serena Camuso</w:t>
+                <w:t xml:space="preserve">Clément Cabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yana Vella</w:t>
+                <w:t xml:space="preserve">Tual Monfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souad Youjil Abadi</w:t>
+                <w:t xml:space="preserve">Christian Specht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Mille</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ignacio Izeddin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/elife.109447⟩</w:t>
+              <w:t xml:space="preserve">Nature Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 17 (12), pp.1105-1113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41566-023-01308-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05446349v1</w:t>
+                <w:t xml:space="preserve">hal-05568913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Competition between glycine and GABAA receptors for gephyrin controls their equilibrium populations at inhibitory synapses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorota Kostrz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorota Kostrz</w:t>
+                <w:t xml:space="preserve">Stephanie A Maynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Camuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemens Schulte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -338,2057 +321,2191 @@
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 122 (52), pp.e2500226122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.2500226122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05446453v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the Glycine Receptor β Subunit in Synaptic Localization and Pathogenicity in Severe Startle Disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Single molecule counting detects low-copy glycine receptors in hippocampal and striatal synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Camuso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna-Lena Wiessler</w:t>
+                <w:t xml:space="preserve">Yana Vella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ann-Sofie Hasenmüller</w:t>
+                <w:t xml:space="preserve">Souad Youjil Abadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabell Fuhl</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Clémence Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orlando Cortes Campo</w:t>
+                <w:t xml:space="preserve">Bert Brône</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 44 (2), pp.e0837232023. </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/jneurosci.0837-23.2023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7554/elife.109447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05446412v1</w:t>
+                <w:t xml:space="preserve">hal-05446349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation-based inference for non-parametric statistical comparison of biomolecule dynamics</w:t>
+                <w:t xml:space="preserve">Role of the Glycine Receptor β Subunit in Synaptic Localization and Pathogenicity in Severe Startle Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hippolyte Verdier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Laurent</w:t>
+                <w:t xml:space="preserve">Anna-Lena Wiessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alhassan Cassé</w:t>
+                <w:t xml:space="preserve">Ann-Sofie Hasenmüller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian L. Vestergaard</w:t>
+                <w:t xml:space="preserve">Isabell Fuhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Specht</w:t>
+                <w:t xml:space="preserve">Orlando Cortes Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 19 (2), pp.e1010088. </w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 44 (2), pp.e0837232023. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1010088⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1523/jneurosci.0837-23.2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03876446v2</w:t>
+                <w:t xml:space="preserve">hal-05446412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Versatile Synthetic Affinity Probe Reveals Inhibitory Synapse Ultrastructure and Brain Connectivity**</w:t>
+                <w:t xml:space="preserve">Simulation-based inference for non-parametric statistical comparison of biomolecule dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vladimir Khayenko</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clemens Schulte</w:t>
+                <w:t xml:space="preserve">Hippolyte Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara L Reis</w:t>
+                <w:t xml:space="preserve">Alhassan Cassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orly Avraham</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cataldo Schietroma</w:t>
+                <w:t xml:space="preserve">Christian L. Vestergaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Specht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ange.202202078⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (2), pp.e1010088. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1010088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04252753v1</w:t>
+                <w:t xml:space="preserve">hal-03876446v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Versatile Synthetic Affinity Probe Reveals Inhibitory Synapse Ultrastructure and Brain Connectivity**</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Khayenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemens Schulte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Reis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orly Avraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cataldo Schietroma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 61 (30), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/anie.202202078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04252751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The α3 subunit of GABAA receptors promotes formation of inhibitory synapses in the absence of collybistin</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Choongku Lee</w:t>
+                <w:t xml:space="preserve">A Versatile Synthetic Affinity Probe Reveals Inhibitory Synapse Ultrastructure and Brain Connectivity**</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Khayenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemens Schulte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucia Rojas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jeongseop Rhee</w:t>
+                <w:t xml:space="preserve">Sara L Reis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orly Avraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cataldo Schietroma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbc.2021.100709⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 134 (30), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ange.202202078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04252772v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04252753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential regulation of glycinergic and GABAergic nanocolumns at mixed inhibitory synapses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reciprocal stabilization of glycine receptors and gephyrin scaffold proteins at inhibitory synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chapdelaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hakim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaojuan Yang</w:t>
+                <w:t xml:space="preserve">Antoine Triller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Le Corronc</w:t>
+                <w:t xml:space="preserve">Jonas Ranft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian G Specht</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15252/embr.202052154⟩</w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 120 (5), pp.805-817. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2021.01.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03941187v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03448374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reciprocal stabilization of glycine receptors and gephyrin scaffold proteins at inhibitory synapses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differential regulation of glycinergic and GABAergic nanocolumns at mixed inhibitory synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojuan Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Chapdelaine</w:t>
+                <w:t xml:space="preserve">Hervé Le Corronc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Hakim</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Pascal Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Triller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian G Specht</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2021.01.024⟩</w:t>
+              <w:t xml:space="preserve">EMBO Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (7), pp.e52154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15252/embr.202052154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03448374v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03941187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Quantitative Perspective of Alpha-Synuclein Dynamics – Why Numbers Matter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">The α3 subunit of GABAA receptors promotes formation of inhibitory synapses in the absence of collybistin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Choongku Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian G Specht</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeongseop Rhee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Synaptic Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnsyn.2021.753462⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 296, pp.100709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbc.2021.100709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (article de synthèse)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-04252766v1</w:t>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04252772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a stereotypic molecular arrangement of endogenous glycine receptors at spinal cord synapses</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Quantitative Perspective of Alpha-Synuclein Dynamics – Why Numbers Matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian G Specht</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/elife.74441⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Synaptic Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (3), pp.497-502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnsyn.2021.753462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04252748v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04252766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional occupancy of synaptic binding sites and the molecular plasticity of inhibitory synapses</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Identification of a stereotypic molecular arrangement of endogenous glycine receptors at spinal cord synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie A Maynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rostaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natascha Schaefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Candat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2019.01.008⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/elife.74441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04252770v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04252748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cAMP-EPAC-Dependent Regulation of Gephyrin Phosphorylation and GABA A R Trapping at Inhibitory Synapses</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christian G Specht</w:t>
+                <w:t xml:space="preserve">Fractional occupancy of synaptic binding sites and the molecular plasticity of inhibitory synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Specht</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuropharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 169, pp.107493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2019.01.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2019.11.013⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04252754v1</w:t>
+                <w:t xml:space="preserve">hal-04252770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subsynaptic Domains in Super-Resolution Microscopy: The Treachery of Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojuan Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian G Specht</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 12, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnmol.2019.00161⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04252776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequences Flanking the Gephyrin-Binding Site of GlyRβ Tune Receptor Stabilization at Synapses</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">cAMP-EPAC-Dependent Regulation of Gephyrin Phosphorylation and GABA A R Trapping at Inhibitory Synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audric Jan</w:t>
+                <w:t xml:space="preserve">Fumihiro Niwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Salvatico</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Angela Patrizio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Triller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian G Specht</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eNeuro</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/eneuro.0042-17.2018⟩</w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2019.11.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03974010v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04252754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequences Flanking the Gephyrin-Binding Site of GlyRβ Tune Receptor Stabilization at Synapses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Grünewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audric Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Salvatico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Renner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eNeuro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 5 (1), pp.ENEURO.0042-17.2018. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/ENEURO.0042-17.2018⟩</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/eneuro.0042-17.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04252750v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03974010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Synaptopodin in Membrane Protein Diffusion in the Dendritic Spine Neck</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sequences Flanking the Gephyrin-Binding Site of GlyRβ Tune Receptor Stabilization at Synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Grünewald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audric Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Salvatico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Kress</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lili Wang</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marianne Renner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">eNeuro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (1), pp.ENEURO.0042-17.2018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/ENEURO.0042-17.2018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0148310⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04252773v1</w:t>
+                <w:t xml:space="preserve">hal-04252750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Super-Resolution Dynamic Imaging of Dendritic Spines Using a Low-Affinity Photoconvertible Actin Probe</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Role of Synaptopodin in Membrane Protein Diffusion in the Dendritic Spine Neck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Lelek</w:t>
+                <w:t xml:space="preserve">Lili Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Darzacq</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Andréa Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Renner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Triller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Specht</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (2), pp.e0148310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0148310⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04252773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Super-Resolution Dynamic Imaging of Dendritic Spines Using a Low-Affinity Photoconvertible Actin Probe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Izeddin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian G Specht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Lelek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Darzacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Triller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2011, 6 (1), pp.e15611. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0015611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02081263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId93"/>
+      <w:footerReference w:type="default" r:id="rId97"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2535,51 +2652,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446349v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Camuso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yana Vella" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Youjil Abadi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Br&#244;ne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.109447" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446453v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Kostrz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie A Maynard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens Schulte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laurent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2500226122" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446412v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Lena Wiessler" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Sofie Hasenm&#252;ller" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabell Fuhl" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Cortes Campo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0837-23.2023" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876446v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Verdier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alhassan Cass&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian L. Vestergaard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Specht" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010088" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252753v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Khayenko" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara L Reis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orly Avraham" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cataldo Schietroma" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.202202078" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252751v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Reis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202202078" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252772v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Wagner" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choongku Lee" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Rojas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian G Specht" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeongseop Rhee" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2021.100709" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03941187v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojuan Yang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Corronc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Legendre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Triller" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.202052154" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03448374v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chapdelaine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hakim" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Ranft" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2021.01.024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252766v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnsyn.2021.753462" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252748v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rostaing" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natascha Schaefer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gemin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Candat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.74441" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252770v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2019.01.008" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252754v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumihiro Niwa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Patrizio" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2019.11.013" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252776v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2019.00161" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974010v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Gr&#252;newald" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audric Jan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Salvatico" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Kress" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Renner" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/eneuro.0042-17.2018" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252750v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0042-17.2018" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252773v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Wang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Dumoulin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0148310" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02081263v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Izeddin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lelek" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Darzacq" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0015611" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05568913v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cabriel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tual Monfort" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Specht" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Izeddin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-023-01308-8" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446453v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Kostrz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie A Maynard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Camuso" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens Schulte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laurent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2500226122" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446349v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yana Vella" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Youjil Abadi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mille" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Br&#244;ne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.109447" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446412v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Lena Wiessler" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Sofie Hasenm&#252;ller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabell Fuhl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Cortes Campo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0837-23.2023" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876446v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Verdier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alhassan Cass&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian L. Vestergaard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010088" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252751v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Khayenko" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Reis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orly Avraham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cataldo Schietroma" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202202078" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252753v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara L Reis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.202202078" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03448374v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chapdelaine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hakim" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Triller" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Ranft" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian G Specht" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2021.01.024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03941187v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojuan Yang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Corronc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Legendre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.202052154" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252772v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Wagner" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choongku Lee" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Rojas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeongseop Rhee" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2021.100709" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252766v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnsyn.2021.753462" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252748v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rostaing" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natascha Schaefer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gemin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Candat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.74441" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252770v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2019.01.008" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252776v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2019.00161" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252754v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumihiro Niwa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Patrizio" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2019.11.013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974010v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Gr&#252;newald" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audric Jan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Salvatico" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Kress" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Renner" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/eneuro.0042-17.2018" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252750v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0042-17.2018" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252773v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Wang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Dumoulin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0148310" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02081263v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lelek" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Darzacq" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0015611" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>