--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -329,204 +329,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04436872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Aménagement du temps scolaire à l’école primaire (XIXe-XXIe siècles) et rythmes de l’enfant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cahon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Interthème du CAREF « Temporalités des apprentissages »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Amiens (Université Picardie Jules Verne, La Citadelle), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04436873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Représentations des élèves sur la différence et le handicap et éthique inclusive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chauvet-Chanoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence régionale ISATT 2022 - L'éthique inclusive comme nouvel horizon éducatif pour les enseignants et pour l'enseignement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04421716v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-04436873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tutorat de pairs et inclusion : quelle conception de l’aide chez les aidants ?</w:t>
               </w:r>
@@ -575,165 +575,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04421719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le cas des élèves en situation de handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Table ronde Vulnérabilités et inégalités à l’école : Quels leviers d’action?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MESHS,, Mar 2018, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04421717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Publier dans une revue de sciences de l’éducation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée AECSE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04421718v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04421717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions et apprentissages : un parcours de recherche de la psychologie du développement aux sciences de l’éducation</w:t>
               </w:r>
@@ -782,381 +782,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04421715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Academic help seeking: The case of French lower secondary students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minna Puustinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17th Biennial EARLI Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Tampere, Finland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bilan des actions de recherche, principaux résultats et productions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’études « Apprentissage, Scolarisation, Formation en Situation de Handicap : regards croisés de chercheurs et de professionnels »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04422822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">École inclusive : collaboration des enseignants et des accompagnants des élèves en situation de handicap (AESH) en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Monchaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minna Puustinen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Berzin</w:t>
+                <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th Biennial EARLI Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Tampere, Finland</w:t>
+              <w:t xml:space="preserve">Actualité de la Recherche en Education et en Formation (AREF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AREF, Jul 2016, Mons, Belgique, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04422827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques inclusives en Picardie : résultats du questionnaire diffusé auprès des personnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Monchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude « Besoins particuliers et Pratiques Inclusives »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04422832v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-04422827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaboration Professeur spécialisé -Professeur ordinaire. Elaboration et mise en oeuvre d‘un dispositif didactique d‘inclusion en classe ordinaire 4è en géographie dans un collège français. Régulations et dynamique topogénétique</w:t>
               </w:r>
@@ -1356,260 +1356,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04463730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les usages d’un environnement numérique dans un contexte universitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Compte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Université Vivaldi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Picardie Jules Verne, Dec 2012, Amiens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04463757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelles modalités d’aides possibles pour le maître E en collaboration avec la classe : points de vue des acteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences, ateliers coordonnés par I. Nedelec-Trohel. Coopérer, enseigner, aider. Collaboration entre professeurs ordinaires et spécialisés pour gérer la diversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire CAREF-IUFM, Université de Picardie Jules Verne, Feb 2012, Amiens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04463749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Analyse des échanges dyadiques entre enfants en situation de tutorat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude Pragmatique et communication coordonnée par L. Ibernon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire CLEA, Université de Picardie Jules Verne, May 2012, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04463760v1</w:t>
-              </w:r>
-[...162 lines deleted...]
-                <w:t xml:space="preserve">hal-04463749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Students helping interactions in higher education : a contribution to a best success</w:t>
               </w:r>
@@ -1746,51 +1746,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From digitalized course to digital course, evaluating towards a better design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Compte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathia Papi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2025,165 +2025,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04464630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles d’apprentissages et pratiques d’enseignement : la question des interactions</w:t>
+                <w:t xml:space="preserve">Innovation et analyse des pratiques professionnelles : l’exemple de la recherche « Ecole primaire » en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes International conference EDU-WORLD 2004, Education facing contempary world issues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Pitesti, May 2004, Pitesti, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04464635v1</w:t>
+                <w:t xml:space="preserve">hal-04464640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation et analyse des pratiques professionnelles : l’exemple de la recherche « Ecole primaire » en France</w:t>
+                <w:t xml:space="preserve">Modèles d’apprentissages et pratiques d’enseignement : la question des interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes International conference EDU-WORLD 2004, Education facing contempary world issues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Pitesti, May 2004, Pitesti, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04464640v1</w:t>
+                <w:t xml:space="preserve">hal-04464635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tutorat spontané, tutorat dirigé à l'école maternelle, observations d'interactions de tutelle entre pairs dans la résolution d'une tâche logique</w:t>
               </w:r>
@@ -2479,199 +2479,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04437665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle évaluation des conceptions du lire écrire ?</w:t>
+                <w:t xml:space="preserve">Conceptualisations du lire écrire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Delbrayelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">In C. Berzin (Coord)., J. Bisault, C. Boyer, A. Delbrayelle, N. Fouquet, O. Megalakaki, L. Numa-Bocage, L. </w:t>
+              <w:t xml:space="preserve">In C. Berzin, (Coord)., J. Bisault, C. Boyer, A. Delbrayelle, N. Fouquet, O. Megalakaki, L. Numa-Bocage, L. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conceptions des jeunes enfants et premiers apprentissages scolaires. Recherche et perspectives pédagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université de Picardie, laboratoire CLEA., pp.21-30, 2012</w:t>
+              <w:t xml:space="preserve">, Université de Picardie Jules Verne-Laboratoire CLEA, pp.137-156, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04437709v1</w:t>
+                <w:t xml:space="preserve">hal-04437693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptualisations du lire écrire</w:t>
+                <w:t xml:space="preserve">Quelle évaluation des conceptions du lire écrire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Delbrayelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">In C. Berzin, (Coord)., J. Bisault, C. Boyer, A. Delbrayelle, N. Fouquet, O. Megalakaki, L. Numa-Bocage, L. </w:t>
+              <w:t xml:space="preserve">In C. Berzin (Coord)., J. Bisault, C. Boyer, A. Delbrayelle, N. Fouquet, O. Megalakaki, L. Numa-Bocage, L. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conceptions des jeunes enfants et premiers apprentissages scolaires. Recherche et perspectives pédagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université de Picardie Jules Verne-Laboratoire CLEA, pp.137-156, 2012</w:t>
+              <w:t xml:space="preserve">, Université de Picardie, laboratoire CLEA., pp.21-30, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04437693v1</w:t>
+                <w:t xml:space="preserve">hal-04437709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les rôles de tuteur et de novice chez l’enfant préscolarisé : une analyse qualitative</w:t>
               </w:r>
@@ -3310,51 +3310,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissage, scolarisation/formation en situation de handicap (rapport de fin de projet structurant « ASFSH » financé par la région Picardie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3673,51 +3673,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Monchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3891,203 +3891,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03930348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Note de lecture de : Alain Baudrit. Education et formation dans les sociétés contemporaines. Le don contre don toujours d’actualité ? Montpellier, Presses universitaires de la méditerranée, 2018, 139p</w:t>
+                <w:t xml:space="preserve">Note de lecture de : Laurent Lescourarch (dir.). Construire des situations pour apprendre. Vers une pédagogie de l’étayage. Paris, ESF, 2018, 272p</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, n°48, pp.172-173</w:t>
+              <w:t xml:space="preserve">, 2019, n°47, pp.270-271</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03930336v1</w:t>
+                <w:t xml:space="preserve">hal-03930365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Note de lecture de : Laurent Lescourarch (dir.). Construire des situations pour apprendre. Vers une pédagogie de l’étayage. Paris, ESF, 2018, 272p</w:t>
+                <w:t xml:space="preserve">Note de lecture de : Alain Baudrit. Education et formation dans les sociétés contemporaines. Le don contre don toujours d’actualité ? Montpellier, Presses universitaires de la méditerranée, 2018, 139p</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, n°47, pp.270-271</w:t>
+              <w:t xml:space="preserve">, 2019, n°48, pp.172-173</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03930365v1</w:t>
+                <w:t xml:space="preserve">hal-03930336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction au dossier &amp;quot;2005-2015 – Quelles évolutions en matière d’inclusion ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4733,968 +4733,1041 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04436882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le statut de la difficulté dans les apprentissages : les représentations des enseignants spécialisés et non spécialisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, n° 25 (1), pp.91-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdle.025.0091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04451929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Interactions de tutelle entre pairs et scolarisation des élèves en situation de handicap : impact du contexte pédagogique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Lebert-Candat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Vol. 41 (2), pp.81-99. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lsdle.412.0081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/lsdle.412.0081⟩</w:t>
+                <w:t xml:space="preserve">hal-04451972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une scolarisation réussie des enfants en situation de handicap : bénéfices et limites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gynette Delamezière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 39 (3), pp.101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/nras.039.0101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Christine Brisset</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04451957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La scolarisation des élèves en situation de handicap au collège : le point de vue des enseignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, n° 25 (1), pp.91-101. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/cdle.025.0091⟩</w:t>
+              <w:t xml:space="preserve">, 2007, n° 24 (2), pp.3-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdle.024.0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04451963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scolarisation des élèves en situation de handicap et interactions entre pairs. Le cas des élèves de CLIS 1 participant à l’activité d’une autre classe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04451929v1</w:t>
-[...23 lines deleted...]
-                <w:t xml:space="preserve">La scolarisation des élèves en situation de handicap au collège : le point de vue des enseignants</w:t>
+                <w:t xml:space="preserve">Corinne Lebert-Candat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychologie et Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 2, 9-13 (Revue professionnelle)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interactions entre pairs et apprentissages à l’école maternelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 36, pp.7-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Association professionnelle et organisation syndicale : Quelles différences du point de vue du rapport à la recherche en éducation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Nord. Collection Histoire (Hors série)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 20, pp.85-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Education cognitive et difficultés d’apprentissage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin stiintific. Universitatii din Pitesti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle contribution possible du psychologue scolaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychologie et Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 49, 89 - 101 (Revue professionnelle)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Univers de la recherche et syndicalisme : de l’ignorance totale à sa reconnaissance partielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Poucet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Berzin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Perspectives documentaires en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 55-56, pp.85-91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interactions de tutelle, développement et apprentissages : contribution aux acquisitions scolaires et professionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, n° 24 (2), pp.3-19. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/cdle.024.0003⟩</w:t>
+              <w:t xml:space="preserve">, 2001, n° 11 (1), pp.120-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdle.011.0120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...606 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Interactions de tutelle, développement et apprentissages : contribution aux acquisitions scolaires et professionnelles</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04452004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interactions de tutelle développement et apprentissage : Contribution au développement et au fonctionnement cognitif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, n° 11 (1), pp.120-147. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2000, 10, pp.157-180</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’aménagement des rythmes de vie des enfants et des jeunes (ARVEJ) et son impact sur les acquisitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5710,130 +5783,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de pédagogie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 132, pp.67-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04460844v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04460840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions de tutelle comme mode d’apprentissage à l’école ?</w:t>
               </w:r>
@@ -6273,51 +6273,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordination du dossier « 2005-2015 - Quelles évolutions en matière d’inclusion ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ibernon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6933,51 +6933,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peers interactions between “ordinary” pupils and pupils with special needs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Lebert-Candat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Biennial Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7274,51 +7274,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436875v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Berzin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17605/OSF.IO/VWJB7" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436871v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delbrayelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436872v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04421716v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauvet-Chanoine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436873v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cahon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04421719v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04421718v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04421717v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04421715v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422822v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ibernon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675454v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna Puustinen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422832v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monchaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422827v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04463741v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle N&#233;delec-Trohel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04463747v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04463730v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04463760v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04463757v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Compte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Arnaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04463749v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464620v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464593v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Bensalah" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430372v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathia Papi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sidir" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464612v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bisault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464630v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Brisset" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464635v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464640v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464648v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04297285v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930213v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437665v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437709v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437693v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437673v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437682v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Lafont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Darnis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437685v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437732v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437730v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437725v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437714v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464568v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436884v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436885v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03812678v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.053.0007" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03985052v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348477v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.652.0013" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930311v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930348v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930336v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930365v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930233v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.042.0011" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930401v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03451014v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.070.0079" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460848v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gavoille" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436880v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.3679" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04451933v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Villers" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Volck" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.1379" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436881v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436882v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04451972v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lebert-Candat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.412.0081" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04451929v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.025.0091" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04451963v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.024.0003" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04451957v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gynette Delamezi&#232;re" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.039.0101" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460852v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460866v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460835v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460873v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460887v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460881v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Poucet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Carpentier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04452004v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.011.0120" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460844v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460840v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460845v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460893v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460846v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Cauzinille-Marm&#232;che" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayda Winnykamen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460847v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03985119v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422354v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04450249v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436879v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436876v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436878v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylain Hoin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464597v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464595v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464602v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464608v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/tel-04436883v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436875v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Berzin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17605/OSF.IO/VWJB7" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436871v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delbrayelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436872v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436873v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cahon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04421716v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauvet-Chanoine" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04421719v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04421717v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04421718v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04421715v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675454v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minna Puustinen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422822v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ibernon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422827v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monchaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422832v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04463741v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle N&#233;delec-Trohel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04463747v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04463730v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04463757v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Compte" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Arnaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04463749v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04463760v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464620v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464593v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Bensalah" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430372v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathia Papi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sidir" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464612v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bisault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464630v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Brisset" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464640v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464635v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464648v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04297285v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930213v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437665v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437693v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437709v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437673v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437682v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Lafont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Darnis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437685v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437732v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437730v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437725v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04437714v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464568v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436884v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436885v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03812678v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.053.0007" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03985052v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348477v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.652.0013" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930311v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930348v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930365v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930336v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930233v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.042.0011" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03930401v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03451014v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.070.0079" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460848v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gavoille" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436880v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.3679" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04451933v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Villers" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Volck" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.1379" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436881v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436882v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04451929v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.025.0091" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04451972v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lebert-Candat" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.412.0081" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04451957v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gynette Delamezi&#232;re" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.039.0101" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04451963v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.024.0003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460852v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460835v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460866v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460873v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460887v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460881v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Poucet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Carpentier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04452004v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.011.0120" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460840v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460844v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460845v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460893v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460846v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Cauzinille-Marm&#232;che" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayda Winnykamen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04460847v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03985119v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422354v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04450249v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436879v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436876v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04436878v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylain Hoin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464597v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464595v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464602v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464608v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/tel-04436883v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>