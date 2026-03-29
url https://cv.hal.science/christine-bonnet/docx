--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1132,425 +1132,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01898780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre premier – La pratique de l’inhumation</w:t>
+                <w:t xml:space="preserve">Chapitre III – Les pratiques postcrématoires dans les bûchers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Blaizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Wittmann</w:t>
+                <w:t xml:space="preserve">Patrice Georges-Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Vieugué</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Richier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie de la France antique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, Pratiques et espaces funéraires de la Gaule durant l’Antiquité, 66 (1), pp.15-87. </w:t>
+              <w:t xml:space="preserve">, 2009, Pratiques et espaces funéraires de la Gaule durant l’Antiquité, 66 (1), pp.151-174. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/galia.2009.3372⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3406/galia.2009.3374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01911004v1</w:t>
+                <w:t xml:space="preserve">hal-01911009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre III – Les pratiques postcrématoires dans les bûchers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chapitre II – L’étape de la crémation : les bûchers funéraires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Blaizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marie Gagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Patrice Georges-Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie de la France antique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, Pratiques et espaces funéraires de la Gaule durant l’Antiquité, 66 (1), pp.151-174. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/galia.2009.3374⟩</w:t>
+              <w:t xml:space="preserve">, 2009, Pratiques et espaces funéraires de la Gaule durant l’Antiquité, 66 (1), pp.89-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/galia.2009.3373⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01911009v1</w:t>
+                <w:t xml:space="preserve">hal-01911007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre II – L’étape de la crémation : les bûchers funéraires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chapitre premier – La pratique de l’inhumation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Blaizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Wittmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Gagnol</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrice Georges-Zimmermann</w:t>
+                <w:t xml:space="preserve">Julien Vieugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie de la France antique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, Pratiques et espaces funéraires de la Gaule durant l’Antiquité, 66 (1), pp.89-150. </w:t>
+              <w:t xml:space="preserve">, 2009, Pratiques et espaces funéraires de la Gaule durant l’Antiquité, 66 (1), pp.15-87. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/galia.2009.3373⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3406/galia.2009.3372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01911007v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01911004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre IV – Structures secondaires et structures accessoires</w:t>
               </w:r>
@@ -1575,64 +1575,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Wittmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Georges-Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie de la France antique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Pratiques et espaces funéraires de la Gaule durant l’Antiquité, 66 (1), pp.175-251. </w:t>
@@ -2215,1743 +2215,1868 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01909318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Val de Saône durant l’Antiquité tardive. De Lugdunum aux portes de la cité des Éduens</w:t>
+                <w:t xml:space="preserve">Nouvelles données sur la périphérie du vicus du Bourget-du-Lac (Savoie) : la fouille préventive des jardins de la Maison forte d'Entremont.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tony Silvino</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Amaury Gilles</w:t>
+                <w:t xml:space="preserve">Alexia Lattard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Peinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès international de la SFECAG Bruxelles 29 mai - 1er juin 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFECAG, May 2025, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">Journées régionales de l'Archéologie 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SRA-Rhône-Alpes-Auvergne, Feb 2026, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05421703v1</w:t>
+                <w:t xml:space="preserve">halshs-05543680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bris, découpes, perforations : le traitement des céramiques du domaine funéraire en Gaule romaine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le Val de Saône durant l’Antiquité tardive. De Lugdunum aux portes de la cité des Éduens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Silvino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Batigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La fleur, le cochon et le cadavre : écofacts et artefacts en scénographie funéraire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Gaaf, Nov 2018, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">Congrès international de la SFECAG Bruxelles 29 mai - 1er juin 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFECAG, May 2025, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05176610v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05421703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles données sur l'occupation en périphérie de l'agglomération antique du Bourget-du-Lac</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bris, découpes, perforations : le traitement des céramiques du domaine funéraire en Gaule romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres archéologiques de Savoie 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Département de Savoie, Jun 2025, Chambéry, France</w:t>
+              <w:t xml:space="preserve">La fleur, le cochon et le cadavre : écofacts et artefacts en scénographie funéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gaaf, Nov 2018, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05114080v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05176610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution à la connaissance de la céramique du Haut-Rhône entre Jura et Alpes (Ier s. av. J.-C.- IVe s. apr. J.-C.) : les fouilles récentes de Belley dans l'Ain (Clos de l'Evêché et Îlot Vieille porte) et de Seyssel en Haute-Savoie (Hameau de Vens)</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nouvelles données sur l'occupation en périphérie de l'agglomération antique du Bourget-du-Lac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Donati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Lattard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Bourdenx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Dufal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFECAG Actes du Congrès d'Angers 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFECAG, May 2024, Angers (France), France</w:t>
+              <w:t xml:space="preserve">Rencontres archéologiques de Savoie 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département de Savoie, Jun 2025, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05176587v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05114080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esquisser un paysage socio-économique à partir des données matérielles : premier essai à partir des données rhônalpines</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution à la connaissance de la céramique du Haut-Rhône entre Jura et Alpes (Ier s. av. J.-C.- IVe s. apr. J.-C.) : les fouilles récentes de Belley dans l'Ain (Clos de l'Evêché et Îlot Vieille porte) et de Seyssel en Haute-Savoie (Hameau de Vens)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Delage</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIe colloque de l'association AGER : Les marqueurs des statuts sociaux dans les campagnes romaines des Gaules et de leurs périphéries</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maxime Calbris; Elliott Sadourny; Gaël Brkojewitsch; Isabelle Bollard-Raineau, Nov 2024, Nantes, France</w:t>
+              <w:t xml:space="preserve">SFECAG Actes du Congrès d'Angers 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFECAG, May 2024, Angers (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823983v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05176587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dépôts en céramique de l'ensemble funéraire de Saint-Vulbas (Ain, Rhône-Alpes) et la question des vases de taille réduite pour tous... du nourrisson à l'adulte ?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Esquisser un paysage socio-économique à partir des données matérielles : premier essai à partir des données rhônalpines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyssa Turgis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Ducreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du congrès de Clermont-Ferrand, SFECAG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFECAG, May 2022, Clermont - Ferrand, France. p. 361-400</w:t>
+              <w:t xml:space="preserve">XVIe colloque de l'association AGER : Les marqueurs des statuts sociaux dans les campagnes romaines des Gaules et de leurs périphéries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maxime Calbris; Elliott Sadourny; Gaël Brkojewitsch; Isabelle Bollard-Raineau, Nov 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04103993v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaisselles et amphores à Vienne à l’époque romaine : état des données et nouvelles réflexions à partir de fouilles récentes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les dépôts en céramique de l'ensemble funéraire de Saint-Vulbas (Ain, Rhône-Alpes) et la question des vases de taille réduite pour tous... du nourrisson à l'adulte ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chloé Landrieux</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Gohier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la SFECAG : Les céramiques à Lugdunum et dans la région : datation et circulation ; actualité des recherches céramiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Lyon, France. pp.131-175</w:t>
+              <w:t xml:space="preserve">Actes du congrès de Clermont-Ferrand, SFECAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFECAG, May 2022, Clermont - Ferrand, France. p. 361-400</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03098295v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04103993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céramique antique en Val de Saône mâconnais, faciès de consommation urbains (&amp;lt;em&amp;gt;Matisco&amp;lt;/em&amp;gt;) et ruraux, I&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; siècle-début du III&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vaisselles et amphores à Vienne à l’époque romaine : état des données et nouvelles réflexions à partir de fouilles récentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Barthèlemy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Samantha Dub</w:t>
+                <w:t xml:space="preserve">Chloé Landrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la SFECAG : Les céramiques à Lugdunum et dans la région : datation et circulation ; actualité des recherches céramiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2020, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Sep 2020, Lyon, France. pp.131-175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03253870v1</w:t>
+                <w:t xml:space="preserve">hal-03098295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céramiques de la fin de l’époque augustéenne et du Ier siècle à Valentia et ses campagnes. Valence (Drôme) – angle rues d’Arménie et Bouffier, angle rues Balthazar Baro et Quatorze Cantons, Saint-Péray – Chavas (Ardèche)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Céramique antique en Val de Saône mâconnais, faciès de consommation urbains (&amp;lt;em&amp;gt;Matisco&amp;lt;/em&amp;gt;) et ruraux, I&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; siècle-début du III&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Barthèlemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Schmitt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tony Silvino</w:t>
+                <w:t xml:space="preserve">Samantha Dub</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la SFECAG : Les céramiques à Lugdunum et dans la région : datation et circulation ; actualité des recherches céramiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2020, Lyon, France. pp.249-268</w:t>
+              <w:t xml:space="preserve">, Sep 2020, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03095385v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03253870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deux nouveaux ensembles de la seconde moitié du III&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. à Sérézin-du-Rhône et Sainte-Colombe (Rhône)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Céramiques de la fin de l’époque augustéenne et du Ier siècle à Valentia et ses campagnes. Valence (Drôme) – angle rues d’Arménie et Bouffier, angle rues Balthazar Baro et Quatorze Cantons, Saint-Péray – Chavas (Ardèche)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Batigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Andrieu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Camille Nouet</w:t>
+                <w:t xml:space="preserve">Anne Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Silvino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la SFECAG : Les céramiques à Lugdunum et dans la région : datation et circulation ; actualité des recherches céramiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2020, Lyon, France. pp.281-300</w:t>
+              <w:t xml:space="preserve">, Sep 2020, Lyon, France. pp.249-268</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03098383v1</w:t>
+                <w:t xml:space="preserve">halshs-03095385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Antiquité tardive entre Rhône et Saône : les vases de quatre ensembles funéraires. Savasse – Les Terrasses et Valence – Les Boulevards (Drôme), Saint-Vulbas – En Pierre Blanche (Ain) et Quincieux – Les Forgettes (Rhône)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deux nouveaux ensembles de la seconde moitié du III&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s. à Sérézin-du-Rhône et Sainte-Colombe (Rhône)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tony Silvino</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Frascone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Nouet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la SFECAG : Les céramiques à Lugdunum et dans la région : datation et circulation ; actualité des recherches céramiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2020, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Sep 2020, Lyon, France. pp.281-300</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03253880v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deux ensembles céramiques dans la vallée de l'Isère : la fouille du 119 rue de la République à Moirans (Isère)</w:t>
+                <w:t xml:space="preserve">L’Antiquité tardive entre Rhône et Saône : les vases de quatre ensembles funéraires. Savasse – Les Terrasses et Valence – Les Boulevards (Drôme), Saint-Vulbas – En Pierre Blanche (Ain) et Quincieux – Les Forgettes (Rhône)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Richard Delage</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Silvino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFECAG, Actes du Congrès de Narbonne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Narbonne, France</w:t>
+              <w:t xml:space="preserve">Congrès de la SFECAG : Les céramiques à Lugdunum et dans la région : datation et circulation ; actualité des recherches céramiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01898791v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03253880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le céramologue au service des problématiques funéraires : approche d'une méthode globale.</w:t>
+                <w:t xml:space="preserve">Deux ensembles céramiques dans la vallée de l'Isère : la fouille du 119 rue de la République à Moirans (Isère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Carrato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Delage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFECAG Actes du Congrès d'Autun (5-8 mai 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Autun, France. pp.13-26</w:t>
+              <w:t xml:space="preserve">SFECAG, Actes du Congrès de Narbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Narbonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01898718v1</w:t>
+                <w:t xml:space="preserve">hal-01898791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les vases-ossuaires en céramique à Lyon de la fin du Ier siècle avant J.-C. au IIIe siècle après J.-C.</w:t>
+                <w:t xml:space="preserve">Le céramologue au service des problématiques funéraires : approche d'une méthode globale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Barreto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFECAG, Actes du congrès d'Autun</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Autun, France. pp.175-202</w:t>
+              <w:t xml:space="preserve">SFECAG Actes du Congrès d'Autun (5-8 mai 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Autun, France. pp.13-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01425590v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01898718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le remploi des amphores comme cercueil durant l'Antiquité tardive : l'exemple de Lyon/Lugdunum</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les vases-ossuaires en céramique à Lyon de la fin du Ier siècle avant J.-C. au IIIe siècle après J.-C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Batigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Barreto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFECAG Actes du Congrès d'Autun (5-8 mai 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Autun, France. pp.347-354</w:t>
+              <w:t xml:space="preserve">SFECAG, Actes du congrès d'Autun</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Autun, France. pp.175-202</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01898727v1</w:t>
+                <w:t xml:space="preserve">hal-01425590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitements, modalités de dépôt et rôle des céramiques dans les structures funéraires gallo-romaines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le remploi des amphores comme cercueil durant l'Antiquité tardive : l'exemple de Lyon/Lugdunum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Silvino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederique Blaizot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques funéraires et sociétés Nouvelles approches en archéologie et en anthropologie sociale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Luc Baray, Patrice Brun, Alain Testard, Jun 2003, Sens, France</w:t>
+              <w:t xml:space="preserve">SFECAG Actes du Congrès d'Autun (5-8 mai 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Autun, France. pp.347-354</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05176565v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01898727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhumation and cremation in Roman Gaul : continuity or discontinuity of the burial practices.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Traitements, modalités de dépôt et rôle des céramiques dans les structures funéraires gallo-romaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Deberge</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frederique Blaizot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In : A. Faber (dir.), P. Fasold (dir.), M. Struck (dir.), M. Witteyer (dir.), Körpergräber des 1.–3. Jahrhunderts in der Römischen Welt. Colloque de Franckfort, 19-20 novembre 2004, Schriften des Archäologischen Museums Frankfurt, 21, Franckfort, 2007, p. 305-321.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Francfort, Germany</w:t>
+              <w:t xml:space="preserve">Pratiques funéraires et sociétés Nouvelles approches en archéologie et en anthropologie sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Luc Baray, Patrice Brun, Alain Testard, Jun 2003, Sens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01739470v1</w:t>
+                <w:t xml:space="preserve">hal-05176565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inhumation and cremation in Roman Gaul : continuity or discontinuity of the burial practices.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Blaizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Deberge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Wittman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In : A. Faber (dir.), P. Fasold (dir.), M. Struck (dir.), M. Witteyer (dir.), Körpergräber des 1.–3. Jahrhunderts in der Römischen Welt. Colloque de Franckfort, 19-20 novembre 2004, Schriften des Archäologischen Museums Frankfurt, 21, Franckfort, 2007, p. 305-321.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Francfort, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01739470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l’étude des céramiques grises kaolinitiques voconces d’après le mobilier issu des fouilles du tracé drômois du TGV Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3967,51 +4092,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rei Cretariae Romanae Fautorum Acta 37</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01898771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4021,186 +4146,186 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les estampilles allobroges : nouveautés épigraphiques et chronologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Legagneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Silvino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la SFECAG de Hyères</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Hyères, France. SFECAG, Actes du congrès d'Hyères 18-21 mai 2023, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04102516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le traitement particulier des tout-petits sur la nécropole antique de Saint-Vulbas (Ain) : premiers résultats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Crépeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4232,120 +4357,120 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre autour des funérailles. Des os et des larmes. Préparer les corps, pleurer et honorer les morts.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Chartres, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04153339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un ensemble céramique de la deuxième moitié du IIIe siècle à Sainte-Colombe (Rhône) au 289 rue Docteur Trenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international de la SFECAG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Maubeuge-Bavay, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02873770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4355,51 +4480,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 8. Les espaces funéraires et la stèle de Suadullia Iulianè</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Béal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4421,534 +4546,534 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Claude Béal; Christophe Landry; Frédérique Blaizot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La villa gallo-romaine du Palais à Châteauneuf-du-Rhône (Drôme)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.459-539, 2023, Documents d’archéologie en Rhône-Alpes et en Auvergne, 55, 978-2-35668-079-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.alpara.7008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04566106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les estampilles allobroges : nouveautés épigraphiques et chronologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Legagneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Silvino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mer, le littoral et le territoire du IIe s. av. J.-C. à la fin du Ier s. apr. J.-C., entre le Rhône et les Alpes Maritimes : Actes du Congrès de la SFECAG (Hyères 18-21/05/2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Société française d'étude de la céramique antique en Gaule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Actes des congrès de la SFECAG, 978-2-9579916-2-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04570629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 7. Échanger et consommer dans la villa du Palais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Batigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Carrato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Claude Béal; Christophe Landry; Frédérique Blaizot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La villa gallo-romaine du Palais à Châteauneuf-du-Rhône (Drôme)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.373-456, 2023, Documents d’archéologie en Rhône-Alpes et en Auvergne, 55, 978-2-35668-079-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.alpara.7003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04566101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ceramic studies in funerary contexts from Roman Gaul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christopher J. Knüsel; Eline M. J. Schotsmans. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Routledge Handbook of Archaeothanatology : Bioarchaeology of Mortuary Behaviour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Routledge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.456-471, 2022, 978-1-138-49242-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03516600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude spécialisée 1. Les céramiques du milieu du I&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; siècle av. J.-C. au début du IV&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle ap. J.-C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle I. André-Poyaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Batigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4957,1477 +5082,1477 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Delage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agnès Vérot; Franck Gabayet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une agglomération antique en vallée alpine : Thyez (Haute-Savoie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 50, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alpara; MOM Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.195-230, 2020, 9782916125152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.alpara.5095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03235281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céramiques antiques de Saint-Georges-de-Reneins et d’Anse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Batigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Cellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Giry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J.-C. BEAL; C. COQUIDE; R. TENU. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ludna et Asa Paulini, Deux étapes antiques du Val de Saône sur la route de Lyon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 39, pp.355-374, 2014, DARA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01086276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apports de l’ACR Céramique de cuisine d’époque romaine en région Rhône-Alpes et sud-Bourgogne à la question des faciès céramiques urbains et ruraux : bilan, limites et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Varennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Batigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Giry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DERU (X.), GONZALEZ VILLAESCUSA (R.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Consommer dans les campagnes de la Gaule romaine. Actes du Xe congrès de l’Association AGER. Revue du Nord, Hors-série. Coll. Art et Archéologie, N° 21, 2014.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 21, pp.291-320, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01086267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anse, l’établissement de la Citadelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Coquidé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cabanis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Caparros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Figueiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ludna et Asa Paulini, deux étapes antiques du Val de Saône sur le route de Lyon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 39, 2014, DARA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01130997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les céramiques communes de la région Rhône-Alpes et du sud de la Bourgogne de l’Ier siècle au Ve siècle ap. J.-C. Répartition des groupes morphologiques et diffusion.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Cantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Batigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Barthèlemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Batigne Vallet, Cécile. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les céramiques communes dans leur contexte régional : faciès de consommation et mode d'approvisionnement : actes de la table ronde organisée à Lyon les 2 et 3 fevrier 2009 à la Maison de l'Orient et de la Méditerranée, [consacrée aux céramiques communes romaines]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 60, Maison de l'Orient et de la Méditerranée - Jean Pouilloux, pp.23--38, 2012, Travaux de la Maison de l’Orient, 978-2-35668-024-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01743347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les amphores africaines à Lyon entre le IIe et le Ve siècle : réflexions à propos de la circulation des marchandises sur l'axe rhodanien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lemaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duperron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Silvino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Capelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lucien Rivet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du congrès d'Arles, 2-5 juin 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFECAG (Société française d'étude de la céramique antique en Gaule), pp.203-222, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01956426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vaisselle des inhumations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christian Goudineau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rites funéraires à Lugdunum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Errance, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01904117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vaisselle des inhumations de bébés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Wittmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christian Goudineau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rites funéraires à Lugdunum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Errance, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01903452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vases ossuaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christian Goudineau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rites funéraires à Lugdunum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Errance, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01903442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mobilier secondaire dans les dépôts de crémation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christian Goudineau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rites funéraires à Lugdunum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Errance, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01903446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vaisselle des vivants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Wittmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christian Goudineau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rites funéraires à Lugdunum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Errance, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01903449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les méthodes de l'archéo-anthropologie funéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Blaizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cabanis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Wittman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christian Goudineau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rites funéraires à Lugdunum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Errance, p. 205-227, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00741440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le dépotoir d'amphores des Sablières à Saint-Paul-Trois-Châteaux (Drôme)</w:t>
+                <w:t xml:space="preserve">Nouvelles formes d'amphores orientales Place des Célestins à Lyon ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanette Laubenheimer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les amphores en Gaule</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires Franc-Comtoises, les Belles Lettres,, pp.255-285, 1998</w:t>
+              <w:t xml:space="preserve">, 2, Presses Universitaires Franc-Comtoises, les Belles Lettres, pp.237-244, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01898745v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01898737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles formes d'amphores orientales Place des Célestins à Lyon ?</w:t>
+                <w:t xml:space="preserve">Le dépotoir d'amphores des Sablières à Saint-Paul-Trois-Châteaux (Drôme)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanette Laubenheimer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les amphores en Gaule</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2, Presses Universitaires Franc-Comtoises, les Belles Lettres, pp.237-244, 1998</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires Franc-Comtoises, les Belles Lettres,, pp.255-285, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01898737v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01898745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assainissement place des Célestins à Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanette Laubenheimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les amphores en Gaule</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, Presses Universitaires Franc-Comtoises, les Belles Lettres, pp.205-235, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01898748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6437,183 +6562,183 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyon 9e (Rhône), 60 Avenue Barthélémy Buyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Coquidé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Brouillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut national de recherches archéologiques préventives (INRAP). 2025, 116 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05055319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charentay (Rhône), Zac Lybertec, tranche 5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Biwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6621,777 +6746,777 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Institut national de recherches archéologiques préventives (INRAP). 2025, 334 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05055313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Restitut (Drôme) Centre ancien - uniquement domaine public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gagnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Dal Col</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Djerbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Horry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Institut national de recherches archéologiques préventives (INRAP). 2025, 261 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05055317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valence (Drôme), Place Saint-Jean : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gagnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Corbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Goy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Guérit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Auvergne-Rhône-Alpes. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05070402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alba-la-Romaine (Ardèche), Rue de la Grande Terre : rapport de fouilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gisclon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cabanis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Auvergne-Rhône-Alpes. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05070383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Paul-Trois-Châteaux, Drôme, Auvergne-Rhône-Alpes, Projet de création d’un gymnase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minvielle Larousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut National de recherches Archéologique Préventive (INRAP). 2024, pp.72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05531042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auvergne-Rhône-Alpes, Drôme, Romans-sur-Isère, 1929 chemin de Saint-Pierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minvielle Larousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Dal Col</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gagnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Horry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut National de recherches Archéologique Préventive (INRAP). 2024, pp.234</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05531035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thyez (Haute-Savoie), Route de la Plaine. Rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges El Haibe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Franc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap ARA. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04319305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thyez (Haute-Savoie), Avenue des Iles. Rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7403,840 +7528,840 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Franc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap ARA. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04319303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Montélimar (Drôme), ZAC de Maubec – Les Terrasses de Maubec, tranche 1 : rapport de fouilles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bigot</w:t>
+                <w:t xml:space="preserve">Saint-Romain-en-Gal (Rhône), Route départementale 502 : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Guérit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Marcellin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eymeric Morin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Auvergne-Rhône-Alpes. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05070980v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05070957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Romain-en-Gal (Rhône), Route départementale 502 : rapport de diagnostic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Magalie Guérit</w:t>
+                <w:t xml:space="preserve">Montélimar (Drôme), ZAC de Maubec – Les Terrasses de Maubec, tranche 1 : rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lurol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cabanis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Frascone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Auvergne-Rhône-Alpes. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05070957v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05070980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genas (Rhône), Rue Roger Salengro. Rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Guérit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap ARA. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04319286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Romain-en-Gal (Rhône), 601 Quai du Rhône : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Guérit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Auvergne-Rhône-Alpes. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05070936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nernier (Haute-Savoie), Bornée, Chemin de Péreuse, rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boës</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamila Fellague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lalai</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAP. 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03890332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nernier (Haute-Savoie), Route de la Croix Marcille, lieu-dit Bornée, rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boës</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamila Fellague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lalai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAP. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03890354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyon 5ème (Rhône), 15 bis avenue du Point du Jour : rapport de fouille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Béranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Horry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Treffort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Auvergne-Rhône-Alpes. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05173651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthy-sur-Léman (Haute-Savoie), Rue des pêcheurs. Un établissement littoral augustéen pérennisé aux portes de Thonon, rapport de fouilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Boës</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8248,1100 +8373,1100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAP. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03890379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annecy, Haute-Savoie, Auvergne–Rhône-Alpes, 39, avenue des Romains, Vol. 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Gabayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Crepeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Béal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap. 2019, 315 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04150238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Romain-en-Gal (Rhône), Rue de Vaunoy : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Guérit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Horry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Auvergne-Rhône-Alpes. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05071080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyon 5e (Rhône), 1 place Eugène Wernert : rapport de fouille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ferber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gisclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Rouzic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Savignat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Auvergne-Rhône-Alpes. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05070323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Châteauneuf-du-Rhône (Drôme) La villa du Palais. Rapport final d’opération de fouille pour l’année 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Béal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Blanc-Bijon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lyon : SRA Rhône-Alpes. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04319424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyon 5e, Rhône, Auvergne-Rhône-Alpes. 1 place Eugène Wernert.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ferber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gisclon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Rouzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Savignat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivy Thomson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap, SRA. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02016515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">XI - Châteauneuf-du-Rhône – La villa du Palais. Etude de la céramique antique », In : BEAL (J.-C.), LANDRY (C.) : « La villa du Palais à Châteauneuf-du-Rhône (Drôme) : un projet collectif de recherches »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Batigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Rapport de recherche. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02024555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Châteauneuf-du-Rhône – Le Palais. Etude des céramiques, In : BEAL (J.-C.), LANDRY (C.) : « La villa du Palais à Châteauneuf-du-Rhône (Drôme) : un projet collectif de recherches »,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Batigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Avon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Rapport de recherche. 2015, pp.56-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02024620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alba-la-Romaine (Ardèche) La Grande Terre : rapport de fouilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Ratsimba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Bellavia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chardenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cousseran-Néré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap RAA. 2014, 210 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04121897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décines-Charpieu (Rhône) Le Montout - OL Land - tranche 1 : rapport de fouilles. Tome 1, Périodes pré et protohistoriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ferber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Argant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cabanis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap RAA. 2012, 299 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04122019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décines-Charpieu, Rhône, Rhône-Alpes. Le Montout, OL Land, Tranche 2, Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Grasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Motte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9349,117 +9474,117 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Mac Carthy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap RAA. 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04870790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DECINES - CHARPIEU, Rhône, Rhône-Alpes. Le Montout, OL Land, Tranche 1, Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Grasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9484,65 +9609,65 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Horry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap RAA. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId230"/>
+      <w:footerReference w:type="default" r:id="rId232"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9689,51 +9814,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515172v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Fr&#233;con-Jouve" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Motte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bayen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bigot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04441943v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Valois" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02429020v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Batigne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Delage" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02875933v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Thirion-Merle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.6364" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02044458v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gohier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Desbat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude B&#233;al" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02059325v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2015.1914" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01100257v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Gilles" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Conjard-R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maza" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918853v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blaizot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;rard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C&#233;cillon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Franc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898780v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Horry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2010.1809" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911004v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Wittmann" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vieugu&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2009.3372" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911009v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georges-Zimmermann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Richier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2009.3374" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911007v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gagnol" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2009.3373" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911016v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2009.3375" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060697v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Henry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2008.1189" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898776v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2005.1172" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00112445v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Marqui&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898762v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Batigne-Vallet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909318v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2001.3028" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421703v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Silvino" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176610v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05114080v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Donati" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lattard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bourdenx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Dufal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Genty" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176587v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823983v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vigier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Turgis" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ducreux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Carbone" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04103993v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098295v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Landrieux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03253870v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barth&#232;lemy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Dub" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095385v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Schmitt" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098383v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Frascone" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Nouet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03253880v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898791v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Carrato" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898718v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425590v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Barreto" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898727v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176565v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Blaizot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739470v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Deberge" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Wittman" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898771v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102516v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Legagneux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04153339v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Cr&#233;peau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Andr&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873770v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04566106v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Landry" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/alpara/7008" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.alpara.7008" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04570629v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Humbert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sfecagq.cluster031.hosting.ovh.net/index.php/sommaire-2023/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04566101v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Durand" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/alpara/7003" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.alpara.7003" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516600v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-Routledge-Handbook-of-Archaeothanatology-Bioarchaeology-of-Mortuary/Knusel-Schotsmans/p/book/9781138492424" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03235281v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Andr&#233;-Poyaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/alpara/5095" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.alpara.5095" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086276v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Cellard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Giry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086267v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Varennes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dumoulin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130997v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Coquid&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Caparros" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743347v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cantin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dumoulin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01956426v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lema&#238;tre" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Capelli" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01904117v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01903452v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01903442v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01903446v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01903449v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741440v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898745v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanette Laubenheimer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898737v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898748v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanette Laubenheimmer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055319v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brouillaud" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055313v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Biwer" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pont" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055317v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Dal Col" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Djerbi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070402v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Corbara" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Goy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Gu&#233;rit" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070383v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Isnard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gisclon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05531042v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Minvielle Larousse" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05531035v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319305v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dumas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges El Haibe" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319303v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070980v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lurol" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070957v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marcellin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eymeric Morin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319286v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070936v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890332v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bo&#235;s" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Fellague" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lalai" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890354v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173651v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine B&#233;ranger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Treffort" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890379v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04150238v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gabayet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Crepeau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05071080v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gaillard" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070323v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferber" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Rouzic" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Savignat" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319424v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Blanc-Bijon" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016515v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Rouzic" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Thomson" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02024555v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Langlois" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02024620v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Avon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04121897v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ratsimba" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chardenon" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousseran-N&#233;r&#233;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04122019v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bellon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870790v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Grasso" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Mac Carthy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871029v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515172v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Fr&#233;con-Jouve" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Motte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bayen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bonnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bigot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04441943v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Valois" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02429020v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Batigne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Delage" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02875933v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Thirion-Merle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.6364" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02044458v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gohier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Desbat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude B&#233;al" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02059325v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2015.1914" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01100257v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Gilles" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Conjard-R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maza" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918853v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blaizot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;rard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C&#233;cillon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Franc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898780v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Horry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2010.1809" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911009v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georges-Zimmermann" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Richier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2009.3374" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911007v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gagnol" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2009.3373" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911004v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Wittmann" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vieugu&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2009.3372" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911016v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2009.3375" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060697v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Henry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2008.1189" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898776v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2005.1172" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00112445v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Marqui&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898762v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Batigne-Vallet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909318v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duday" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.2001.3028" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05543680v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lattard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Donati" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Genty" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Peinetti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421703v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Silvino" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176610v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05114080v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bourdenx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Dufal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176587v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823983v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vigier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Turgis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ducreux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Carbone" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04103993v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098295v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Landrieux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03253870v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barth&#232;lemy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Dub" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095385v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Schmitt" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098383v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Frascone" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Nouet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03253880v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898791v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Carrato" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898718v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425590v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Barreto" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898727v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176565v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Blaizot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739470v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Deberge" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Wittman" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898771v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102516v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Legagneux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04153339v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Cr&#233;peau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Andr&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02873770v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04566106v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Landry" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/alpara/7008" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.alpara.7008" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04570629v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Humbert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sfecagq.cluster031.hosting.ovh.net/index.php/sommaire-2023/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04566101v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Durand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/alpara/7003" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.alpara.7003" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516600v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-Routledge-Handbook-of-Archaeothanatology-Bioarchaeology-of-Mortuary/Knusel-Schotsmans/p/book/9781138492424" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03235281v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Andr&#233;-Poyaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/alpara/5095" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.alpara.5095" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086276v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Cellard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Giry" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086267v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Varennes" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dumoulin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130997v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Coquid&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Caparros" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743347v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cantin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dumoulin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01956426v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lema&#238;tre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Capelli" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01904117v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01903452v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01903442v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01903446v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01903449v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741440v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898737v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898745v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanette Laubenheimer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898748v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanette Laubenheimmer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055319v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brouillaud" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055313v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Biwer" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pont" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055317v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Dal Col" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Djerbi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070402v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Corbara" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Goy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Gu&#233;rit" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070383v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Isnard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gisclon" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05531042v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Minvielle Larousse" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05531035v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319305v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dumas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges El Haibe" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319303v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070957v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marcellin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eymeric Morin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070980v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lurol" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319286v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070936v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890332v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bo&#235;s" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Fellague" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lalai" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890354v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173651v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine B&#233;ranger" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Treffort" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890379v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04150238v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gabayet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Crepeau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05071080v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gaillard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070323v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferber" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Rouzic" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Savignat" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319424v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Blanc-Bijon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016515v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Rouzic" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Thomson" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02024555v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Langlois" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02024620v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Avon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04121897v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ratsimba" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chardenon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousseran-N&#233;r&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04122019v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bellon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870790v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Grasso" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Mac Carthy" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871029v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>