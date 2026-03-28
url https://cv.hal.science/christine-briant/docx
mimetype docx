--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2172,319 +2172,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01129601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supplementation of equine early spring transitional follicles with luteinizing hormone stimulates follicle growth but does not restore steroidogenic activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. N. Schauer</w:t>
+                <w:t xml:space="preserve">A mixture of odorant molecules potentially indicating oestrus in mammals elicits penile erections in male rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Birte Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Jerome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Saint-Albin Deliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Thonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">I. G. Handel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theriogenology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 225 (2), pp.584 - 589. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbr.2011.08.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2010.11.016⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01129762v1</w:t>
+                <w:t xml:space="preserve">hal-02645983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mixture of odorant molecules potentially indicating oestrus in mammals elicits penile erections in male rats</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Audrey Saint-Albin Deliot</w:t>
+                <w:t xml:space="preserve">Supplementation of equine early spring transitional follicles with luteinizing hormone stimulates follicle growth but does not restore steroidogenic activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. N. Schauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Briant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Ottogalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Decourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Thonat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Briant</w:t>
+                <w:t xml:space="preserve">I. G. Handel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 225 (2), pp.584 - 589. </w:t>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 75 (6), pp.1076 - 1084. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbr.2011.08.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2010.11.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02645983v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01129762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of nutritional cues on the duration of the winter anovulatory phase and on associated hormone levels in adult female Welsh pony horses (Equus caballus)</w:t>
               </w:r>
@@ -3324,51 +3324,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Jerome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Equ'idée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 57, Hiver, pp.49-51</w:t>
@@ -3548,51 +3548,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le passage à la barre pour la détection des chaleurs : quelques précisions pour faciliter son interprétation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3803,51 +3803,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attempt to control the day of ovulation in cycling pony mares by associating a GnRH antagonist with hCG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3920,51 +3920,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Louis Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Magallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4028,51 +4028,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of a GnRH antagonist, antarelix, associated or not with hCG, to control ovulation in cyclic pony mares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4244,51 +4244,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5331,385 +5331,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stimulation of the gonadotropin axis by kisspeptin: potential application to manipulate reproduction in ewes and pony mares</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Importance relative de l'olfaction pour la détection de la jument en oestrus par l'étalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahim Bouakkaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Gaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Yvon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. International Congress on Farm Animal Endocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Society of Animal Science (ASAS). Labo/service de l'auteur, Champaign, USA., Aug 2011, Bern, Switzerland</w:t>
+              <w:t xml:space="preserve">37. Journée de la Recherche Equine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02744461v1</w:t>
+                <w:t xml:space="preserve">hal-02748982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sexual response of male rats to a mixture of odorant molecules potentially indicating oestrus in mammals</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Thonat</w:t>
+                <w:t xml:space="preserve">Stimulation of the gonadotropin axis by kisspeptin: potential application to manipulate reproduction in ewes and pony mares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Caraty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Decourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimiliano Beltramo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Colloque de la Société des Neurosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Marseille, France</w:t>
+              <w:t xml:space="preserve">7. International Congress on Farm Animal Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Society of Animal Science (ASAS). Labo/service de l'auteur, Champaign, USA., Aug 2011, Bern, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746758v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance relative de l'olfaction pour la détection de la jument en oestrus par l'étalon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sexual response of male rats to a mixture of odorant molecules potentially indicating oestrus in mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Birte Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Jerome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Saint-Albin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Thonat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Yvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37. Journée de la Recherche Equine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">10. Colloque de la Société des Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02748982v1</w:t>
+                <w:t xml:space="preserve">hal-02746758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of constant intravenous kisspeptin administration on luteinizing hormone release in cyclic mares</w:t>
               </w:r>
@@ -5846,51 +5846,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Decourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Merzouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahim Bouakkaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6165,51 +6165,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.N. Schauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. Donadeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6286,51 +6286,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Gaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Yvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6398,51 +6398,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.N. Schauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. Donadeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6540,51 +6540,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Gaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Yvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7149,51 +7149,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7809,51 +7809,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle de l'ovulation avec les antagonistes de GnRH chez la jument</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7930,51 +7930,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8234,51 +8234,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Vidament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Yvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Reigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10000,51 +10000,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F7EE6209"/>
+    <w:nsid w:val="8EE3A3F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10231,51 +10231,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christine-briant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820346v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Briant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Riou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ruet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.3.7928" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667802v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lemarchand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101120" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493286v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Dai" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Dalla Costa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Minero" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/awf.2023.9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768888v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lemarchand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Parias" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7120/09627286.31.3.008" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03536907v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Levray" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2020.105027" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623360v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Parias" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Moisan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani9090621" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604385v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vidament" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605178v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512125v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birte L. Nielsen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jerome" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint-Albin Deliot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ouali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rochut" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2016.01.014" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409314v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630695v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birte Nielsen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Magistrini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629465v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129806v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Decourt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Caraty" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guillaume" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lomet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.113.114157" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129698v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. N. Schauer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. D. Watson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2012.08.017" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9SV7TRT0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129618v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blomenr&#246;ehr" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M.T. Vogel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2826.2012.02283.x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/782CAB2CE08BF141C73B9AA60A801CAAB27A115C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129656v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Beltramo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2012.03.002" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5SRMGFPB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129601v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumant Vyas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chemineau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Nagnan-Le Meillour" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Danvic" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129762v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Ottogalli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. G. Handel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2010.11.016" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WLJN3L28-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645983v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thonat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2011.08.026" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-23XGW8KV-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129608v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Salazar-Ortiz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Camous" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lardic" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chesneau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1477-7827-9-130" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129443v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilie S&#233;bert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ben Said" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monget" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2010.01.001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V7L1XN6F-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662208v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tillet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Franceschini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchemneu.2008.07.008" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90831PNZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157391v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T Smith" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben Sa&#239;d" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morrissey" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2007-0554" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157263v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben Said" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chesneau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lardic" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Canepa" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.106.057406" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654908v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Toutain" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Blanc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669216v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Margat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667574v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Paris" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Andr&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antignac" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Bizec" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Bonneau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2006.19.3.3491" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669060v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fabre-Nys" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ecot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657098v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bou&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Maurin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2006.04.005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673772v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2004.03.004" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670638v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Magallon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681092v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672961v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bruneau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672020v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Morel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699174v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154621v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Deneux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740511v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743358v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal C. Moussu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Le Neun" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice F. Reigner" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750379v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouakkaz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Gaude" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couty" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745964v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749044v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Salazard-Ortiz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806125v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blomenr&#246;hr" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748631v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744461v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746758v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint-Albin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thonat" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748982v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Bouakkaz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Yvon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753744v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Merzouki" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Duchamp" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757049v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758165v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ferry" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Lain&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wimel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Miszczak" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754738v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754820v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.N. Schauer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Donadeu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751570v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751988v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2010.04.138" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6ZQ9L4W-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756674v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756138v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753412v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Cateau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756530v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Levy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758423v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bou&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755157v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schneider" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762765v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ricard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828286v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raynal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Messager" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825152v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760880v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Canepa" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758938v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761032v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828494v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771642v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Herve" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767155v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602722v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dany" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Reigner" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barri&#232;re" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741727v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint Albin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isae2016.co.uk/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-833-9" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742178v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Anger" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595607v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742884v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606271v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Caillarec" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Khan" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Brunel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173447v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andr&#233;" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bonneau" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-sciences.fr/archivage_site/activite/rapport/r2008.htm" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811299v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Meillour" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Le Danvic" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Humblot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607667v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Grison" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606639v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606794v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604585v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roche" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Neveux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02825128v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798688v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Ifce" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christine-briant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820346v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Briant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Riou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ruet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.3.7928" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667802v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lemarchand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101120" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493286v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Dai" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Dalla Costa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Minero" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/awf.2023.9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768888v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lemarchand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Parias" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7120/09627286.31.3.008" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03536907v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Levray" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2020.105027" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623360v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Parias" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Moisan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani9090621" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604385v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vidament" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605178v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512125v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birte L. Nielsen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jerome" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint-Albin Deliot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ouali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rochut" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2016.01.014" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409314v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630695v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birte Nielsen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Magistrini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629465v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129806v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Decourt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Caraty" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guillaume" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lomet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.113.114157" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129698v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. N. Schauer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. D. Watson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2012.08.017" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9SV7TRT0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129618v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blomenr&#246;ehr" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M.T. Vogel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2826.2012.02283.x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/782CAB2CE08BF141C73B9AA60A801CAAB27A115C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129656v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Beltramo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2012.03.002" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5SRMGFPB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129601v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumant Vyas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chemineau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Nagnan-Le Meillour" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Danvic" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645983v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thonat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2011.08.026" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-23XGW8KV-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129762v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Ottogalli" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. G. Handel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2010.11.016" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WLJN3L28-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129608v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Salazar-Ortiz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Camous" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lardic" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chesneau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1477-7827-9-130" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129443v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilie S&#233;bert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ben Said" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monget" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2010.01.001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V7L1XN6F-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662208v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tillet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Franceschini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchemneu.2008.07.008" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90831PNZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157391v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T Smith" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben Sa&#239;d" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morrissey" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2007-0554" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157263v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben Said" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chesneau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lardic" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Canepa" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.106.057406" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654908v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Toutain" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Blanc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669216v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Margat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667574v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Paris" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Andr&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antignac" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Bizec" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Bonneau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2006.19.3.3491" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669060v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fabre-Nys" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ecot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657098v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bou&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Maurin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2006.04.005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673772v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.domaniend.2004.03.004" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670638v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Magallon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681092v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672961v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bruneau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672020v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Morel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699174v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154621v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Deneux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740511v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743358v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal C. Moussu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Le Neun" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice F. Reigner" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750379v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouakkaz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Gaude" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couty" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745964v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749044v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Salazard-Ortiz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806125v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blomenr&#246;hr" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748631v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748982v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Bouakkaz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Yvon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744461v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746758v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint-Albin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thonat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753744v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Merzouki" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Duchamp" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757049v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758165v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ferry" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Lain&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wimel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Miszczak" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754738v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754820v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.N. Schauer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Donadeu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751570v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751988v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2010.04.138" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6ZQ9L4W-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756674v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756138v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753412v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Cateau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756530v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Levy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758423v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bou&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755157v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schneider" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762765v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ricard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828286v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raynal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Messager" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825152v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760880v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Canepa" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758938v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761032v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828494v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771642v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Herve" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767155v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602722v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dany" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Reigner" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barri&#232;re" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741727v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint Albin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isae2016.co.uk/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-833-9" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742178v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Anger" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595607v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742884v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606271v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Caillarec" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Khan" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Brunel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173447v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andr&#233;" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bonneau" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.academie-sciences.fr/archivage_site/activite/rapport/r2008.htm" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811299v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Meillour" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Le Danvic" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Humblot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607667v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Grison" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606639v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606794v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604585v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roche" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Neveux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02825128v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798688v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Ifce" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>