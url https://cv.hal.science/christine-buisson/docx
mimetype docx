--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -455,256 +455,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03168981v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and quantification of particulate tracers of exhaust and non-exhaust vehicle emissions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ce que la data change à l'exploitation routière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Charron</w:t>
+                <w:t xml:space="preserve">Valentine Creusel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Polo-Rehn</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Luc Charansonney</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">TEC Mobilité intelligente [Revue TEC : Transport Environnement Circulation]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 240, pp.50-51</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02113941v1</w:t>
+                <w:t xml:space="preserve">hal-01963543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce que la data change à l'exploitation routière</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification and quantification of particulate tracers of exhaust and non-exhaust vehicle emissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Charron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Polo-Rehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Golly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEC Mobilité intelligente [Revue TEC : Transport Environnement Circulation]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (7), pp.5187-5207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-19-5187-2019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01963543v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02113941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Macroscopic Model for Freeway Weaving Sections</w:t>
               </w:r>
@@ -1561,51 +1561,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mansuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coutard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Creusel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres de la mobilité intelligente, ATEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, Montrouge, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1630,51 +1630,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryland Aerial Survey of Highway Traffic Between Baltimore and Washington Arthur N. Johnson (1870-1940)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Charansonney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Buisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1905,243 +1905,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01411239v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing railroad congestion in a dense urban network through the use of road traffic network fundamental diagram concept</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Antoine Cuniasse</w:t>
+                <w:t xml:space="preserve">Empirical analysis of lane changing behavior at a freeway weaving section</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Marczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Winnie Daamen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Buisson</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David de Almeida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRB 2014 - Transportation Research Board 93rd Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2014, WASHINGTON D.C, United States. 15 p</w:t>
+              <w:t xml:space="preserve">, Jan 2014, WASHINGTON D.C, United States. 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01411678v1</w:t>
+                <w:t xml:space="preserve">hal-01411578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empirical analysis of lane changing behavior at a freeway weaving section</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Winnie Daamen</w:t>
+                <w:t xml:space="preserve">Analyzing railroad congestion in a dense urban network through the use of road traffic network fundamental diagram concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Cuniasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquin Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Teboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David de Almeida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRB 2014 - Transportation Research Board 93rd Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2014, WASHINGTON D.C, United States. 14 p</w:t>
+              <w:t xml:space="preserve">, Jan 2014, WASHINGTON D.C, United States. 15 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01411578v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01411678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Key Variables of Merging Behaviour: Empirical Comparison between Two Sites and Assessment of Gap Acceptance Theory</w:t>
               </w:r>
@@ -2225,256 +2225,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00931762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying the Number of Lane Changes in Traffic An empirical analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Use, Calibration, and Validation of Traffic Simulation Models in Practice: Results of Web-Based Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge P. Hoogendoorn</w:t>
+                <w:t xml:space="preserve">Mark Brackstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y Shiomi</w:t>
+                <w:t xml:space="preserve">Marcello Montanino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Winnie Daamen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicenzo Punzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRB 2016, Transportation Research Board 95th annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, WASHINGTON D.C, United States. 16 p</w:t>
+              <w:t xml:space="preserve">TRB 2012 - Transportation Research Board 91rd Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, WASHINGTON D.C, United States. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01410531v1</w:t>
+                <w:t xml:space="preserve">hal-01411970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use, Calibration, and Validation of Traffic Simulation Models in Practice: Results of Web-Based Survey</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mark Brackstone</w:t>
+                <w:t xml:space="preserve">Quantifying the Number of Lane Changes in Traffic An empirical analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor L. Knoop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcello Montanino</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Winnie Daamen</w:t>
+                <w:t xml:space="preserve">Serge P. Hoogendoorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Shiomi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Buisson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vicenzo Punzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRB 2012 - Transportation Research Board 91rd Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, WASHINGTON D.C, United States. 12 p</w:t>
+              <w:t xml:space="preserve">TRB 2016, Transportation Research Board 95th annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, WASHINGTON D.C, United States. 16 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01411970v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01410531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lane Distribution of Traffic Near Merging Zones Influence of variable speed limits</w:t>
               </w:r>
@@ -3448,51 +3448,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bouvarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquin Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3833,51 +3833,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EC6C84F9"/>
+    <w:nsid w:val="7414EA2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4064,51 +4064,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christine-buisson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4490-7061" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/066970261" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rerite.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757975v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Baali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Kuipers" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coulaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Buisson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl-William Palmqvist" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42421-025-00121-9" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168981v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Lanaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Ladino" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21949/1504485" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02113941v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Charron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Polo-Rehn" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Besombes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Golly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-5187-2019" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963543v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Creusel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Charansonney" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215745v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Marczak" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Leclercq" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mice.12119" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349914v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor L. Knoop" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2014.2340434" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01428755v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monteil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Billot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Sau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Eddin El Faouzi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3141/2422-15" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470181v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3141/2422-10" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921046v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winnie Daamen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2013.07.007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3T3XD05-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425248v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ladier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3141/2124-12" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425179v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544042v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Charlottin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Varotto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373431v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Aliaga" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mansuy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coutard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01856349v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411264v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Villegas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Rivoirard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411239v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Wagner" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Nippold" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3141/2560-02" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411678v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Cuniasse" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Rodriguez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Teboul" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David de Almeida" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411578v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931762v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sbspro.2013.05.036" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410531v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge P. Hoogendoorn" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Shiomi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411970v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Brackstone" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Montanino" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicenzo Punzo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425244v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Duret" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart van Arem" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411844v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soyoung Ahn" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425185v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chiabaut" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411935v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659426v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Francesca Varotto" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425259v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jb Lesort" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931231v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Lis-Plesi&#324;ska" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ortar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#322; Szymanowski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Jask&#243;lski" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Parteka" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-67936-0_4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373003v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Metelski" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gomez-Patino" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909708v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lim Cornet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ramond" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bouvarel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536021v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Zargayouna" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377147v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Badin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bousquet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ditchi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christine-buisson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4490-7061" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/066970261" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rerite.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757975v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Baali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Kuipers" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coulaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Buisson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl-William Palmqvist" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42421-025-00121-9" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168981v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Lanaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Ladino" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21949/1504485" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963543v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Creusel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Charansonney" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02113941v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Charron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Polo-Rehn" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Besombes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Golly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-5187-2019" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215745v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Marczak" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Leclercq" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mice.12119" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349914v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor L. Knoop" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2014.2340434" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01428755v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Monteil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Billot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Sau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Eddin El Faouzi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3141/2422-15" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470181v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3141/2422-10" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921046v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winnie Daamen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2013.07.007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3T3XD05-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425248v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ladier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3141/2124-12" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425179v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544042v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Charlottin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Varotto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373431v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Aliaga" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mansuy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coutard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01856349v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411264v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Villegas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Rivoirard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411239v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Wagner" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Nippold" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3141/2560-02" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411578v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411678v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Cuniasse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Rodriguez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Teboul" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David de Almeida" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931762v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sbspro.2013.05.036" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411970v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Brackstone" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Montanino" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicenzo Punzo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410531v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge P. Hoogendoorn" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Shiomi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425244v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Duret" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart van Arem" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411844v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soyoung Ahn" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425185v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chiabaut" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411935v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659426v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Francesca Varotto" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425259v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jb Lesort" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931231v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Lis-Plesi&#324;ska" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ortar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#322; Szymanowski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Jask&#243;lski" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Parteka" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-67936-0_4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373003v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Metelski" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gomez-Patino" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909708v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lim Cornet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ramond" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bouvarel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536021v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Zargayouna" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377147v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Badin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bousquet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ditchi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>