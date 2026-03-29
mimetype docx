--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1071,51 +1071,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petite histoire des rapports entre grandeurs et numérique dans les programmes de l'école primaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chambris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repères-IREM</w:t>
+              <w:t xml:space="preserve">Repères IREM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 69, pp.5-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01742600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1149,221 +1149,221 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reasoning based on quantities as a key factor for strong foundations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Savoirs et situation fondamentale du nombre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chambris</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Elementary Mathematics Teaching SEMT'25</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Prague (Czech Republic), Czech Republic. pp.40-55</w:t>
+              <w:t xml:space="preserve">Colloque international en hommage à l’œuvre de Guy Brousseau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. pp.86-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05263954v1</w:t>
+                <w:t xml:space="preserve">hal-05219886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Savoirs et situation fondamentale du nombre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reasoning based on quantities as a key factor for strong foundations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tad Watanabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chambris</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gülseren Karagöz Akar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nurdan Turan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keiko Hino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international en hommage à l’œuvre de Guy Brousseau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. pp.86-92</w:t>
+              <w:t xml:space="preserve">Symposium on Elementary Mathematics Teaching SEMT'25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Prague (Czech Republic), Czech Republic. pp.40-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05219886v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An alternative quantitative lens on Lavie-Sfard’s developmental model of numerical discourse</w:t>
               </w:r>
@@ -2228,247 +2228,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03452926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dealing with large numbers: What is important for students and teachers to know?</w:t>
+                <w:t xml:space="preserve">Questions sur l’enseignement des nombres, notamment décimaux, au cycle 3.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chambris</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédérick Tempier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tenth Congress of the European Society for Research in Mathematics Education (CERME10, February 1-5, 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Dublin, Ireland. pp.322-329</w:t>
+              <w:t xml:space="preserve">Colloque Mathématiques en cycle 3.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01724615v1</w:t>
+                <w:t xml:space="preserve">hal-01741556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in the teaching of numbers and ratios in the primary curriculum</w:t>
+                <w:t xml:space="preserve">Dealing with large numbers: What is important for students and teachers to know?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chambris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Tempier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium Elementary Mathematics Teaching 17.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Prague, Czech Republic. pp.128-138</w:t>
+              <w:t xml:space="preserve">Tenth Congress of the European Society for Research in Mathematics Education (CERME10, February 1-5, 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Dublin, Ireland. pp.322-329</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03675154v1</w:t>
+                <w:t xml:space="preserve">hal-01724615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Questions sur l’enseignement des nombres, notamment décimaux, au cycle 3.</w:t>
+                <w:t xml:space="preserve">Changes in the teaching of numbers and ratios in the primary curriculum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chambris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Mathématiques en cycle 3.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Poitiers, France</w:t>
+              <w:t xml:space="preserve">International Symposium Elementary Mathematics Teaching 17.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Prague, Czech Republic. pp.128-138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01741556v1</w:t>
+                <w:t xml:space="preserve">hal-03675154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A brief history of the relations between numbers and quantities in the primary curriculum in France</w:t>
               </w:r>
@@ -3513,570 +3513,570 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04665144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unités (relatives) pour les nombres et le calcul à l'école. Vers un état des lieux - potentialités</w:t>
+                <w:t xml:space="preserve">Raisons d’être des grandeurs – le cas de l’arithmétique à l’école élémentaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chambris</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Hamid Chaachoua; Annie Bessot; Berta Barquero; Lalina Coulange; Gisèle Cirade; Pierre Job; Anne-Cécile Mathé; André Pressiat; Maggy Schneider; Fabrice Vandebrouck. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hamid Chaachoua, Annie Bessot, Berta Barquero, Lalina Coulange, Gisèle Cirade, Pierre Job, Anne-Cécile Mathé, André Pressiat, Maggy Schneider, Fabrice Vandebrouck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelles perspectives en didactique : le point de vue de l’élève, questions curriculaires, grandeur et mesure.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2, La pensée sauvage, pp.373-395, 2021, ISBN 978 2 859 193485</w:t>
+              <w:t xml:space="preserve">Nouvelles perspectives en didactique : le point de vue de l’élève, questions curriculaires, grandeur et mesure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, La pensée sauvage, pp.170-195, 2021, ISBN 978 2 859 193485</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02514378v1</w:t>
+                <w:t xml:space="preserve">hal-02526669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raisons d’être des grandeurs – le cas de l’arithmétique à l’école élémentaire.</w:t>
+                <w:t xml:space="preserve">Unités (relatives) pour les nombres et le calcul à l'école. Vers un état des lieux - potentialités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chambris</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Hamid Chaachoua, Annie Bessot, Berta Barquero, Lalina Coulange, Gisèle Cirade, Pierre Job, Anne-Cécile Mathé, André Pressiat, Maggy Schneider, Fabrice Vandebrouck. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lalina Coulange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Train²</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hamid Chaachoua; Annie Bessot; Berta Barquero; Lalina Coulange; Gisèle Cirade; Pierre Job; Anne-Cécile Mathé; André Pressiat; Maggy Schneider; Fabrice Vandebrouck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelles perspectives en didactique : le point de vue de l’élève, questions curriculaires, grandeur et mesure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1, La pensée sauvage, pp.170-195, 2021, ISBN 978 2 859 193485</w:t>
+              <w:t xml:space="preserve">Nouvelles perspectives en didactique : le point de vue de l’élève, questions curriculaires, grandeur et mesure.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, La pensée sauvage, pp.373-395, 2021, ISBN 978 2 859 193485</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02526669v1</w:t>
+                <w:t xml:space="preserve">hal-02514378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The What and Why of Whole Number Arithmetic: Foundational Ideas from History, Language and Societal Changes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le défi calcul au cycle 3 : entre calcul mental et calculatrice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chambris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xu Hua Sun</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Chambris</w:t>
+                <w:t xml:space="preserve">Mariam Haspekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Melon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judy Sayers</w:t>
-[...34 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nathalie Pasquet-Fortune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F.Vandebrouk &amp; B.Lebot (Eds.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building the Foundation: Whole Numbers in the Primary Grades</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Actes du Colloque IREM Mathématiques en Cycle, juin 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IREM de Poitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.228-239, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03452930v1</w:t>
+                <w:t xml:space="preserve">hal-01741336v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La numération, le calcul et la calculatrice, du CM à la 6e</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The What and Why of Whole Number Arithmetic: Foundational Ideas from History, Language and Societal Changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xu Hua Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chambris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judy Sayers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariam Haspekian</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Chambris</w:t>
+                <w:t xml:space="preserve">Man Keung Siu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Celi</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jason Cooper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du Séminaire National de Didactique des Mathématiques, Paris 2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Building the Foundation: Whole Numbers in the Primary Grades</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.91-124, 2018, New ICMI Study Series, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-63555-2_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02800073v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le défi calcul au cycle 3 : entre calcul mental et calculatrice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La numération, le calcul et la calculatrice, du CM à la 6e</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Haspekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chambris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">F.Vandebrouk &amp; B.Lebot (Eds.). </w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Celi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dans Barrier, T. &amp; Chambris, C. (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du Colloque IREM Mathématiques en Cycle, juin 2017</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.228-239, 2018</w:t>
+              <w:t xml:space="preserve">Actes du Séminaire National de Didactique des Mathématiques, Paris 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IREM de Paris, pp.334-340, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01741336v3</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02800073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topic Study Group No. 9: Teaching and Learning of Measurement (Focus on Primary Education)</w:t>
               </w:r>
@@ -5001,51 +5001,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BEEBF319"/>
+    <w:nsid w:val="1A76896D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5149,51 +5149,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="3DC1C5B5"/>
+    <w:nsid w:val="1B280862"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5297,51 +5297,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="2DB2B4DB"/>
+    <w:nsid w:val="44D52D50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5534,51 +5534,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christine-chambris" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9596-3704" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/130293199" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362606v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chambris" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452888v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Visnovska" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hm.2021.04.003" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270063v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10649-017-9790-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724780v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Tempier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724757v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741605v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742650v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742661v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741352v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742600v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263954v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tad Watanabe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;lseren Karag&#246;z Akar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurdan Turan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiko Hino" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219886v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620704v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyanasundaram (ravi) Subramaniam" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362623v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lallemand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Chevalier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sencerin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Villemonteix" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188452v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236132v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754206v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Surroca Ortiz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452940v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalina Coulange" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Train&#178;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452912v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452948v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Batteau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823488v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Batton" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Melon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Fr&#233;guis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Radovanovic" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452926v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Rinaldi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724615v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675154v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741556v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452956v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452961v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236217v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Houdement" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274456v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323921v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001693v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barrier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704879v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844829v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bloch" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Butlen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Cirade" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Clivaz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110818v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mounier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Nebout" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Perrin-Glorian" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irem.univ-paris-diderot.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665143v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lehrer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gbaguidi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuquan Wang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldscientific.com/doi/10.1142/9789811287152_0034" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811287152_0034" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665144v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-55939-6_6" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514378v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526669v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452930v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Hua Sun" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy Sayers" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Man Keung Siu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Cooper" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-63555-2_5" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800073v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Haspekian" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Celi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741336v3" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pasquet-Fortune" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irem.univ-poitiers.fr/colloque2017/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452962v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dougherty" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Ruwisch" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insook Chung" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-62597-3_36" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568467v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452881v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kuzniak" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Parzysz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vivier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bulf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604251v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452972v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00338665v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04391867v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572483v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Vale" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mellony Graven" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Ford" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christine-chambris" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9596-3704" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/130293199" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362606v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chambris" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452888v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Visnovska" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hm.2021.04.003" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270063v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10649-017-9790-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724780v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Tempier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724757v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741605v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742650v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742661v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741352v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742600v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219886v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263954v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tad Watanabe" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;lseren Karag&#246;z Akar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurdan Turan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiko Hino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620704v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyanasundaram (ravi) Subramaniam" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362623v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lallemand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Chevalier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sencerin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Villemonteix" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188452v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236132v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754206v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Surroca Ortiz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452940v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalina Coulange" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Train&#178;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452912v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452948v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Batteau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823488v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Batton" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Melon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Fr&#233;guis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Radovanovic" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452926v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Rinaldi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741556v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724615v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675154v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452956v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452961v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236217v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Houdement" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274456v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323921v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001693v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barrier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704879v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844829v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bloch" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Butlen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Cirade" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Clivaz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110818v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mounier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Nebout" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Perrin-Glorian" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irem.univ-paris-diderot.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665143v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lehrer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gbaguidi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuquan Wang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldscientific.com/doi/10.1142/9789811287152_0034" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811287152_0034" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665144v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-55939-6_6" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526669v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514378v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741336v3" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Haspekian" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pasquet-Fortune" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irem.univ-poitiers.fr/colloque2017/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452930v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Hua Sun" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy Sayers" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Man Keung Siu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Cooper" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-63555-2_5" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800073v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Celi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452962v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dougherty" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Ruwisch" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insook Chung" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-62597-3_36" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568467v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452881v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kuzniak" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Parzysz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vivier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bulf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604251v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452972v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00338665v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04391867v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572483v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Vale" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mellony Graven" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Ford" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>