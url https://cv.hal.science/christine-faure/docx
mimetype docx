--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -1865,372 +1865,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00265209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Olympe de Gouges : écrivain politique, pamphlétaire, au ban de l'histoire révolutionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fauré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gender law and policy annual review (Sendai, Japon)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.103-116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00253403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Doléances, déclarations et pétitions, trois formes de la parole publique des femmes sous la Révolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Fauré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales historiques de la Révolution française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, N° 344, pp.5-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00188719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Olympe de Gouges : écrivain politique, pamphlétaire, au ban de l'histoire révolutionnaire</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sieyès, lecteur problématique des Lumières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Fauré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gender law and policy annual review (Sendai, Japon)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, pp.103-116</w:t>
+              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, N° 37, pp.191-207</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00384775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'offrande patriotique des femmes en 1789</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Fauré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de la Bibliothèque nationale de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, N° 20, pp.69-74</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00384777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la parité politique à la parité managériale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Fauré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du management territorial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, N° 20, pp.25-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00384776v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00384775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une histoire des femmes au 18e siècle, par Louise de Kéralio</w:t>
               </w:r>
@@ -3043,173 +3043,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00385556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Representative government or Republic? Good government according to Sieyès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fauré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Palonen, Kari;Pulkkinen, Tuija;. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[The Ashgate Research Companion to the] Politics of democratization in Europe : concepts and histories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ashgate, pp.75-88, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00358644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sieyès, Rousseau et la théorie du contrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Fauré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Quiviger, Pierre-Yves;Denis, Vincent;Salem, Jean;. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Figures de Sieyès</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publications de la Sorbonne, pp.213-225, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00358651v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-00358644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Déclarations des droits ne sont ni vraies ni fausses</w:t>
               </w:r>
@@ -4122,51 +4122,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1794D7D9"/>
+    <w:nsid w:val="70FACC33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4353,51 +4353,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christine-faure" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/026859181" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://triangle.ens-lyon.fr/spip.php?article438" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01794304v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Faur&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377192v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905439v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905566v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00586608v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00464320v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00452312v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358654v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358648v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00207964v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419875v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496012v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/csp.027.0077" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316824v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Vitse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huidi Tchero" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Meaume" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dompmartin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Malloizel-Delaunay" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1534734618795534" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01860594v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ltm.699.0053" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01550005v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377188v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ltm.689.0086" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01137616v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ltm.682.0246" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854619v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00653447v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512527v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03906701.2010.487671" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358661v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265208v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265209v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188719v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00253403v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384777v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384776v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384775v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419876v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419874v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419873v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754211v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mat.1988.403856" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05058281v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-75273-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02420565v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01491614v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01072467v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00703826v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00653439v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00385556v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358651v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358644v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384788v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00435668v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00253613v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967964v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosset Fran&#231;ois-Lo&#239;c" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Legras-Lachuer Catherine" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rulka" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Thomas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Afanassieff" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325940v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384789v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274877v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00344901v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01788307v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Veauvy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mareglia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Gousset" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christine-faure" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/026859181" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://triangle.ens-lyon.fr/spip.php?article438" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01794304v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Faur&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377192v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905439v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00905566v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00586608v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00464320v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00452312v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358654v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358648v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00207964v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419875v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496012v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/csp.027.0077" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316824v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Vitse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huidi Tchero" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Meaume" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dompmartin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Malloizel-Delaunay" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1534734618795534" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01860594v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ltm.699.0053" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01550005v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377188v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ltm.689.0086" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01137616v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ltm.682.0246" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854619v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00653447v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512527v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03906701.2010.487671" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358661v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265208v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00265209v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00253403v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188719v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384775v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384777v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384776v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419876v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419874v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419873v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754211v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mat.1988.403856" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05058281v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-75273-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02420565v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01491614v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01072467v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00703826v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00653439v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00385556v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358644v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358651v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384788v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00435668v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00253613v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967964v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosset Fran&#231;ois-Lo&#239;c" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Legras-Lachuer Catherine" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rulka" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Thomas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Afanassieff" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325940v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00384789v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00274877v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00344901v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01788307v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Veauvy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mareglia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Gousset" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>