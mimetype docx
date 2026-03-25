--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="88078BC2"/>
+    <w:nsid w:val="C418968B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="FE8CC0FE"/>
+    <w:nsid w:val="DFA8B832"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="63B9C87E"/>
+    <w:nsid w:val="7A1B1170"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -551,51 +551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="9C90F7A0"/>
+    <w:nsid w:val="44A43419"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -699,51 +699,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="F313B573"/>
+    <w:nsid w:val="24463885"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -847,51 +847,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="ED34D366"/>
+    <w:nsid w:val="2D740527"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -995,51 +995,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="86E1A409"/>
+    <w:nsid w:val="FD70E955"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1143,51 +1143,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="6F87815A"/>
+    <w:nsid w:val="B6B1C657"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1291,51 +1291,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="AC907029"/>
+    <w:nsid w:val="7A3B8D59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1439,51 +1439,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="D7848E61"/>
+    <w:nsid w:val="7CEC3539"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1587,51 +1587,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="5B4B8A19"/>
+    <w:nsid w:val="CBEC28A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1735,51 +1735,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="DFF3CAAD"/>
+    <w:nsid w:val="CF5E5D76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1883,51 +1883,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="C6EEBBA9"/>
+    <w:nsid w:val="DA760062"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2031,51 +2031,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="AA50BFD2"/>
+    <w:nsid w:val="58DEA95D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2179,51 +2179,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="0418EC58"/>
+    <w:nsid w:val="D04063E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2327,51 +2327,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="5953740D"/>
+    <w:nsid w:val="8CB29612"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2475,51 +2475,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="06EBE80C"/>
+    <w:nsid w:val="BB25B59D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2623,51 +2623,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="75EAE2AB"/>
+    <w:nsid w:val="60C3842B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2771,51 +2771,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="8B753B28"/>
+    <w:nsid w:val="BF2AFDD8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2919,51 +2919,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="642FE42E"/>
+    <w:nsid w:val="AAAD9AF3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3067,51 +3067,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="2D5CB9E2"/>
+    <w:nsid w:val="E02AD688"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3215,51 +3215,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="3E895557"/>
+    <w:nsid w:val="659289C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3363,51 +3363,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="12C89329"/>
+    <w:nsid w:val="12CCE900"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3511,51 +3511,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="3267F7F0"/>
+    <w:nsid w:val="E5F901CD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3659,51 +3659,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
-    <w:nsid w:val="6493DCF9"/>
+    <w:nsid w:val="9C1CAF08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3807,51 +3807,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
-    <w:nsid w:val="8E8F4EE9"/>
+    <w:nsid w:val="2CE29A92"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3955,51 +3955,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="CD419632"/>
+    <w:nsid w:val="011A2F6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4103,51 +4103,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="A4F6A194"/>
+    <w:nsid w:val="32CBD1B1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4251,51 +4251,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
-    <w:nsid w:val="22DE11F7"/>
+    <w:nsid w:val="D2F54039"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4399,51 +4399,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
-    <w:nsid w:val="720FFC11"/>
+    <w:nsid w:val="EC761804"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4547,51 +4547,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31">
-    <w:nsid w:val="BC309FB1"/>
+    <w:nsid w:val="5BB6BFAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4695,51 +4695,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
-    <w:nsid w:val="C1551DCE"/>
+    <w:nsid w:val="F27EC237"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4843,51 +4843,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33">
-    <w:nsid w:val="47BFD6E8"/>
+    <w:nsid w:val="06D96201"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4991,51 +4991,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
-    <w:nsid w:val="A277C062"/>
+    <w:nsid w:val="B10349D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>