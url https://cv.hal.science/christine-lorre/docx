--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1337,342 +1337,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04347765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des archives de la recherche aux archives pour la recherche : le cas du musée d'Archéologie nationale (Saint-Germain-en-Laye)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Necropolises of Azerbaijan during the Bronze and Iron Ages in the Lenkoran and the Lerik Areas (NABIALLA): A New French-Azerbaijanese Archaeological Joint Project.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Haze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives de la recherche : problèmes et enjeux de la construction du savoir scientifique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.151-165, 2014, 9782336348599</w:t>
+              <w:t xml:space="preserve">Proceedings of the 8th Internatonal Congress on the Archaeology of the Ancient Near East</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, Otto Harrassowitz GmbH &amp; Co, 2014, 9783447101745</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04347710v1</w:t>
+                <w:t xml:space="preserve">hal-04343104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Necropolises of Azerbaijan during the Bronze and Iron Ages in the Lenkoran and the Lerik Areas (NABIALLA): A New French-Azerbaijanese Archaeological Joint Project.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vases pré- et protodynastiques égyptiens en pierre : réflexions sur l'étude des contextes d'utilisation et d'échange.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathias Haze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 8th Internatonal Congress on the Archaeology of the Ancient Near East</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2, Otto Harrassowitz GmbH &amp; Co, 2014, 9783447101745</w:t>
+              <w:t xml:space="preserve">Les Produits de luxe au Proche-Orient ancien aux âges du Bronze et du Fer.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 19, De Boccard, pp.85-93, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04343104v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vases pré- et protodynastiques égyptiens en pierre : réflexions sur l'étude des contextes d'utilisation et d'échange.</w:t>
+                <w:t xml:space="preserve">Déchiffrer les étiquettes et recoller les morceaux : comment étudier et valoriser la collection d'archéologie comparée du musée d'Archéologie nationale (Saint-Germain-en-Laye)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Boucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Produits de luxe au Proche-Orient ancien aux âges du Bronze et du Fer.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 19, De Boccard, pp.85-93, 2014</w:t>
+              <w:t xml:space="preserve">Penser, classer, administrer : pour une histoire croisée des collections scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Muséum national d'histoire naturelle; Comité des Travaux historiques et scientifiques, pp.134-151, 2014, 9782856537466</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04338509v1</w:t>
+                <w:t xml:space="preserve">hal-04347686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déchiffrer les étiquettes et recoller les morceaux : comment étudier et valoriser la collection d'archéologie comparée du musée d'Archéologie nationale (Saint-Germain-en-Laye)</w:t>
+                <w:t xml:space="preserve">Des archives de la recherche aux archives pour la recherche : le cas du musée d'Archéologie nationale (Saint-Germain-en-Laye)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Boucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Penser, classer, administrer : pour une histoire croisée des collections scientifiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Muséum national d'histoire naturelle; Comité des Travaux historiques et scientifiques, pp.134-151, 2014, 9782856537466</w:t>
+              <w:t xml:space="preserve">Archives de la recherche : problèmes et enjeux de la construction du savoir scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.151-165, 2014, 9782336348599</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04347686v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04347710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La céramique de Suse I : note sur les techniques utilisées</w:t>
               </w:r>
@@ -1885,182 +1885,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02314102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherches de origines et quête de reconnaissance : Jacques de Morgan et le monde savant au tournant du XXe siècle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Histoire du collectionnisme piémontais à travers les collections du musée d'Archéologie nationale de Saint-Germain-en-Laye : A. Bertrand, G. de Mortillet et les collectionneurs italiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Cicolani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marica Venturino Gambari; Daniela Gandolfi. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Caucase, Egypte et Perse. Jacques de Morgan (1857-1924), pionnier de l'aventure archéologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1, Musée d'Archéologi nationale, 2009, 295324280</w:t>
+              <w:t xml:space="preserve">Colligite fragmenta Aspetti e tendenze del collezionismo archeologico ottocentesco in Piemonte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edizioni dell'Istituto Internazionale di Studi Liguri, p. 165-186, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04346682v1</w:t>
+                <w:t xml:space="preserve">halshs-02315222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire du collectionnisme piémontais à travers les collections du musée d'Archéologie nationale de Saint-Germain-en-Laye : A. Bertrand, G. de Mortillet et les collectionneurs italiens</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recherches de origines et quête de reconnaissance : Jacques de Morgan et le monde savant au tournant du XXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colligite fragmenta Aspetti e tendenze del collezionismo archeologico ottocentesco in Piemonte</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Edizioni dell'Istituto Internazionale di Studi Liguri, p. 165-186, 2009</w:t>
+              <w:t xml:space="preserve">Caucase, Egypte et Perse. Jacques de Morgan (1857-1924), pionnier de l'aventure archéologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Musée d'Archéologi nationale, 2009, 295324280</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02315222v1</w:t>
+                <w:t xml:space="preserve">hal-04346682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernest Chantre (1843-1924) et ses recherches dans la nécropole de Koban (Ossétie-du-Nord)</w:t>
               </w:r>
@@ -2333,165 +2333,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04345452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'archéologie comparée des cinq continents</w:t>
+                <w:t xml:space="preserve">Notices d'objets 28, 108 et 337</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Musée des Antiquités nationales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réunion des musées nationaux; BNP Paribas, pp.112-125, 2004, 9782711848065</w:t>
+              <w:t xml:space="preserve">Le Royaume d'Ougarit : Aux origines de l'alphabet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Somogy éditions d'art, 2004, 9782850567858</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04345358v1</w:t>
+                <w:t xml:space="preserve">hal-04345385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notices d'objets 28, 108 et 337</w:t>
+                <w:t xml:space="preserve">L'archéologie comparée des cinq continents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Royaume d'Ougarit : Aux origines de l'alphabet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Somogy éditions d'art, 2004, 9782850567858</w:t>
+              <w:t xml:space="preserve">Le Musée des Antiquités nationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réunion des musées nationaux; BNP Paribas, pp.112-125, 2004, 9782711848065</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04345385v1</w:t>
+                <w:t xml:space="preserve">hal-04345358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction à la collection de J. de Morgan provenant de Malaisie et conservée au musée des Antiquités nationales et catalogue raisonné de la collection</w:t>
               </w:r>
@@ -3078,1629 +3078,1629 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04310523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la plaine du Pô au château de Saint-Germain-en-Laye (France) : la collection Chierici et la pratique des échanges entre musées au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Cicolani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lorre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attualità du Don Gaetano Chierici. Archeologo, museologo e maestro di impegno civile.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, M. Cremaschi, R. Macellari, G. A. Rossi, Sep 2019, Reggio Emilia, Italie. pp.103-116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02879661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du Portugal à Saint-Germain-en-Laye : l’itinéraire d’un objet de prestige du musée d’Archéologie nationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabete Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Armbruster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antiquités nationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 50, pp.64-77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04347850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques de Morgan à l'ère du numérique : à la découverte d'une personnalité scientifique hors du commun.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Sagory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Saint-Jalm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antiquités nationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 49, pp.91-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03922903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un modèle de bateau protodynastique égyptien acquis par le musée d'Archéologie nationale (Saint-Germain-en-Laye)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Vanhulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue du Louvre et des musees de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 4, pp.28-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03922419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Hubert et l’archéologie de l’Asie du Sud-Est : un moment de formation personnelle et d’échanges intellectuels</w:t>
+                <w:t xml:space="preserve">Montrer, démontrer la Préhistoire : perspectives comparatistes et Préhistoire au musée d’Archéologie nationale de Saint-Germain-en-Laye (1862-1927)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 101, pp.31-54</w:t>
+              <w:t xml:space="preserve">Antiquités nationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 46, pp.141-154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04347834v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04347770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Montrer, démontrer la Préhistoire : perspectives comparatistes et Préhistoire au musée d’Archéologie nationale de Saint-Germain-en-Laye (1862-1927)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The necropolises of Azerbaijan during the Bronze and Iron Ages in the Lenkoran and the Lerik areas (NABIALLA Project, Azerbaijan): Preliminary report of the 2012–2013 campaigns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Casanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abuzar Alekberov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Fahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiquités nationales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 395, pp.194-207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.09.099⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04347770v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The necropolises of Azerbaijan during the Bronze and Iron Ages in the Lenkoran and the Lerik areas (NABIALLA Project, Azerbaijan): Preliminary report of the 2012–2013 campaigns</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Henri Hubert et l’archéologie de l’Asie du Sud-Est : un moment de formation personnelle et d’échanges intellectuels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 101, pp.31-54</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03864051v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04347834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le retour du continent océanien dans la salle d'archéologie comparée : présentation d'objets de la collection Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue des musées de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 3, pp.34-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04347744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the origins and spread of Olea europaea L. (olive) domestication: evidence for shape variation of olive stones at Ugarit, Late Bronze Age, Syria—a window on the Mediterranean Basin and on the westward diffusion of olive varieties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Newton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Ivorra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Frédéric Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vegetation History and Archaeobotany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 23, pp.567-575. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00334-013-0412-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04347642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paroles de récoleurs : au musée d'Archéologie nationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Musées et collections publiques de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 264, pp.50-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04347603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Hubert et la salle de comparaison du musée d'Archéologie nationale : un atelier de sociologie durkheimienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antiquités nationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 41, pp.191-204</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04347581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between the Colouration and the Firing Technology used to produce Susa Glazed Ceramics of the End of the Neolithic Period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophia Lahlil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bouquillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Galoisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 51 (5), pp.774-790</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04346740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des ceintures pour l’éternité ? Aléas de la conservation et de la restauration du matériel archéologique provenant d’Arménie et conservé au musée des Antiquités nationales</w:t>
+                <w:t xml:space="preserve">Jacques de Morgan (1857-1924) et son rôle dans la découverte de la préhistoire égyptienne.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers techniques de l'ARAAFU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 14, pp.41-49</w:t>
+              <w:t xml:space="preserve">Archéo-Nil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Portraits: Les pionniers de la préhistoire en Égypte, 17, pp.39-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04345474v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques de Morgan (1857-1924) et son rôle dans la découverte de la préhistoire égyptienne.</w:t>
+                <w:t xml:space="preserve">Des ceintures pour l’éternité ? Aléas de la conservation et de la restauration du matériel archéologique provenant d’Arménie et conservé au musée des Antiquités nationales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéo-Nil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Portraits: Les pionniers de la préhistoire en Égypte, 17, pp.39-56</w:t>
+              <w:t xml:space="preserve">Cahiers techniques de l'ARAAFU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 14, pp.41-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04338350v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04345474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plaques de ceinture en bronze du Sud du Caucase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Cheishvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antiquités nationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 37, pp.207-217</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04344604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les recherches archéologiques à El Adaïma (Egypte) et la collaboration du MAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antiquités nationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 35, pp.249-253</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04343269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'origine de la collection d'Ernest Chantre au musée des Antiquités nationales.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antiquités nationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 30, pp.163-168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04343180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri de Morgan : l'inventeur d'El Adaïma (1854-1909)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéo-Nil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 8, pp.13-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04345229v1</w:t>
-              </w:r>
-[...112 lines deleted...]
-                <w:t xml:space="preserve">hal-02879661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5145,51 +5145,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667696v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Cicolani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lorre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hurel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/le-printemps-de-larcheologie-prehistorique/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana11.9782356135520" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090524v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sauvage" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Callot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Caubet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chanut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/978OEAW79986" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336375v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Faraco Benthien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labaune" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11480-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347826v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Meylan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317808v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Archambault de Beaune" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Morero" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pr&#233;valet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Rieth" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356120v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Anastassov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Kaenel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Olivier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314037v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346775v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707244v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/mortillet-de-la-micro-histoire-a-une-sociologie-de-la-construction-intellectuelle-de-larcheologie/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana11.9782356135520.4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759103v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/DANA11.9782356135520.21" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922952v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347765v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347710v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343104v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Casanova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Haze" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338509v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347686v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Boucher" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347536v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347471v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314102v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346682v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02315222v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346586v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346539v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342986v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/3193/parfums-et-odeurs-dans-l-antiquite" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345452v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345358v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345385v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343256v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345305v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345256v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343154v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412314v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Bajeot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Mavrocordatos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Jean" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Debels" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922874v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sagory" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310523v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347850v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabete Pereira" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Armbruster" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922903v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Saint-Jalm" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922419v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Vanhulle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347834v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347770v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864051v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abuzar Alekberov" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Fahimi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sauvage" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.09.099" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q2MNT5T9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347744v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347642v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Newton" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ivorra" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Terral" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-013-0412-4" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347603v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chew" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347581v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346740v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Lahlil" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bouquillon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Galoisy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345474v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338350v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344604v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cheishvili" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343269v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343180v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345229v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879661v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922990v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347505v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346658v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Djindjian" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Touret" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667696v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Cicolani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lorre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hurel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/le-printemps-de-larcheologie-prehistorique/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana11.9782356135520" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090524v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sauvage" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Callot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Caubet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chanut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/978OEAW79986" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336375v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Faraco Benthien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labaune" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11480-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347826v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Meylan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317808v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Archambault de Beaune" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Morero" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pr&#233;valet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Rieth" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356120v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Anastassov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Kaenel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Olivier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314037v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346775v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707244v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/mortillet-de-la-micro-histoire-a-une-sociologie-de-la-construction-intellectuelle-de-larcheologie/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana11.9782356135520.4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759103v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/DANA11.9782356135520.21" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922952v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347765v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343104v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Casanova" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Haze" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338509v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347686v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Boucher" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347710v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347536v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347471v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314102v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02315222v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346682v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346586v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346539v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342986v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/3193/parfums-et-odeurs-dans-l-antiquite" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345452v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345385v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345358v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343256v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345305v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345256v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343154v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412314v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Bajeot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Mavrocordatos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Jean" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Debels" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922874v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sagory" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310523v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879661v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347850v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabete Pereira" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Armbruster" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922903v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Saint-Jalm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922419v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Vanhulle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347770v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864051v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abuzar Alekberov" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Fahimi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sauvage" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.09.099" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q2MNT5T9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347834v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347744v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347642v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Newton" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ivorra" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Terral" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-013-0412-4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347603v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chew" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347581v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346740v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Lahlil" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bouquillon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Morin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Galoisy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338350v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345474v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344604v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cheishvili" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343269v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343180v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345229v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922990v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347505v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346658v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Djindjian" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Touret" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>