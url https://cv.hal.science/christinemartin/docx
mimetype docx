--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1038,507 +1038,507 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02278628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversed exchange-bias effect associated with magnetization reversal in the weak ferrimagnet LuFe0.5Cr0.5O3</w:t>
+                <w:t xml:space="preserve">P-T Phase Diagram of LuFe2O4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Fita</w:t>
+                <w:t xml:space="preserve">Maria Poienar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Markovich</w:t>
+                <w:t xml:space="preserve">Julie Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. S. Moskvin</w:t>
+                <w:t xml:space="preserve">Maryvonne Hervieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Wisniewski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Puzniak</w:t>
+                <w:t xml:space="preserve">François Damay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.104416⟩</w:t>
+              <w:t xml:space="preserve">Crystals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (5), pp.184-1-184-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cryst8050184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02174410v1</w:t>
+                <w:t xml:space="preserve">hal-01826289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P-T Phase Diagram of LuFe2O4</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reversed exchange-bias effect associated with magnetization reversal in the weak ferrimagnet LuFe0.5Cr0.5O3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Fita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Poienar</w:t>
+                <w:t xml:space="preserve">V. Markovich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Bourgeois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Martin</w:t>
+                <w:t xml:space="preserve">A. S. Moskvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryvonne Hervieu</w:t>
+                <w:t xml:space="preserve">A. Wisniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Damay</w:t>
+                <w:t xml:space="preserve">R. Puzniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (5), pp.184-1-184-17. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (10), pp.104416. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cryst8050184⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.104416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01826289v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02174410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fe4Nb2O9 A magnetoelectric antiferromagnet</w:t>
+                <w:t xml:space="preserve">Type-II multiferroism and linear magnetoelectric coupling in the honeycomb Fe4Ta2O9 antiferromagnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 97 (16), pp.161106. </w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (9), pp.091401. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.161106⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.2.091401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02174419v1</w:t>
+                <w:t xml:space="preserve">hal-02174432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Type-II multiferroism and linear magnetoelectric coupling in the honeycomb Fe4Ta2O9 antiferromagnet</w:t>
+                <w:t xml:space="preserve">Fe4Nb2O9 A magnetoelectric antiferromagnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 2 (9), pp.091401. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (16), pp.161106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.2.091401⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.161106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02174432v1</w:t>
+                <w:t xml:space="preserve">hal-02174419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advantage of low-temperature hydrothermal synthesis to grow stoichiometric crednerite crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Poienar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1875,90 +1875,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase transitions and magnetic properties of LuFe2O4 under pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Markovich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Fita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Wisniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Puzniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2003,291 +2003,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02175448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spin dynamics in the distorted triangular lattice antiferromagnet alpha-SrCr2O4</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">E. Suard</w:t>
+                <w:t xml:space="preserve">Exchange bias effect in CaMn1-xRexO3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Markovich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Fita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Wisniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Puzniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.024416⟩</w:t>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (5), pp.055801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4972798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02175392v1</w:t>
+                <w:t xml:space="preserve">hal-02175451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exchange bias effect in CaMn1-xRexO3</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">R. Puzniak</w:t>
+                <w:t xml:space="preserve">Spin dynamics in the distorted triangular lattice antiferromagnet alpha-SrCr2O4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Songvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Suard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Damay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (5), pp.055801. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 96 (2), pp.024416. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4972798⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.024416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02175451v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charge ordering and multiferroicity in Fe3BO5 and Fe2MnBO5 oxyborates</w:t>
               </w:r>
@@ -2325,51 +2325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Guesdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Malo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Damay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 246, pp.209-213. </w:t>
@@ -2554,51 +2554,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed valence transition metal 2D-oxides Comparison between delafossite and crednerite compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Poienar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 472, pp.71-75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3024,1003 +3024,1003 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02174121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulated spin helicity stabilized by incommensurate orbital density waves in a quadruple perovskite manganite</w:t>
+                <w:t xml:space="preserve">Structural and magnetic properties of Zn x Mn 3-x O 4 spinels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.D. Johnson</w:t>
+                <w:t xml:space="preserve">L. Nádherný</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.D. Khalyavin</w:t>
+                <w:t xml:space="preserve">M. Maryško</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Manuel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Bombardi</w:t>
+                <w:t xml:space="preserve">D. Sedmidubský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 413, pp.89-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2016.04.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.93.180403⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02184774v1</w:t>
+                <w:t xml:space="preserve">hal-02184762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exchange bias training effect in phase separated polycrystalline Sm0.1Ca0.7Sr0.2MnO3</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">R. Puzniak</w:t>
+                <w:t xml:space="preserve">Magnetization reversal in mixed ferrite-chromite perovskites with non magnetic cation on the A-site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O.V. Billoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Pomiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.A. Cannas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2016.09.021⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (47), pp.476003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/28/47/476003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02184731v1</w:t>
+                <w:t xml:space="preserve">hal-02184780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localised Ag+ vibrations at the origin of ultralow thermal conductivity in layered thermoelectric AgCrSe2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Damay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Damay</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Braendlein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Daou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6, pp.23415. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/srep23415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02184747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and magnetic properties of Zn x Mn 3-x O 4 spinels</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D. Sedmidubský</w:t>
+                <w:t xml:space="preserve">Exchange bias training effect in phase separated polycrystalline Sm0.1Ca0.7Sr0.2MnO3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Markovich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Fita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Wisniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Puzniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 413, pp.89-96. </w:t>
+              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 184, pp.49-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2016.04.029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2016.09.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02184762v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetization reversal in mixed ferrite-chromite perovskites with non magnetic cation on the A-site</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modulated spin helicity stabilized by incommensurate orbital density waves in a quadruple perovskite manganite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.D. Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O.V. Billoni</w:t>
+                <w:t xml:space="preserve">D.D. Khalyavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Pomiro</w:t>
+                <w:t xml:space="preserve">P. Manuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.A. Cannas</w:t>
+                <w:t xml:space="preserve">A. Bombardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 28 (47), pp.476003. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93 (18), pp.180403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/28/47/476003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.93.180403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02184780v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spin reorientation, magnetization reversal, and negative thermal expansion observed in R F e0.5 C r0.5 O3 perovskites (R=Lu,Yb,Tm)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robustness of Antiferromagnetism and Pyroelectricity in AgCr 1-x Rh x S 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.D. Sánchez</w:t>
+                <w:t xml:space="preserve">E. Pachoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Damay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Cuello</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christine Martin</w:t>
+                <w:t xml:space="preserve">N.E. Mordvinova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O.I. Lebedev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.94.134402⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (6), pp.1816-1822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5b04948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02184708v1</w:t>
+                <w:t xml:space="preserve">hal-02184722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustness of Antiferromagnetism and Pyroelectricity in AgCr 1-x Rh x S 2</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Damay</w:t>
+                <w:t xml:space="preserve">Spin reorientation, magnetization reversal, and negative thermal expansion observed in R F e0.5 C r0.5 O3 perovskites (R=Lu,Yb,Tm)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Pomiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.D. Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Cuello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">O.I. Lebedev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 28 (6), pp.1816-1822. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 94 (13), pp.134402. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5b04948⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.94.134402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02184722v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrothermal synthesis for new multifunctional materials: A few examples of phosphates and phosphonate-based hybrid materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Rueff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Poienar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Guesdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4109,90 +4109,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of magnetic properties of CaMn&amp;lt;inf&amp;gt;1-x&amp;lt;/inf&amp;gt;Nb&amp;lt;inf&amp;gt;x&amp;lt;/inf&amp;gt;O&amp;lt;inf&amp;gt;3&amp;lt;/inf&amp;gt; with Nb-doping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Markovich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Fita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Wisniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Puzniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4243,90 +4243,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unconventional exchange bias effect driven by phase separation in basically antiferromagnetic Sm0.1Ca0.6Sr0.3MnO3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Markovich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Fita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Wisniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Puzniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Iwanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4377,51 +4377,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polar space group and complex magnetism in Ni-11 square(HPO3)(8)(OH)(6): towards a new multiferroic material?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Poienar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4536,51 +4536,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rare earth ferrites LuFe2O4±x polymorphism, polytypism and metastable phases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hervieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Damay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4652,90 +4652,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exchange bias effect in CaMn&amp;lt;inf&amp;gt;0.9&amp;lt;/inf&amp;gt;Nb&amp;lt;inf&amp;gt;0.1&amp;lt;/inf&amp;gt;O&amp;lt;inf&amp;gt;3&amp;lt;/inf&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Markovich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Fita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Wisniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Puzniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Iwanowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4799,90 +4799,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-pressure polymorph of LuFe2O4 with room-temperature antiferromagnetic order</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Damay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Poienar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryvonne Hervieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Guesdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 91, pp.214111. </w:t>
@@ -4920,51 +4920,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase equilibria in the Zn-Mn-O system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Nádherný</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Jankovský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5066,64 +5066,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Random dilution effects in the frustrated spin chain β − CaCr 2 − x Sc x O 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Songvilay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5462,480 +5462,480 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00880200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic and magnetodielectric properties of erbium iron garnet ceramic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydrothermal Synthesis of AgCrO2 Delafossite in Supercritical Water: A New Single-Step Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Singh</w:t>
+                <w:t xml:space="preserve">Sanjay Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ch. Simon</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marinela Miclau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4776716⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25 (10), pp.2083-2088. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm400420e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01954059v1</w:t>
+                <w:t xml:space="preserve">hal-02264051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructures in LuFe2O4+delta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hervieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Damay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Poienar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Elkaïm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rouquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid State Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 23, pp.26. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2013.05.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2013.05.015⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00880220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrothermal Synthesis of AgCrO2 Delafossite in Supercritical Water: A New Single-Step Process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Magnetic and magnetodielectric properties of erbium iron garnet ceramic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sanjay Kumar</w:t>
+                <w:t xml:space="preserve">Ch. Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Lebedev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 25 (10), pp.2083-2088. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 113 (3), pp.033905. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/cm400420e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4776716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02264051v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01954059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From spin induced ferroelectricity to spin and dipolar glass in a triangular lattice: The CuCr1−xVxO2 (0≤x≤0.5) delafossite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Miclau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ch. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6146,51 +6146,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6382,344 +6382,344 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00545406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic structure and thermoelectric properties of CuRh1-xMgxO2</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Derivation of the heat capacity anomaly at a first-order transition by using a semi-adiabatic relaxation technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volker Eyert</w:t>
+                <w:t xml:space="preserve">Vincent Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Bréard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.80.115103⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 21 (7), pp.075403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/21/7/075403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02264082v1</w:t>
+                <w:t xml:space="preserve">hal-00686005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Derivation of the heat capacity anomaly at a first-order transition by using a semi-adiabatic relaxation technique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electronic structure and thermoelectric properties of CuRh1-xMgxO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volker Eyert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Hardy</w:t>
+                <w:t xml:space="preserve">Stefan Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohann Bréard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Raymond Fresard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 21 (7), pp.075403. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/21/7/075403⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.80.115103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00686005v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02264082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derivation of the heat capacity anomaly at a first-order transition by using a semi-adiabatic relaxation technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Bréart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 21 (7), pp.075403. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0953-8984/21/7/075403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02264088v1</w:t>
@@ -6743,117 +6743,117 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic structure and thermoelectric properties of CuRh 1 − x Mg x O 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Eyert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Fresard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 80 (11), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.80.115103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02264093v1</w:t>
@@ -6877,51 +6877,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spin-lattice coupling induced phase transition in theS=2 frustrated antiferromagnet CuMnO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Damay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Poienar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6998,64 +6998,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase diagram of the spinel oxide MnV 2 O 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Bréard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7797,51 +7797,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8305,77 +8305,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic contributions to the low-temperature specific heat of the ferromagnetic insulator: Pr0.8Ca0.2MnO3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ch. Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 26, pp.135-140</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8400,51 +8400,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microphase separation in Pr0.67Ca0.33MnO3 by small angle neutron scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ch. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mercone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8551,51 +8551,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Warmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9181,51 +9181,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Al-Zein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Papet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26 ECM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Darmstadt, Germany</w:t>
@@ -9433,51 +9433,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current-driven magnetization decrease in single crystalline ferromagnetic manganese oxide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ch. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mercone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9703,51 +9703,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081948v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Bolletta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balazs Kobzi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fauth" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Nassif" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5tc01022e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915848v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Susloparova" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Bolletta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold Paecklar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Jouen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.224429" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985073v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Abdelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houeida Issa Hamoud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afrah Bardaoui" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2023.101771" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04431591v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz Wolski" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouane Chtourou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.3c04690" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817540v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Maignan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Peng" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Christoph Komarek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang-Yang Kuo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Fu Chang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.0c01303" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177241v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Matsubara" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vertruyen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maignan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fauth" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.014409" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278628v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Toulouse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Measson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gallais" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sacuto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.024303" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174410v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fita" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Markovich" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Moskvin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wisniewski" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Puzniak" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.104416" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01826289v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Poienar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourgeois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Hervieu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Damay" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst8050184" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174419v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.161106" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174432v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.2.091401" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174402v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2018.03.019" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174391v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Poienar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sfirloaga" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ursu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vlazan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-017-1696-z" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174387v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan P. Bolletta" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Pomiro" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo D. Sanchez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Pomjakushin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Aurelio" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.134417" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175448v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.054416" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175392v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Songvilay" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Suard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Damay" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.024416" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175451v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4972798" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175442v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laine" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guesdon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Malo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2016.11.034" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175406v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. I. Lebedev" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hebert" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roddatis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Turner" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b00693" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175456v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2016.12.060" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175408v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guesdon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Laine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I. Lebedev" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b03101" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175391v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Markovich" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Fita" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Wisniewski" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Puzniak" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2016.2626470" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174121v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pralong" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Le Roux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2017.08.010" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184774v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.D. Johnson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.D. Khalyavin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Manuel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bombardi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.180403" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184731v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2016.09.021" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184747v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rols" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Braendlein" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Daou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep23415" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184762v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. N&#225;dhern&#253;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mary&#353;ko" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sedmidubsk&#253;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2016.04.029" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1PFJM69S-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184780v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.V. Billoni" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pomiro" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Cannas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/28/47/476003" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184708v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.D. S&#225;nchez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cuello" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.134402" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184722v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pachoud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E. Mordvinova" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.I. Lebedev" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5b04948" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01539668v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Rueff" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2015.09.018" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1WGQPWMF-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184162v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/48/32/325003" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184102v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Iwanowski" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2014.10.002" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203302v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sfirloagaa" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vlazana" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2014.11.014" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXQZXQ2V-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184143v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hervieu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2015.07.013" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C4WF3HL7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184111v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2015.08.039" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203222v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Damay" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.214111" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184136v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jankovsk&#253;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Sofer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leitner" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2014.09.008" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6SMV7SXZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161227v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hardy" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Castellan" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Andr&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.054408" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913073v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourgeois" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Elka&#239;m" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat3809" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880200v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. L. Makarova" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mirebeau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. E. Kichanov" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4819073" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954059v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Singh" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Simon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lebedev" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4776716" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880220v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rouquette" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2013.05.015" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9G3PBPFT-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264051v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Kumar" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinela Miclau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm400420e" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954056v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kumar" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Miclau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2013.04.003" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712777v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Abakumov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.064102" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731712v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.024413" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545406v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rouquette" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Haines" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al-Zein" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Papet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.237203" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264082v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Eyert" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kremer" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Fresard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.115103" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686005v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hardy" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Br&#233;ard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/21/7/075403" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264088v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Br&#233;art" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264093v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498055v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Rodriguez-Carjaval" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.094410" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264099v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.024406" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356096v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kubakov" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264120v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bellido" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Simon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/19/5/056001" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499435v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Flahaut" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lemonnier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Noudem" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.progsolidstchem.2007.01.027" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18MRCF04-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499385v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Retoux" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.70.094418" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499387v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2004.02.023" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015928v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;bert" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2003-00283-3" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8839VM4Q-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008404v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yaicle" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Jirak" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Andre" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499395v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Lees" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#233;bert" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/15/33/307" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499392v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-5107(03)00183-1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3ZV9896J-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008876v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wahl" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117991v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mercone" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guiblin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brulet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249727v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Warmont" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1997266" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/20CBB7C834209DCB86A075C3B8591E006A3797B9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249244v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Michel" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pelloquin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1994260" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/96EAF4FA7F0BD4EAD1B1878E8EA7D133B9BB984E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249242v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huv&#233;" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Tendeloo" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1994258" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B00EC2B829052CB1E99D4B378630C5DC20005B58/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246070v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giordanengo" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rphysap:01989002405047900" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546920v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499390v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT.2003.1287474" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009193v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Saurel" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081948v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Bolletta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balazs Kobzi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fauth" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Nassif" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5tc01022e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915848v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Susloparova" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Bolletta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold Paecklar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Jouen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.224429" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985073v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Abdelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houeida Issa Hamoud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afrah Bardaoui" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2023.101771" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04431591v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz Wolski" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouane Chtourou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.3c04690" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817540v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Maignan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Peng" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Christoph Komarek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang-Yang Kuo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Fu Chang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.0c01303" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177241v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Matsubara" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vertruyen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maignan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fauth" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.014409" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278628v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Toulouse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Measson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gallais" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sacuto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.024303" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01826289v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Poienar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourgeois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Hervieu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Damay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst8050184" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174410v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fita" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Markovich" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Moskvin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wisniewski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Puzniak" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.104416" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174432v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.2.091401" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174419v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.161106" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174402v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2018.03.019" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174391v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Poienar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sfirloaga" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ursu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vlazan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-017-1696-z" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174387v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan P. Bolletta" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Pomiro" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo D. Sanchez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Pomjakushin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Aurelio" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.134417" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175448v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.054416" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175451v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4972798" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175392v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Songvilay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Suard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Damay" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.024416" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175442v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laine" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guesdon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Malo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2016.11.034" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175406v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. I. Lebedev" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hebert" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roddatis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Turner" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b00693" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175456v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2016.12.060" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175408v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guesdon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Laine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I. Lebedev" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b03101" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175391v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Markovich" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Fita" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Wisniewski" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Puzniak" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2016.2626470" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174121v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pralong" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Le Roux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2017.08.010" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184762v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. N&#225;dhern&#253;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mary&#353;ko" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sedmidubsk&#253;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2016.04.029" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1PFJM69S-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184780v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.V. Billoni" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pomiro" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Cannas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/28/47/476003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184747v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rols" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Braendlein" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Daou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep23415" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184731v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2016.09.021" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184774v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.D. Johnson" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.D. Khalyavin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Manuel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bombardi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.180403" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184722v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pachoud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E. Mordvinova" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.I. Lebedev" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5b04948" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184708v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.D. S&#225;nchez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cuello" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.134402" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01539668v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Rueff" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2015.09.018" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1WGQPWMF-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184162v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/48/32/325003" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184102v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Iwanowski" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2014.10.002" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203302v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sfirloagaa" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vlazana" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2014.11.014" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXQZXQ2V-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184143v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hervieu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2015.07.013" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C4WF3HL7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184111v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2015.08.039" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203222v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Damay" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.214111" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184136v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jankovsk&#253;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Sofer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leitner" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2014.09.008" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6SMV7SXZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161227v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hardy" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Castellan" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Andr&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.054408" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913073v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourgeois" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Elka&#239;m" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat3809" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880200v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. L. Makarova" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mirebeau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. E. Kichanov" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4819073" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264051v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Kumar" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinela Miclau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm400420e" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880220v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rouquette" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2013.05.015" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9G3PBPFT-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954059v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Singh" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Simon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lebedev" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4776716" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954056v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kumar" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Miclau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2013.04.003" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712777v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Abakumov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.064102" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731712v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.024413" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545406v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rouquette" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Haines" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al-Zein" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Papet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.237203" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686005v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hardy" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Br&#233;ard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/21/7/075403" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264082v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Eyert" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kremer" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Fresard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.115103" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264088v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Br&#233;art" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264093v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498055v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Rodriguez-Carjaval" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.094410" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264099v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.024406" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356096v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kubakov" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264120v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bellido" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Simon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/19/5/056001" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499435v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Flahaut" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lemonnier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Noudem" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.progsolidstchem.2007.01.027" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18MRCF04-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499385v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Retoux" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.70.094418" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499387v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2004.02.023" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015928v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;bert" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2003-00283-3" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8839VM4Q-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008404v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yaicle" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Jirak" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Andre" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499395v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Lees" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#233;bert" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/15/33/307" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499392v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-5107(03)00183-1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3ZV9896J-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008876v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wahl" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117991v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mercone" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guiblin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brulet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249727v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Warmont" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1997266" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/20CBB7C834209DCB86A075C3B8591E006A3797B9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249244v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Michel" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pelloquin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1994260" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/96EAF4FA7F0BD4EAD1B1878E8EA7D133B9BB984E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249242v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huv&#233;" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Tendeloo" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1994258" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B00EC2B829052CB1E99D4B378630C5DC20005B58/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246070v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giordanengo" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rphysap:01989002405047900" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546920v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499390v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT.2003.1287474" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009193v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Saurel" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>