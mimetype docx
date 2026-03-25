--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -360,234 +360,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04589850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les joies du camping et la proximité avec la nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Apprill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espaces. Tourisme et loisirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Management &amp; Recrutement | Nature &amp; tourisme, 370</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03983884v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La danse comme simulacre politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Apprill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lundi matin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, https://lundi.am/La-danse-comme-simulacre-politique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Danser pour rien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Apprill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 1 (338), p. 52-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04005217v2</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-04180348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La danse » (populaire) est un mythe ?</w:t>
               </w:r>
@@ -1962,187 +1962,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04545685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Opérateurs culturels et touristiques : quels écosystèmes numériques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Apprill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La nature du tourisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.40-51, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04005233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La danse des bals et la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Apprill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thomas Lebrun. Composition savante et culture populaire en danse contemporaine (et vlan!)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riveneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, L'univers d'un chorégraphe, 978-2-36013-655-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/danse.1185⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riveneuve</w:t>
-[...30 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04223600v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04005233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les joies du camping</w:t>
               </w:r>
@@ -4436,177 +4436,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04006170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vivre à Brazzaville. Modernité et crise au quotidien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Dorier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abel Kouvouama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Apprill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">karthala, 1998, 9782865378562</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le tango argentin en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Apprill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anthropos-Economica. , 1998, Anthropologie, 2717835148</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04006107v1</w:t>
-              </w:r>
-[...86 lines deleted...]
-                <w:t xml:space="preserve">hal-04113743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5101,51 +5101,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056591v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Apprill" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Favrega" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919367v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589850v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005217v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983884v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180348v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006491v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/danse.3573" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919598v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024514v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Le Menestrel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983878v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.078.0145" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006419v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.4236" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983462v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.123.0483" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983866v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.92" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983880v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reper.024.0029" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983869v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983858v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853509v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240403v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025062v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618325v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04040110v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853410v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853389v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04545685v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Doehr" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/core/books/cambridge-companion-to-tango/3BC7F58C563B0BEA422B3BEB71DE1065" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108974936.011" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223600v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riveneuve.com/catalogue/thomas-lebrun-composition-savante-et-culture-populaire-en-danse-contemporaine-et-vlan/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/danse.1185" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005233v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983886v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906375v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mallet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Puig" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kali Argyriadis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lemenestrel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906379v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel S&#233;gr&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Samson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906372v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Lives-in-Music-Mobility-and-Change-in-a-Global-Context/Menestrel/p/book/9781138358706" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092464v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/9783968216478-79" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006329v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Kaluweit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803310v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983469v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/des-vies-en-musique-sara-lemenestrel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983873v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006381v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024506v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983870v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epel-edition.fr/produit/heteros-discours-lieux-pratiques/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024496v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599965v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Kouvouama" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983842v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dorier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336750v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960549v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360160v4" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005235v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005939v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Segr&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04341954v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429434204" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006047v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006078v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mercuredefrance.fr/le-gout-du-corps/9782715243873" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01634723v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Djakouane" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Nicolas-Daniel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-l_enseignement_des_danses_du_monde_et_des_danses_traditionnelles_christophe_apprill_maud_nicolas_daniel_aurelien_djakouane-9782336292922-39872.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006064v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transboreal.fr/librairie.php?code=TRAPPTAN" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006017v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autrement.com/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006170v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006107v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113743v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360199v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360286v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983448v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396408v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056591v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Apprill" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Favrega" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919367v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589850v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983884v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180348v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005217v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006491v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/danse.3573" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919598v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024514v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Le Menestrel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983878v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.078.0145" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006419v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.4236" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983462v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.123.0483" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983866v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.92" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983880v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reper.024.0029" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983869v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983858v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853509v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240403v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025062v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618325v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04040110v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853410v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853389v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04545685v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Doehr" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/core/books/cambridge-companion-to-tango/3BC7F58C563B0BEA422B3BEB71DE1065" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108974936.011" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005233v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223600v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riveneuve.com/catalogue/thomas-lebrun-composition-savante-et-culture-populaire-en-danse-contemporaine-et-vlan/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/danse.1185" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983886v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906375v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mallet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Puig" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kali Argyriadis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lemenestrel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906379v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel S&#233;gr&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Samson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906372v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Lives-in-Music-Mobility-and-Change-in-a-Global-Context/Menestrel/p/book/9781138358706" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092464v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/9783968216478-79" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006329v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Kaluweit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803310v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983469v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/des-vies-en-musique-sara-lemenestrel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983873v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006381v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024506v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983870v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epel-edition.fr/produit/heteros-discours-lieux-pratiques/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024496v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599965v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Kouvouama" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983842v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dorier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336750v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960549v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360160v4" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005235v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005939v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Segr&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04341954v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429434204" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006047v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006078v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mercuredefrance.fr/le-gout-du-corps/9782715243873" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01634723v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Djakouane" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Nicolas-Daniel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-l_enseignement_des_danses_du_monde_et_des_danses_traditionnelles_christophe_apprill_maud_nicolas_daniel_aurelien_djakouane-9782336292922-39872.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006064v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transboreal.fr/librairie.php?code=TRAPPTAN" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006017v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autrement.com/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006170v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113743v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006107v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360199v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360286v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983448v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396408v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>