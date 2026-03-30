--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -3063,234 +3063,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02426463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelques remarques sur les éléments sculptés du fonds lapidaire de l’ancienne abbaye cistercienne de Berdoues (Gers)</w:t>
+                <w:t xml:space="preserve">Les manuscrits mozarabes du Commentaire de l’Apocalypse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société archéologique, historique littéraire et scientifique du Gers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, p. 260-289</w:t>
+              <w:t xml:space="preserve">Inter-Lignes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Lectures bibliques. Des chemins du cœur à l’Apocalypse,, n° 4, p. 135-150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426708v1</w:t>
+                <w:t xml:space="preserve">hal-02426764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Apocalypse dans la sculpture romane méridionale : l’exemple de Moissac</w:t>
+                <w:t xml:space="preserve">Quelques remarques sur les éléments sculptés du fonds lapidaire de l’ancienne abbaye cistercienne de Berdoues (Gers)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inter-Lignes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Lectures bibliques. Des chemins du cœur à l’Apocalypse, n° 4, p. 151-168</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société archéologique, historique littéraire et scientifique du Gers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, p. 260-289</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426770v1</w:t>
+                <w:t xml:space="preserve">hal-02426708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les manuscrits mozarabes du Commentaire de l’Apocalypse</w:t>
+                <w:t xml:space="preserve">L’Apocalypse dans la sculpture romane méridionale : l’exemple de Moissac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter-Lignes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, Lectures bibliques. Des chemins du cœur à l’Apocalypse,, n° 4, p. 135-150</w:t>
+              <w:t xml:space="preserve">, 2010, Lectures bibliques. Des chemins du cœur à l’Apocalypse, n° 4, p. 151-168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426764v1</w:t>
+                <w:t xml:space="preserve">hal-02426770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les éléments lapidaires de l’ancien cloître de Maubourguet (Hautes-Pyrénées)</w:t>
               </w:r>
@@ -3615,441 +3615,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02508372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La circulation des images et des sculpteurs sur le chemin de Saint-Jacques de Compostelle à l’époque romane</w:t>
+                <w:t xml:space="preserve">Les vestiges de l’abbaye cistercienne de Berdoues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Midi-Pyrénées patrimoine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, p. 10-13</w:t>
+              <w:t xml:space="preserve">Mémoires de la Société archéologique du Midi de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, t. LXIV, p. 234-236</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508370v1</w:t>
+                <w:t xml:space="preserve">hal-02426424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A la redécouverte d’un important édifice médiéval de Gascogne centrale : l’ancienne abbaye de La Case-Dieu (Gers)</w:t>
+                <w:t xml:space="preserve">La circulation des images et des sculpteurs sur le chemin de Saint-Jacques de Compostelle à l’époque romane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mémoires de la Société archéologique du Midi de la France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, t. LXIV, p. 63-78</w:t>
+              <w:t xml:space="preserve">Midi-Pyrénées patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, p. 10-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426422v1</w:t>
+                <w:t xml:space="preserve">hal-02508370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A l’aube de l’art gothique, un édifice témoin : l’église de Poucharramet (Haute-Garonne)</w:t>
+                <w:t xml:space="preserve">A la redécouverte d’un important édifice médiéval de Gascogne centrale : l’ancienne abbaye de La Case-Dieu (Gers)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéo en Savès</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, p. 1-28</w:t>
+              <w:t xml:space="preserve">Mémoires de la Société archéologique du Midi de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, t. LXIV, p. 63-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426117v1</w:t>
+                <w:t xml:space="preserve">hal-02426422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La collégiale de La Romieu : chef-d’œuvre d’architecture gothique rayonnante en Gascogne centrale</w:t>
+                <w:t xml:space="preserve">A l’aube de l’art gothique, un édifice témoin : l’église de Poucharramet (Haute-Garonne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de la 25e Journée des Archéologues Gersois, (La Romieu 2003)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, p. 56-77</w:t>
+              <w:t xml:space="preserve">Archéo en Savès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, p. 1-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02423229v1</w:t>
+                <w:t xml:space="preserve">hal-02426117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles découvertes de vestiges sculptés provenant de l’ancien monastère de La Case-Dieu (Gers)</w:t>
+                <w:t xml:space="preserve">La collégiale de La Romieu : chef-d’œuvre d’architecture gothique rayonnante en Gascogne centrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la 25e Journée des Archéologues Gersois, (La Romieu 2003)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, p. 78-91</w:t>
+              <w:t xml:space="preserve">, 2004, p. 56-77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02423240v1</w:t>
+                <w:t xml:space="preserve">hal-02423229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les vestiges de l’abbaye cistercienne de Berdoues</w:t>
+                <w:t xml:space="preserve">Nouvelles découvertes de vestiges sculptés provenant de l’ancien monastère de La Case-Dieu (Gers)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mémoires de la Société archéologique du Midi de la France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, t. LXIV, p. 234-236</w:t>
+              <w:t xml:space="preserve">Actes de la 25e Journée des Archéologues Gersois, (La Romieu 2003)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, p. 78-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426424v1</w:t>
+                <w:t xml:space="preserve">hal-02423240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques remarques sur l'apparition des formes de la Renaissance dans l'architecture religieuse de la région de Lectoure et de Miradoux</w:t>
               </w:r>
@@ -4098,165 +4098,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02423138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’architecture gothique en Gascogne gersoise : méthode et résultats</w:t>
+                <w:t xml:space="preserve">Le fonds lapidaire du musée des Beaux-Arts de Mirande (Gers)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société archéologique, historique littéraire et scientifique du Gers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Mémoires et actualités des Pays de Gascogne, Actes du Congrès d’Etudes tenu à Auch, les 23, 24 et 25 juin 2000, Fédération des Sociétés Académiques et Savantes Languedoc-Pyrénées-Gascogne, p. 236-248</w:t>
+              <w:t xml:space="preserve">Mémoires de la Société archéologique du Midi de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, t. LXI, p. 111-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02423182v1</w:t>
+                <w:t xml:space="preserve">hal-02426101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le fonds lapidaire du musée des Beaux-Arts de Mirande (Gers)</w:t>
+                <w:t xml:space="preserve">L’architecture gothique en Gascogne gersoise : méthode et résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mémoires de la Société archéologique du Midi de la France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, t. LXI, p. 111-118</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société archéologique, historique littéraire et scientifique du Gers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Mémoires et actualités des Pays de Gascogne, Actes du Congrès d’Etudes tenu à Auch, les 23, 24 et 25 juin 2000, Fédération des Sociétés Académiques et Savantes Languedoc-Pyrénées-Gascogne, p. 236-248</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426101v1</w:t>
+                <w:t xml:space="preserve">hal-02423182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les églises de Lau et de l’Hôpital-Sainte-Christie, prototypes de l’édifice gothique à vaisseau unique et chevet plat en Gascogne centrale</w:t>
               </w:r>
@@ -6283,963 +6283,963 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02959980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’abbaye de Saint-Orens à Auch</w:t>
+                <w:t xml:space="preserve">3. Sculpture de saint Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Musée des Amériques, Auch, catalogue des collections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p. 210, 2019, 978-9-46161-272-4</w:t>
+              <w:t xml:space="preserve">, p. 217, 2019, 978-9-46161-272-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508382v1</w:t>
+                <w:t xml:space="preserve">hal-02508387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1. Retable de Saint-Orens</w:t>
+                <w:t xml:space="preserve">Les chemins de Saint-Jacques de Compostelle dans le Gers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Musée des Amériques, Auch, catalogue des collections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p. 210, 2019, 978-9-46161-272-4</w:t>
+              <w:t xml:space="preserve">, p. 216, 2019, 978-9-46161-272-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508383v1</w:t>
+                <w:t xml:space="preserve">hal-02508385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sculpture romane aux XIe et XIIe siècles en Gascogne centrale : un état de la question</w:t>
+                <w:t xml:space="preserve">1. Le gisant du cardinal Jean d’Armagnac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de la 7e journée de l’Archéologie et de l’Histoire de l’Art de La Romieu (2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p. 53-70, 2019, 979-10-93438-13-9</w:t>
+              <w:t xml:space="preserve">Musée des Amériques, Auch, catalogue des collections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 205, 2019, 978-9-46161-272-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02423479v1</w:t>
+                <w:t xml:space="preserve">hal-02508378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un ensemble de voussoirs sculptés du Gers</w:t>
+                <w:t xml:space="preserve">L’abbaye de Saint-Orens à Auch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Musée des Amériques, Auch, catalogue des collections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p. 222-223, 2019, 978-9-46161-272-4</w:t>
+              <w:t xml:space="preserve">, p. 210, 2019, 978-9-46161-272-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508388v1</w:t>
+                <w:t xml:space="preserve">hal-02508382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La cathédrale d’Auch</w:t>
+                <w:t xml:space="preserve">Un ensemble de voussoirs sculptés du Gers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Musée des Amériques, Auch, catalogue des collections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p. 204, 2019, 978-9-46161-272-4</w:t>
+              <w:t xml:space="preserve">, p. 222-223, 2019, 978-9-46161-272-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508377v1</w:t>
+                <w:t xml:space="preserve">hal-02508388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auch, de la fin de l’Antiquité au Moyen Âge</w:t>
+                <w:t xml:space="preserve">1. Retable de Saint-Orens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Musée des Amériques, Auch, catalogue des collections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p. 200-201, 2019, 978-9-46161-272-4</w:t>
+              <w:t xml:space="preserve">, p. 210, 2019, 978-9-46161-272-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508375v1</w:t>
+                <w:t xml:space="preserve">hal-02508383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La collégiale de La Romieu, chef-d’œuvre de l’architecture gothique rayonnante en Gascogne centrale</w:t>
+                <w:t xml:space="preserve">La sculpture romane aux XIe et XIIe siècles en Gascogne centrale : un état de la question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la 7e journée de l’Archéologie et de l’Histoire de l’Art de La Romieu (2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p. 71-82, 2019, 979-10-93438-13-9</w:t>
+              <w:t xml:space="preserve">, p. 53-70, 2019, 979-10-93438-13-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02423480v1</w:t>
+                <w:t xml:space="preserve">hal-02423479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3. Sculpture de saint Jacques</w:t>
+                <w:t xml:space="preserve">La cathédrale d’Auch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Musée des Amériques, Auch, catalogue des collections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p. 217, 2019, 978-9-46161-272-4</w:t>
+              <w:t xml:space="preserve">, p. 204, 2019, 978-9-46161-272-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508387v1</w:t>
+                <w:t xml:space="preserve">hal-02508377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1. Le gisant du cardinal Jean d’Armagnac</w:t>
+                <w:t xml:space="preserve">Auch, de la fin de l’Antiquité au Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Musée des Amériques, Auch, catalogue des collections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p. 205, 2019, 978-9-46161-272-4</w:t>
+              <w:t xml:space="preserve">, p. 200-201, 2019, 978-9-46161-272-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508378v1</w:t>
+                <w:t xml:space="preserve">hal-02508375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les chemins de Saint-Jacques de Compostelle dans le Gers</w:t>
+                <w:t xml:space="preserve">La collégiale de La Romieu, chef-d’œuvre de l’architecture gothique rayonnante en Gascogne centrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Musée des Amériques, Auch, catalogue des collections</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p. 216, 2019, 978-9-46161-272-4</w:t>
+              <w:t xml:space="preserve">Actes de la 7e journée de l’Archéologie et de l’Histoire de l’Art de La Romieu (2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 71-82, 2019, 979-10-93438-13-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508385v1</w:t>
+                <w:t xml:space="preserve">hal-02423480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La collégiale Saint-Pierre de La Romieu (Gers, Occitanie)</w:t>
+                <w:t xml:space="preserve">Gimont (Gers). La Porterie de l’abbaye de Planselve et ses silos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Labedan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lajoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Lassure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemins de Saint-Jacques-de-Compostelle en France, patrimoine de l’humanité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p. 154-155, 2018, 978-2-917102-06-0</w:t>
+              <w:t xml:space="preserve">Autour de Gimont et de son abbaye - La collégiale de Saint-Pierre de Vic-Fezensac Actes de la 6e journée de l’Archéologie et de l’Histoire de l’Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 11-26, 2018, 979-10-93438-09-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508340v1</w:t>
+                <w:t xml:space="preserve">hal-02508337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gimont (Gers). La Porterie de l’abbaye de Planselve et ses silos</w:t>
+                <w:t xml:space="preserve">L’ancienne collégiale Saint-Pierre de Vic-Fezensac et son environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Lassure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autour de Gimont et de son abbaye - La collégiale de Saint-Pierre de Vic-Fezensac Actes de la 6e journée de l’Archéologie et de l’Histoire de l’Art</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p. 11-26, 2018, 979-10-93438-09-2</w:t>
+              <w:t xml:space="preserve">Actes de la 6e journée de l’Archéologie et de l’Histoire de l’Art de Gimont (2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 46-77, 2018, 979-10-93438-09-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02508337v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02423432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ancienne collégiale Saint-Pierre de Vic-Fezensac et son environnement</w:t>
+                <w:t xml:space="preserve">La collégiale Saint-Pierre de La Romieu (Gers, Occitanie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de la 6e journée de l’Archéologie et de l’Histoire de l’Art de Gimont (2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p. 46-77, 2018, 979-10-93438-09-2</w:t>
+              <w:t xml:space="preserve">Chemins de Saint-Jacques-de-Compostelle en France, patrimoine de l’humanité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 154-155, 2018, 978-2-917102-06-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02423432v1</w:t>
+                <w:t xml:space="preserve">hal-02508340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les transennes ou claustras, un exemple de lien artistique entre les deux versants des Pyrénées ?</w:t>
               </w:r>
@@ -8051,372 +8051,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02422506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’apparition des formes de la Renaissance dans l’architecture religieuse de la Gascogne centrale</w:t>
+                <w:t xml:space="preserve">Contribution à l’étude de l’architecture gothique méridionale : la Gascogne centrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Du gothique à la Renaissance, architecture et décor en France 1470-1550</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Publications de l’Université de Provence, p. 145-162, 2003, 2-85399-538-0</w:t>
+              <w:t xml:space="preserve">L’art du Sud : de la création à l’identité (XIe-XXe siècle), 126e Congrès national des sociétés historiques et scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 85-98, 2003, 2-7355-0540-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02337139v1</w:t>
+                <w:t xml:space="preserve">hal-02422492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La collégiale de La Romieu : symbole de l’architecture gothique rayonnante en Gascogne centrale</w:t>
+                <w:t xml:space="preserve">L’apparition des formes de la Renaissance dans l’architecture religieuse de la Gascogne centrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Collégiales dans le Midi de la France au Moyen Age, Actes de l’atelier-Séminaire des 15 et 16 septembre 2000 (Carcassonne) - UMR Framespa - GDR Salve - CVPM, Carcassonne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p. 107-123, 2003, 2-913360-01-7</w:t>
+              <w:t xml:space="preserve">Du gothique à la Renaissance, architecture et décor en France 1470-1550</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de l’Université de Provence, p. 145-162, 2003, 2-85399-538-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02337082v1</w:t>
+                <w:t xml:space="preserve">hal-02337139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution à l’étude de l’architecture gothique méridionale : la Gascogne centrale</w:t>
+                <w:t xml:space="preserve">La collégiale de La Romieu : symbole de l’architecture gothique rayonnante en Gascogne centrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’art du Sud : de la création à l’identité (XIe-XXe siècle), 126e Congrès national des sociétés historiques et scientifiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p. 85-98, 2003, 2-7355-0540-5</w:t>
+              <w:t xml:space="preserve">Les Collégiales dans le Midi de la France au Moyen Age, Actes de l’atelier-Séminaire des 15 et 16 septembre 2000 (Carcassonne) - UMR Framespa - GDR Salve - CVPM, Carcassonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 107-123, 2003, 2-913360-01-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02422492v1</w:t>
+                <w:t xml:space="preserve">hal-02337082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les portails des églises de Pis et de Bajonnette : un exemple de la vitalité des chantiers de reconstruction après la guerre de Cent Ans</w:t>
+                <w:t xml:space="preserve">Cologne et sa région : une architecture religieuse disparate, un mobilier abondant parfois de très grande qualité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de la 19e Journée des Archéologues Gersois, (Fleurance 1997)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p. 55-72, 1998</w:t>
+              <w:t xml:space="preserve">Histoire de Cologne et de son canton</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 188-213, 1998, 2-9512702</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02422816v1</w:t>
+                <w:t xml:space="preserve">hal-02427014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cologne et sa région : une architecture religieuse disparate, un mobilier abondant parfois de très grande qualité</w:t>
+                <w:t xml:space="preserve">Les portails des églises de Pis et de Bajonnette : un exemple de la vitalité des chantiers de reconstruction après la guerre de Cent Ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire de Cologne et de son canton</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p. 188-213, 1998, 2-9512702</w:t>
+              <w:t xml:space="preserve">Actes de la 19e Journée des Archéologues Gersois, (Fleurance 1997)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 55-72, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427014v1</w:t>
+                <w:t xml:space="preserve">hal-02422816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques églises de bastides gersoises en pays de Rivière-Verdun</w:t>
               </w:r>
@@ -8566,523 +8566,523 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire de la cathédrale d'Auch</w:t>
+                <w:t xml:space="preserve">Le retable en pierre de Saint-Orens d'Auch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508352v1</w:t>
+                <w:t xml:space="preserve">hal-02508354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auch, sur le chemin de Saint-Jacques</w:t>
+                <w:t xml:space="preserve">Histoire de la cathédrale d'Auch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508346v1</w:t>
+                <w:t xml:space="preserve">hal-02508352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalles funéraires et inscriptions lapidaires du musée des Amériques-Auch</w:t>
+                <w:t xml:space="preserve">Auch, sur le chemin de Saint-Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508867v1</w:t>
+                <w:t xml:space="preserve">hal-02508346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire médiévale de la région d'Auch</w:t>
+                <w:t xml:space="preserve">Dalles funéraires et inscriptions lapidaires du musée des Amériques-Auch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508349v1</w:t>
+                <w:t xml:space="preserve">hal-02508867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Orens d'Auch</w:t>
+                <w:t xml:space="preserve">Histoire médiévale de la région d'Auch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508353v1</w:t>
+                <w:t xml:space="preserve">hal-02508349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le gisant du cardinal d'Armagnac</w:t>
+                <w:t xml:space="preserve">Saint-Orens d'Auch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508351v1</w:t>
+                <w:t xml:space="preserve">hal-02508353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Situation de la ville d'Auch (Gers)</w:t>
+                <w:t xml:space="preserve">Le gisant du cardinal d'Armagnac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508350v1</w:t>
+                <w:t xml:space="preserve">hal-02508351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le retable en pierre de Saint-Orens d'Auch</w:t>
+                <w:t xml:space="preserve">Situation de la ville d'Auch (Gers)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Balagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02508354v1</w:t>
+                <w:t xml:space="preserve">hal-02508350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9690,51 +9690,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1A24137E"/>
+    <w:nsid w:val="ADE94860"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9838,51 +9838,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="2BB7D75E"/>
+    <w:nsid w:val="F02DB696"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9986,51 +9986,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="2C56F24E"/>
+    <w:nsid w:val="ECA28D86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10134,51 +10134,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="6F448E06"/>
+    <w:nsid w:val="2E079980"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10282,51 +10282,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="13DD27AD"/>
+    <w:nsid w:val="FF35AC90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10430,51 +10430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="5F8F3009"/>
+    <w:nsid w:val="56233AFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10578,51 +10578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="C097E03A"/>
+    <w:nsid w:val="1095E723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10726,51 +10726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="2AD78865"/>
+    <w:nsid w:val="076B2E20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10874,51 +10874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="EE3A60ED"/>
+    <w:nsid w:val="66DB646C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11022,51 +11022,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="E3448E2B"/>
+    <w:nsid w:val="AFB7B684"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11170,51 +11170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="2B70A73F"/>
+    <w:nsid w:val="AE87770C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11318,51 +11318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="826E6311"/>
+    <w:nsid w:val="0956B9F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11466,51 +11466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="8738E24A"/>
+    <w:nsid w:val="9EB6EA98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11614,51 +11614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="FCCD331F"/>
+    <w:nsid w:val="59962469"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11762,51 +11762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="6891BD10"/>
+    <w:nsid w:val="741BD0B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11910,51 +11910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="4A6955B4"/>
+    <w:nsid w:val="C2484301"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12058,51 +12058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="7A9838B8"/>
+    <w:nsid w:val="2610D363"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12337,51 +12337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-balagna" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-0743-0237" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://f977c68b-1f4b-46de-84fa-74ccbf9f5004.usrfiles.com/ugd/f977c6_8fb490318c7041058e57f730354a58cf.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://5db8380f-f04b-45d3-8648-2f4570f51406.usrfiles.com/ugd/f977c6_90eaba9b40454e2492b21ecd7c7750ef.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212040v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Balagna" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777628v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677510v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777629v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426801v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422517v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426799v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426490v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426777v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426463v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426708v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426770v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426764v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426432v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427364v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426426v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508373v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508372v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508370v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426422v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426117v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423229v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423240v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426424v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423138v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423182v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426101v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423039v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422884v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426689v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422841v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426588v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422772v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422757v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426527v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422754v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426096v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212034v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bellantone" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677380v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677387v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814271v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814279v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814276v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959904v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983597v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dastugue" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677442v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677433v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851904v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777071v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814284v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814287v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814301v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814305v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959950v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959940v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959980v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508382v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508383v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423479v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508388v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508377v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508375v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423480v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508387v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508378v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508385v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508340v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508337v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Labedan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lajoux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lassure" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423432v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336886v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423388v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423378v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336825v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426081v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422746v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423374v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423359v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423352v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427271v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422502v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422506v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337139v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337082v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422492v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422816v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427014v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422765v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426846v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508352v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508346v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508867v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508349v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508353v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508351v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508350v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508354v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508357v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508344v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508343v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508341v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338055v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212037v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814280v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-balagna" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-0743-0237" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://f977c68b-1f4b-46de-84fa-74ccbf9f5004.usrfiles.com/ugd/f977c6_8fb490318c7041058e57f730354a58cf.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://5db8380f-f04b-45d3-8648-2f4570f51406.usrfiles.com/ugd/f977c6_90eaba9b40454e2492b21ecd7c7750ef.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212040v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Balagna" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777628v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677510v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777629v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426801v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422517v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426799v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426490v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426777v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426463v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426764v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426708v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426770v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426432v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427364v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426426v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508373v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508372v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426424v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508370v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426422v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426117v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423229v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423240v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423138v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426101v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423182v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423039v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422884v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426689v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422841v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426588v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422772v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422757v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426527v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422754v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426096v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212034v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bellantone" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677380v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677387v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814271v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814279v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814276v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959904v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983597v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dastugue" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677442v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677433v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851904v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777071v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814284v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814287v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814301v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814305v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959950v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959940v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959980v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508387v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508385v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508378v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508382v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508388v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508383v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423479v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508377v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508375v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423480v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508337v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Labedan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lajoux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lassure" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423432v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508340v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336886v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423388v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423378v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336825v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426081v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422746v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423374v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423359v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423352v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427271v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422502v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422506v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422492v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337139v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337082v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427014v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422816v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422765v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426846v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508354v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508352v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508346v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508867v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508349v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508353v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508351v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508350v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508357v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508344v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508343v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508341v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338055v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212037v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814280v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>