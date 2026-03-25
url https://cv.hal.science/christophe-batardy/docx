--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -373,395 +373,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03581025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une geohistoire populaire de Nantes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les divisions socioprofessionnelles en mouvement d’une métropole attractive. Le cas de l’aire urbaine de Nantes (1975-2015)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Madoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Garat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Raimbault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métropolitiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.36572⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03375938v1</w:t>
+                <w:t xml:space="preserve">halshs-03268449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les divisions socioprofessionnelles en mouvement d’une métropole attractive. Le cas de l’aire urbaine de Nantes (1975-2015)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une geohistoire populaire de Nantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Raimbault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cybergeo.36572⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-03268449v1</w:t>
+                <w:t xml:space="preserve">hal-03375938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La géographie sociale des travailleurs pauvres nantais</w:t>
+                <w:t xml:space="preserve">Avant la « voiture pour tous »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Auzuret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas social de la métropole de Nantes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48649/asmn.473⟩</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48649/asmn.457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04072223v1</w:t>
+                <w:t xml:space="preserve">hal-04059218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avant la « voiture pour tous »</w:t>
+                <w:t xml:space="preserve">La géographie sociale des travailleurs pauvres nantais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Auzuret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas social de la métropole de Nantes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48649/asmn.457⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48649/asmn.473⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04059218v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04072223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La victoire de l’Union de la gauche aux élections municipales de Nantes en 1977 : la fin de la « Troisième force »</w:t>
               </w:r>
@@ -810,187 +810,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04072218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expliquer la rupture du Programme commun de gouvernement en septembre 1977</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nantes, un bastion socialiste partagé entre les votes Macron et Mélenchon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04088584v1</w:t>
+                <w:t xml:space="preserve">halshs-01576507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nantes, un bastion socialiste partagé entre les votes Macron et Mélenchon</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Expliquer la rupture du Programme commun de gouvernement en septembre 1977</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métropolitiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 136 (4), pp.115-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ving.136.0115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01576507v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04088584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élections présidentielles : les votes des grandes villes françaises au microscope</w:t>
               </w:r>
@@ -1573,400 +1573,482 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00357030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation et problématiques, état de la recherche - Les lieux du Programme commun</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’Atlas historique des sièges épiscopaux de l’Europe centrale et orientale jusqu’en 787. De l’avéré sur le terrain à l’utopie littéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominic Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Programme commun a 50 ans !</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fondation Jean Jaurès, Jun 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Mapping the Long Late Antiquity: GIS Technologies and Spatial Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04064427v1</w:t>
+                <w:t xml:space="preserve">hal-05545245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une prospection dans les archives locales pour traiter du PCF et du Programme commun</w:t>
+                <w:t xml:space="preserve">Présentation et problématiques, état de la recherche - Les lieux du Programme commun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le PCF à travers ses archives locales (1944 – 2000). Dons et dépôts dans les archives publiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Archives Nationales, Feb 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">Le Programme commun a 50 ans !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondation Jean Jaurès, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04067217v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04064427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Parti communiste</w:t>
+                <w:t xml:space="preserve">Une prospection dans les archives locales pour traiter du PCF et du Programme commun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1969, année politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fondation Jean Jaurès, Jun 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Le PCF à travers ses archives locales (1944 – 2000). Dons et dépôts dans les archives publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archives Nationales, Feb 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04064413v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04067217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gauche française malade du Portugal (La Croix, 15 août 1975)</w:t>
+                <w:t xml:space="preserve">Le Parti communiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les échos internationaux de la Révolution des Oeillets</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut d'études culturelles et internationales, Oct 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">1969, année politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondation Jean Jaurès, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04066932v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04064413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La gauche française malade du Portugal (La Croix, 15 août 1975)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Batardy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les échos internationaux de la Révolution des Oeillets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d'études culturelles et internationales, Oct 2014, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04066932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les rapports PCF/PS au Parlement, 1973-1978</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tribuns du peuple. Les Gauches au Parlement, de 1870 à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Comité d’histoire parlementaire et politique et le Centre d’études politiques contemporaines de l’Université d’Orléan, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04064441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1976,124 +2058,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie des différents monétaires gaulois à partir de la Base Faciès monétaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Gruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eneko Hiriart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46e colloque international de l’AFEAF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03780027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2103,51 +2185,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlas social de la métropole nantaise. Au-delà de la ville attractive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Madoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2156,324 +2238,324 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Loret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaire de Rennes. 2024, 9782753597310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05489245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1977. Nantes bascule à gauche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boisdron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions midi-pyrénéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 979-10-93498-95-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04043682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le programme commun de la gauche (1972 1977) C'était le temps des programmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03337563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Berry antique : atlas 2000</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buchsenschutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dumasy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tours : IFEN : Chambres d'Agriculture, de l'Indre, du Cher, du Loir-et-Cher, de l'Indre-et-Loir, Inra : Ministère de la Culture : P.C.R. Berry, pp.190, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00353357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2483,479 +2565,479 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CHRONOCARTO, UNE PLATEFORME COLLABORATIVE MULTI-ÉCHELLE POUR MIEUX PERCEVOIR LES TRANSFORMATIONS DES TERRITOIRES Évolution vers un nouvel outil de publication en ligne de données spatiales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dabas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buchsenschutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cartereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronica Cicolani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les agglomérations dans le monde celtique et ses marges. Nouvelles approches et perspectives de recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03906278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Municipales de 1977. Le communes de la Métropole nantaise à l'heure du Programme commun et de l'Union de la gauche</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Qui est responsable des inégalités d'impacts écologiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Bahers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Les Presses Universitaires de Rennes. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassour Yobom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Espaces et Sociétés (UMR 6590). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les élections municipales de 1977</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atlas Social de la métropole nantaise : Au-delà de la ville attractive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48649/asmn.446⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04055134v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02797243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qui est responsable des inégalités d'impacts écologiques ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les Municipales de 1977. Le communes de la Métropole nantaise à l'heure du Programme commun et de l'Union de la gauche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Espaces et Sociétés (UMR 6590). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Les Presses Universitaires de Rennes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas Social de la métropole nantaise : Au-delà de la ville attractive</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les élections municipales de 1977</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 978-2-7535-7992-7</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02797243v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déchets nantais : exportations et flux cachés du métabolisme urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bahers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laboratoire ESO - UMR 6590. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas Social de la métropole nantaise- Au-delà de la ville attractive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2019, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48649/asmn.289⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02479825v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche archéologique des réseaux de peuplement et centres de pouvoir sur le territoire du Berry à l’âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bohet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2974,167 +3056,180 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. Gandini, L. Laüt. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards croisés sur le Berry ancien : sites, réseaux et territoitoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 45 ARCHEA/FERAC pp.149-168, 2013, Revue archéologique du Centre. Supplément</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01546464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (6)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gisèle Halimi et le Programme commun des femmes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Page Chrnocarto de : Timgad Archives Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anissa Yelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:t xml:space="preserve">2025, https://www.chronocarto.eu/projet/timgad-algerie/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04054140v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bourges, Port Sec Sud (Cher)Un quartier de bijoutiers au Ve s. avant J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3143,313 +3238,375 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buchsenschutz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04054118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gauche et le « rapport Meadows » : un impensé programmatique en 1972</w:t>
+                <w:t xml:space="preserve">Gisèle Halimi et le Programme commun des femmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2022</w:t>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04054283v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De 1978 à 2022 : pourquoi la gauche ne boycotte pas la Coupe du Monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04054213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’union des gauches : l’étape de 1971</w:t>
+                <w:t xml:space="preserve">La gauche et le « rapport Meadows » : un impensé programmatique en 1972</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2021</w:t>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04054295v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’union des gauches : l’étape de 1971</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Batardy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Fais les valises, on rentre à Paris ! »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Batardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04055119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId78"/>
+      <w:footerReference w:type="default" r:id="rId82"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3596,51 +3753,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115976v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rivi&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Batardy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.1035" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072432v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.711" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03581025v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mador&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.702" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375938v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03268449v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Raimbault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.36572" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04072223v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auzuret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.473" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059218v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.457" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04072218v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088584v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ving.136.0115" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01576507v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01576488v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bellanger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gilbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546463v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buchsenschutz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cartereau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Gruel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lev&#233;ry" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01527968v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.4457" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554916v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867455v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357030v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04064427v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067217v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04064413v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066932v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04064441v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780027v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eneko Hiriart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05489245v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Charrier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Loret" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043682v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boisdron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/essais/1977-nantes-bascule-a-gauche/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03337563v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353357v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dumasy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906278v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dabas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Cicolani" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055134v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02797243v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bahers" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassour Yobom" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.446" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02479825v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.289" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546464v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bohet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054140v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054118v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054283v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054213v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054295v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055119v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115976v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rivi&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Batardy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.1035" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072432v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.711" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03581025v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mador&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.702" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03268449v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Raimbault" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.36572" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375938v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059218v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.457" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04072223v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auzuret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.473" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04072218v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01576507v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088584v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ving.136.0115" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01576488v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bellanger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gilbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546463v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buchsenschutz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cartereau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Gruel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lev&#233;ry" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01527968v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.4457" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554916v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867455v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357030v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545245v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Moreau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04064427v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067217v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04064413v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066932v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04064441v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780027v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eneko Hiriart" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05489245v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Charrier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Loret" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043682v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boisdron" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/essais/1977-nantes-bascule-a-gauche/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03337563v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353357v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dumasy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906278v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dabas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Cicolani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02797243v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bahers" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassour Yobom" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.446" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055134v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02479825v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asmn.289" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546464v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bohet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551081v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Yelles" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054118v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054140v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054213v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054283v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054295v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055119v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>