--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1014,373 +1014,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02077962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lignes ferroviaires à grande vitesse et dynamiques locales : une analyse comparée de la littérature (article)</w:t>
+                <w:t xml:space="preserve">Dessertes ferroviaires à grande vitesse et dynamiques locales : une analyse comparée de la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beckerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Delaplace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Blanquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lidwine Vandenbossche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Delaplace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géotransports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 1 (2), pp.15-34</w:t>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01392396v1</w:t>
+                <w:t xml:space="preserve">hal-02078977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dessertes ferroviaires à grande vitesse et dynamiques locales : une analyse comparée de la littérature</w:t>
+                <w:t xml:space="preserve">Desserte TGV et villes petites et moyennes. Une illustration par le cas du tourisme à Arras, Auray, Charleville-Mézières et Saverne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beckerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Delaplace</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lidwine Vandenbossche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géotransports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Cahiers Scientifiques du Transport / Scientific Papers in Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 63 | 2013, pp.33-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/cst.12126⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02078977v1</w:t>
+                <w:t xml:space="preserve">hal-01184947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Desserte TGV et villes petites et moyennes. Une illustration par le cas du tourisme à Arras, Auray, Charleville-Mézières et Saverne</w:t>
+                <w:t xml:space="preserve">Lignes ferroviaires à grande vitesse et dynamiques locales : une analyse comparée de la littérature (article)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beckerich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Blanquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lidwine Vandenbossche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Delaplace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers Scientifiques du Transport / Scientific Papers in Transportation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Géotransports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (2), pp.15-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/cst.12126⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01184947v1</w:t>
+                <w:t xml:space="preserve">hal-01392396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grande vitesse ferroviaire et développement économique local : une revue de la littérature</w:t>
               </w:r>
@@ -1840,343 +1840,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01392785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Desserte ferroviaire à grande vitesse, activation des ressources spécifiques et développement du tourisme: le cas de l'agglomération rémoise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Bazin</w:t>
+                <w:t xml:space="preserve">Grande vitesse, activation des ressources spécifiques et développement du tourisme urbain : le cas de l’agglomération rémoise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beckerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Delaplace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2010, N°1-2, pp.65-78</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02071523v1</w:t>
+                <w:t xml:space="preserve">hal-01392784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligne à Grande Vitesse et marchés immobiliers résidentiels à Reims : entre attractivité, aménités et anticipations</w:t>
+                <w:t xml:space="preserve">Desserte ferroviaire à grande vitesse, activation des ressources spécifiques et développement du tourisme: le cas de l'agglomération rémoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beckerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Delaplace</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Armand Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/reru.102.0313⟩</w:t>
+              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/belgeo.6669⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02071503v1</w:t>
+                <w:t xml:space="preserve">hal-02071523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grande vitesse, activation des ressources spécifiques et développement du tourisme urbain : le cas de l’agglomération rémoise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sabine Bazin</w:t>
+                <w:t xml:space="preserve">Ligne à Grande Vitesse et marchés immobiliers résidentiels à Reims : entre attractivité, aménités et anticipations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beckerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Delaplace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, mai (2), pp.3136336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reru.102.0313⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01392784v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02071503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Desserte TGV et localisation des entreprises dans les quartiers d’affaires : nouvelle accessibilité ou nouvelle offre de bureaux ? Le cas de la gare centre de Reims</w:t>
               </w:r>
@@ -2351,51 +2351,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02097023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Ligne Grande vitesse Est-européenne en région Champagne-Ardenne : Un outil au service d’un processus de Métropolisation?</w:t>
+                <w:t xml:space="preserve">La ligne à grande vitesse Est-européenne en région Champagne-Ardenne : un outil au service d'un processus de métropolisation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beckerich</w:t>
@@ -2417,93 +2417,93 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 92, pp. 171-185</w:t>
+              <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01403829v1</w:t>
+                <w:t xml:space="preserve">hal-02077973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La ligne à grande vitesse Est-européenne en région Champagne-Ardenne : un outil au service d'un processus de métropolisation ?</w:t>
+                <w:t xml:space="preserve">La Ligne Grande vitesse Est-européenne en région Champagne-Ardenne : Un outil au service d’un processus de Métropolisation?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beckerich</w:t>
@@ -2525,69 +2525,69 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006</w:t>
+              <w:t xml:space="preserve">, 2006, 92, pp. 171-185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02077973v1</w:t>
+                <w:t xml:space="preserve">hal-01403829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La LGV-Est Européenne en Champagne-Ardenne : quels effets sur la cohésion territoriale champardennaise ?</w:t>
               </w:r>
@@ -3818,221 +3818,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03344739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High speed railway, service innovations and urban and business tourisms developement</w:t>
+                <w:t xml:space="preserve">High speed railway, service innovations and urban and business tourisms development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beckerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Delaplace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Manuela Sarmento; Álvaro António Calado Afonso Matias. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economics and management of tourism: trends and recent developments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011</w:t>
+              <w:t xml:space="preserve">Economics and management of tourism: Trends and recent developments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidade Luisida Editora, pp.115-141, 2011, Manuais, 978-989-640-078-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02079165v1</w:t>
+                <w:t xml:space="preserve">hal-02097094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High speed railway, service innovations and urban and business tourisms development</w:t>
+                <w:t xml:space="preserve">High speed railway, service innovations and urban and business tourisms developement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beckerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Delaplace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economics and management of tourism: Trends and recent developments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universidade Luisida Editora, pp.115-141, 2011, Manuais, 978-989-640-078-1</w:t>
+              <w:t xml:space="preserve">Economics and management of tourism: trends and recent developments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02097094v1</w:t>
+                <w:t xml:space="preserve">hal-02079165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le secteur du transport et de la logistique : évolutions organisationnelles des entreprises et transformations des métiers</w:t>
               </w:r>
@@ -4384,73 +4384,73 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beckerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Blanquart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Université de Reims-Champagne-Ardenne. 2013</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] predit. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01098691v1</w:t>
+                <w:t xml:space="preserve">hal-01192920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux et opportunités de la Grande Vitesse Ferroviaire en termes de développement local et de développement durable : une analyse fondée sur la production et l'appropriation des innovations de services</w:t>
               </w:r>
@@ -4489,73 +4489,73 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beckerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Blanquart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] predit. 2013</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Université de Reims-Champagne-Ardenne. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01192920v1</w:t>
+                <w:t xml:space="preserve">hal-01098691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4813,51 +4813,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524496v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beckerich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Benoit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Delaplace" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.201.0013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02077971v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2019.1567111" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544825v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Leclercq" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cres.3222" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307133v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02078880v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Benoit-Bazin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2017.05.287" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622987v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06930-0.p.0067" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02078885v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bazin-Benoit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874447801610010007" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02077970v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12152" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02077962v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.145.0865" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392396v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bazin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Blanquart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidwine Vandenbossche" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02078977v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184947v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12126" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02077976v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bazin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beckerich" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanquart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delaplace" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vandenbossche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13547-011-0016-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392399v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligdwine Vandenbossche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02887707v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392785v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bazin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02071523v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.6669" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02071503v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Colin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.102.0313" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392784v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bazin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184940v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12085" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097023v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12073" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403829v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Masson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02077973v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404564v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02071375v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.062.0245" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097033v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Petiot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02078980v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887486v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887457v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02887574v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615196v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074969v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097045v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344739v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02079165v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097094v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097104v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097070v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02887599v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Koning" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bahoken" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098691v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192920v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02097151v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524496v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beckerich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Benoit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Delaplace" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.201.0013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02077971v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2019.1567111" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544825v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Leclercq" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cres.3222" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307133v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02078880v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Benoit-Bazin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2017.05.287" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622987v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06930-0.p.0067" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02078885v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bazin-Benoit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874447801610010007" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02077970v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12152" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02077962v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.145.0865" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02078977v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bazin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Blanquart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidwine Vandenbossche" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184947v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12126" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392396v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02077976v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bazin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beckerich" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanquart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delaplace" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vandenbossche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13547-011-0016-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392399v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligdwine Vandenbossche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02887707v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392785v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bazin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392784v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bazin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02071523v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.6669" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02071503v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Colin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.102.0313" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184940v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12085" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097023v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12073" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02077973v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Masson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403829v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404564v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02071375v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.062.0245" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097033v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Petiot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02078980v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887486v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887457v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02887574v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615196v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074969v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097045v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344739v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097094v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02079165v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097104v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097070v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02887599v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Koning" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bahoken" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192920v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098691v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02097151v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>