--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -485,1627 +485,1627 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-04695499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of in-patient evolution of Escherichia coli reveals potential links to relapse of bone and joint infections</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biophysical insights into sugar-dependent medium acidification promoting YfaL protein-mediated Escherichia coli self-aggregation, biofilm formation and acid stress resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yankel Chekli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Thiriet-Rupert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Perez-Pascual</w:t>
+                <w:t xml:space="preserve">Céline Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jason Tasse</w:t>
+                <w:t xml:space="preserve">Fabienne Quilès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Andre</w:t>
+                <w:t xml:space="preserve">Hélène Le Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 229 (5), pp.1546-1556. </w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16, pp.17567. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/infdis/jiad528⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D4NR01884B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04297206v1</w:t>
+                <w:t xml:space="preserve">hal-04693551v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biophysical insights into sugar-dependent medium acidification promoting YfaL protein-mediated Escherichia coli self-aggregation, biofilm formation and acid stress resistance</w:t>
+                <w:t xml:space="preserve">Identification of Veillonella parvula and Streptococcus gordonii adhesins mediating co-aggregation and its impact on physiology and mixed biofilm structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yankel Chekli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stanislas Thiriet-Rupert</w:t>
+                <w:t xml:space="preserve">Louis Dorison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Caillet</w:t>
+                <w:t xml:space="preserve">Nathalie Béchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Quilès</w:t>
+                <w:t xml:space="preserve">Camille Martin-Gallausiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Le Cordier</w:t>
+                <w:t xml:space="preserve">Susan Chamorro-Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yakov Vitrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4NR01884B⟩</w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (12), pp.e02171-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mbio.02171-24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04693551v2</w:t>
+                <w:t xml:space="preserve">hal-05055823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Veillonella parvula and Streptococcus gordonii adhesins mediating co-aggregation and its impact on physiology and mixed biofilm structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louis Dorison</w:t>
+                <w:t xml:space="preserve">Analysis of in-patient evolution of Escherichia coli reveals potential links to relapse of bone and joint infections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Thiriet-Rupert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Béchon</w:t>
+                <w:t xml:space="preserve">Jérôme Josse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Martin-Gallausiaux</w:t>
+                <w:t xml:space="preserve">David Perez-Pascual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susan Chamorro-Rodriguez</w:t>
+                <w:t xml:space="preserve">Jason Tasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yakov Vitrenko</w:t>
+                <w:t xml:space="preserve">Camille Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15 (12), pp.e02171-24. </w:t>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 229 (5), pp.1546-1556. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/mbio.02171-24⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/infdis/jiad528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05055823v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04297206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial capsular polysaccharides with antibiofilm activity share common biophysical and electrokinetic properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Escherichia coli Aggregates Mediated by Native or Synthetic Adhesins Exhibit Both Core and Adhesin-Specific Transcriptional Responses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yankel Chekli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joaquín Bayard-Bernal</w:t>
+                <w:t xml:space="preserve">Rebecca Stevick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Thiebaud</w:t>
+                <w:t xml:space="preserve">Etienne Kornobis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Brossaud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Celine Caillet</w:t>
+                <w:t xml:space="preserve">Valérie Briolat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-37925-8⟩</w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (3), pp.e0069023. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.00690-23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03805110v2</w:t>
+                <w:t xml:space="preserve">pasteur-04111723v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Pseudomonas aeruginosa L,D-transpeptidases and evaluation of their role in peptidoglycan adaptation to biofilm growth</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Escherichia coli SPFH Membrane Microdomain Proteins HflKC Contribute to Aminoglycoside and Oxidative Stress Tolerance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimee Wessel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yutaka Yoshii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Reder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inès Hugonneau-Beaufet</w:t>
+                <w:t xml:space="preserve">Rym Boudjemaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Barnier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Mainardi</w:t>
+                <w:t xml:space="preserve">Magdalena Szczesna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiology Spectrum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 11 (4), pp.e05217-22. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/spectrum.05217-22⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 11 (4), pp.e0176723. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.01767-23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04112100v2</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04237562v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual function of OmpM as outer membrane tether and nutrient uptake channel in diderm Firmicutes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of Pseudomonas aeruginosa L,D-transpeptidases and evaluation of their role in peptidoglycan adaptation to biofilm growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Hugonneau-Beaufet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Barnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Thiriet-Rupert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Augustinas Silale</w:t>
+                <w:t xml:space="preserve">Sylvie Letoffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yiling Zhu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Kahlan Newman</w:t>
+                <w:t xml:space="preserve">Jean-Luc Mainardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-42601-y⟩</w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (4), pp.e05217-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.05217-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-05461285v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04112100v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermittent antibiotic treatment of bacterial biofilms favors the rapid evolution of resistance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dual function of OmpM as outer membrane tether and nutrient uptake channel in diderm Firmicutes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustinas Silale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiling Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerzy Witwinowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masaru Usui</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Robert Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahlan Newman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-023-04601-y⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.7152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-42601-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04111698v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-05461285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Escherichia coli Aggregates Mediated by Native or Synthetic Adhesins Exhibit Both Core and Adhesin-Specific Transcriptional Responses</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intermittent antibiotic treatment of bacterial biofilms favors the rapid evolution of resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Kornobis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Briolat</w:t>
+                <w:t xml:space="preserve">Masaru Usui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yutaka Yoshii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Thiriet-Rupert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/spectrum.00690-23⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (1), pp.275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-023-04601-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04111723v2</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04111698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Escherichia coli SPFH Membrane Microdomain Proteins HflKC Contribute to Aminoglycoside and Oxidative Stress Tolerance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Mla system of diderm Firmicute Veillonella parvula reveals an ancestral transenvelope bridge for phospholipid trafficking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyrie P Grasekamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Beaud Benyahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najwa Taib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aimee Wessel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yutaka Yoshii</w:t>
+                <w:t xml:space="preserve">Bianca Audrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Reder</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Magdalena Szczesna</w:t>
+                <w:t xml:space="preserve">Benjamin Bardiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/spectrum.01767-23⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.7642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-43411-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04237562v2</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Mla system of diderm Firmicute Veillonella parvula reveals an ancestral transenvelope bridge for phospholipid trafficking</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bacterial capsular polysaccharides with antibiofilm activity share common biophysical and electrokinetic properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquín Bayard-Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Thiebaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kyrie P Grasekamp</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Najwa Taib</w:t>
+                <w:t xml:space="preserve">Marina Brossaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bianca Audrain</w:t>
+                <w:t xml:space="preserve">Audrey Beaussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Bardiaux</w:t>
+                <w:t xml:space="preserve">Celine Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 14 (1), pp.7642. </w:t>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.2553. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-43411-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-37925-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301455v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03805110v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ancient divide in outer membrane tethering systems in bacteria suggests a mechanism for the diderm-to-monoderm transition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Selection for nonspecific adhesion is a driver of FimH evolution increasing Escherichia coli biofilm capacity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Sartori-Rupp</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Najwa Taib</w:t>
+                <w:t xml:space="preserve">Mari Yoshida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Thiriet-Rupert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nika Pende</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Leonie Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41564-022-01066-3⟩</w:t>
+              <w:t xml:space="preserve">microLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsml/uqac001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03682191v1</w:t>
+                <w:t xml:space="preserve">pasteur-03886213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection for nonspecific adhesion is a driver of FimH evolution increasing Escherichia coli biofilm capacity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An ancient divide in outer membrane tethering systems in bacteria suggests a mechanism for the diderm-to-monoderm transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerzy Witwinowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Sartori-Rupp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najwa Taib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mari Yoshida</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stanislas Thiriet-Rupert</w:t>
+                <w:t xml:space="preserve">Nika Pende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonie Mayer</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">To Nam Tham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">microLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 3, pp.1-14. </w:t>
+              <w:t xml:space="preserve">Nature Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (3), pp.411-422. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/femsml/uqac001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41564-022-01066-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03886213v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03682191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudomonas aeruginosa Production of Hydrogen Cyanide Leads to Airborne Control of Staphylococcus aureus Growth in Biofilm and In Vivo Lung Environments</w:t>
               </w:r>
@@ -2323,252 +2323,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-04111779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifestyle-specific S-nitrosylation of protein cysteine thiols regulates Escherichia coli biofilm formation and resistance to oxidative stress</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Speciality Grand Challenge for “Biofilms”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Mcdougald</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Biofilms and Microbiomes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41522-021-00203-w⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.632429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2021.632429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03197387v1</w:t>
+                <w:t xml:space="preserve">pasteur-03209444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speciality Grand Challenge for “Biofilms”</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lifestyle-specific S-nitrosylation of protein cysteine thiols regulates Escherichia coli biofilm formation and resistance to oxidative stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Letoffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Vinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Chiappetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11, pp.632429. </w:t>
+              <w:t xml:space="preserve">npj Biofilms and Microbiomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7, pp.34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2021.632429⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41522-021-00203-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03209444v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03197387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the strong connection between nanoscale adhesion of Yad fimbriae and macroscale attachment of Yad-decorated bacteria to glycosylated, hydrophobic and hydrophilic surfaces</w:t>
               </w:r>
@@ -2593,51 +2593,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yankel Chekli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2682,1986 +2682,1986 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03053532v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One or two membranes? Diderm Firmicutes challenge the Gram-positive/Gram-negative divide</w:t>
+                <w:t xml:space="preserve">Autotransporters drive biofilm formation and auto-aggregation in the diderm Firmicute Veillonella parvula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Megrian</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Nathalie Bechon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Jiménez-Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerzy Witwinowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bierque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najwa Taïb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/MMI.14469⟩</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.00461-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02505848v1</w:t>
+                <w:t xml:space="preserve">pasteur-02924221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualizing the dynamics of exported bacterial proteins with the chemogenetic fluorescent reporter FAST</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Allemand</w:t>
+                <w:t xml:space="preserve">Genome-wide analysis of the Firmicutes illuminates the diderm/monoderm transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najwa Taib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chenge Li</w:t>
+                <w:t xml:space="preserve">Daniela Megrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerzy Witwinowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panagiotis Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Poppleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-72498-2⟩</w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (12), pp.1661-1672. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41559-020-01299-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03093348v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03207762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide analysis of the Firmicutes illuminates the diderm/monoderm transition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daniel Poppleton</w:t>
+                <w:t xml:space="preserve">Capsular Polysaccharide Cross-Regulation Modulates Bacteroides thetaiotaomicron Biofilm Formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Béchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovana Mihajlovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sol Vendrell-Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Chain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Langella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41559-020-01299-7⟩</w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mBio.00729-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03207762v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03209304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autotransporters drive biofilm formation and auto-aggregation in the diderm Firmicute Veillonella parvula</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">One or two membranes? Diderm Firmicutes challenge the Gram-positive/Gram-negative divide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Megrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najwa Taib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerzy Witwinowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simonetta Gribaldo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JB.00461-20⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/MMI.14469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02924221v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02505848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capsular Polysaccharide Cross-Regulation Modulates Bacteroides thetaiotaomicron Biofilm Formation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Béchon</w:t>
+                <w:t xml:space="preserve">Visualizing the dynamics of exported bacterial proteins with the chemogenetic fluorescent reporter FAST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yankel Chekli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jovana Mihajlovic</w:t>
+                <w:t xml:space="preserve">Caroline Peron-Cane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sol Vendrell-Fernández</w:t>
+                <w:t xml:space="preserve">Dario Dell’arciprete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Chain</w:t>
+                <w:t xml:space="preserve">Jean-François Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Langella</w:t>
+                <w:t xml:space="preserve">Chenge Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (3), </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.15791. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/mBio.00729-20⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-72498-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03209304v1</w:t>
+                <w:t xml:space="preserve">hal-03093348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrophoresis as a simple method to detect deleterious actions of engineered nanoparticles on living cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Zinc Acetate Potentiates the Action of Tosufloxacin against Escherichia coli Biofilm Persisters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masaru Usui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Vouriot</w:t>
+                <w:t xml:space="preserve">Hayato Yokoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Bihannic</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Audrey Beaussart</w:t>
+                <w:t xml:space="preserve">Yutaka Tamura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Waldvogel</w:t>
+                <w:t xml:space="preserve">Chie Nakajima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelina Razafitianamaharavo</w:t>
+                <w:t xml:space="preserve">Yasuhiko Suzuki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 17, pp.39-53. </w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 63 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/EN19190⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AAC.00069-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02351027v1</w:t>
+                <w:t xml:space="preserve">pasteur-02137789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zinc Acetate Potentiates the Action of Tosufloxacin against Escherichia coli Biofilm Persisters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Masaru Usui</w:t>
+                <w:t xml:space="preserve">A Putative Type V Pilus Contributes to Bacteroides thetaiotaomicron Biofilm Formation Capacity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovana Mihajlovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bechon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hayato Yokoo</w:t>
+                <w:t xml:space="preserve">Christa Ivanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Chain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yutaka Tamura</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yasuhiko Suzuki</w:t>
+                <w:t xml:space="preserve">Alexandre Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.00069-19⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 201 (18), pp.e00650-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.00650-18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02137789v1</w:t>
+                <w:t xml:space="preserve">pasteur-02558491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Putative Type V Pilus Contributes to Bacteroides thetaiotaomicron Biofilm Formation Capacity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bechon</w:t>
+                <w:t xml:space="preserve">Electrophoresis as a simple method to detect deleterious actions of engineered nanoparticles on living cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Vouriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bihannic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Beaussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christa Ivanova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florian Chain</w:t>
+                <w:t xml:space="preserve">Yves Waldvogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Almeida</w:t>
+                <w:t xml:space="preserve">Angelina Razafitianamaharavo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 201 (18), pp.e00650-18. </w:t>
+              <w:t xml:space="preserve">Environmental Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17, pp.39-53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JB.00650-18⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1071/EN19190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02558491v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02351027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the influence of cell surface polysaccharides on nanodendrimer binding to Gram-negative and Gram-positive bacteria using single-nanoparticle force spectroscopy</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Asymmetric adhesion of rod-shaped bacteria controls microcolony morphogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Pierre Chapot-Chartier</w:t>
+                <w:t xml:space="preserve">Marie-Cécilia Duvernoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saulius Kulakauskas</w:t>
+                <w:t xml:space="preserve">Thierry Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ardré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Croquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bensimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8nr01766b⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.1120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-018-03446-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01875323v1</w:t>
+                <w:t xml:space="preserve">hal-01757419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term stability of gentamicin sulfate-ethylenediaminetetraacetic acid disodium salt (EDTA-Na2) solution for catheter locks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Fiolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Jandot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Doucey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Crétet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Pharmaceutical Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (6), pp.386-393. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jpha.2017.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02015660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric adhesion of rod-shaped bacteria controls microcolony morphogenesis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Increased Osmolarity in Biofilm Triggers RcsB-Dependent Lipid A Palmitoylation in Escherichia coli.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Croquette</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Magdalena Szczesny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-018-03446-y⟩</w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (4), pp.e01415-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mBio.01415-18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01757419v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01875319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased Osmolarity in Biofilm Triggers RcsB-Dependent Lipid A Palmitoylation in Escherichia coli.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Probing the influence of cell surface polysaccharides on nanodendrimer binding to Gram-negative and Gram-positive bacteria using single-nanoparticle force spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Beaussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Chapot-Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magdalena Szczesny</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Saulius Kulakauskas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9 (4), pp.e01415-18. </w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (26), pp.12743 - 12753. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/mBio.01415-18⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c8nr01766b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01875319v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01875323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outer Membrane Proteome of Veillonella parvula: A Diderm Firmicute of the Human Microbiome</w:t>
+                <w:t xml:space="preserve">YeeJ is an inverse autotransporter from Escherichia coli that binds to peptidoglycan and promotes biofilm formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel I Poppleton</w:t>
+                <w:t xml:space="preserve">Marta Martinez-Gil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie I Duchateau</w:t>
+                <w:t xml:space="preserve">Kelvin Goh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique I Hourdel</w:t>
+                <w:t xml:space="preserve">Elze Rackaityte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariette I Matondo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jennifer I Flechsler</w:t>
+                <w:t xml:space="preserve">Chizuko Sakamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Audrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01215⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.11326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-10902-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01555366v1</w:t>
+                <w:t xml:space="preserve">pasteur-01689503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Central venous catheters and biofilms: where do we stand in 2017?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gominet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Compain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lebeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APMIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Special Issue: Biofilm Infections, 125 (4), pp.365-375. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/apm.12665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01555423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">YeeJ is an inverse autotransporter from Escherichia coli that binds to peptidoglycan and promotes biofilm formation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Outer Membrane Proteome of Veillonella parvula: A Diderm Firmicute of the Human Microbiome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel I Poppleton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Martinez-Gil</w:t>
+                <w:t xml:space="preserve">Magalie I Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kelvin Goh</w:t>
+                <w:t xml:space="preserve">Véronique I Hourdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elze Rackaityte</w:t>
+                <w:t xml:space="preserve">Mariette I Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chizuko Sakamoto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bianca Audrain</w:t>
+                <w:t xml:space="preserve">Jennifer I Flechsler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), pp.11326. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.article 1215. </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-10902-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01689503v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01555366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Analysis of Bacterial Community Composition and Structure in Clinically Symptomatic and Asymptomatic Central Venous Catheters</w:t>
               </w:r>
@@ -4699,51 +4699,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Chainier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashwini Chauhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimee Wessel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MSphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 2 (5), pp.00146-17 </w:t>
@@ -4775,632 +4775,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01689523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of in vivo catheter biofilm infections using pediatric central venous catheter implanted in rat</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Understanding biofilm formation in intravascular device-related infections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Fernández-Hidalgo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lebeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nprot.2016.033⟩</w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00134-016-4480-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01377073v1</w:t>
+                <w:t xml:space="preserve">pasteur-01377078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of percutaneous pulmonary valve implantation procedural steps on leaflets histology and mechanical behaviour: An in vitro study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Jalal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Galmiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younes Boudjemline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of cardiovascular diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 109 (8-9), pp.465 - 475. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.acvd.2016.01.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01377070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding biofilm formation in intravascular device-related infections</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Phylogenomic analysis supports the ancestral presence of LPS-outer membranes in the Firmicutes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Cs Antunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Poppleton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Klingl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Criscuolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00134-016-4480-7⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5, pp.e14589. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.14589.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01377078v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01362343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogenomic analysis supports the ancestral presence of LPS-outer membranes in the Firmicutes.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Dupuy</w:t>
+                <w:t xml:space="preserve">Functional analysis of E scherichia coli Yad fimbriae reveals their potential role in environmental persistence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Larsonneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Martín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Martinez-Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Semetey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.14589.020⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (12), pp.5228-5248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.13559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01362343v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02017291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional analysis of E scherichia coli Yad fimbriae reveals their potential role in environmental persistence</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of in vivo catheter biofilm infections using pediatric central venous catheter implanted in rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashwini Chauhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (3), pp.525 - 541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nprot.2016.033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.13559⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02017291v1</w:t>
+                <w:t xml:space="preserve">pasteur-01377073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro activity of gentamicin, vancomycin or amikacin combined with EDTA or l-arginine as lock therapy against a wide spectrum of biofilm-forming clinical strains isolated from catheter-related infections.</w:t>
               </w:r>
@@ -5503,64 +5503,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective propensity of bovine jugular vein material to bacterial adhesions: An in-vitro study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Jalal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Galmiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lebeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5650,51 +5650,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibition of type 1 fimbriae-mediated Escherichia coli adhesion and biofilm formation by trimeric cluster thiomannosides conjugated to diamond nanoparticles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manakamana Khanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Larsonneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoriia Raks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5765,1848 +5765,1848 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01378734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management of infections related to totally implantable venous-access ports: challenges and perspectives</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nuria Fernández-Hidalgo</w:t>
+                <w:t xml:space="preserve">Biofilms formed by gram-negative bacteria undergo increased lipid a palmitoylation, enhancing in vivo survival.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabina Chalabaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashwini Chauhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey Novikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavithra Iyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Szczesny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1473-3099(13)70266-4⟩</w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mBio.01116-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01381818v2</w:t>
+                <w:t xml:space="preserve">pasteur-01381821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic modulation of fimbrial extension and FimH-mannose binding force on live bacteria under pH changes: a molecular atomic force microscopy analysis.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The dynamics and pH-dependence of Ag43 adhesins’ self-association probed by atomic force spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Caillet</w:t>
+                <w:t xml:space="preserve">Adrien Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chizuko Sakamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Merlin</w:t>
+                <w:t xml:space="preserve">Angelina Razafitianamarahavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomedical Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1166/jbn.2014.1905⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (21), pp.12665 - 12681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4nr03312d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01076690v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01381823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biofilms formed by gram-negative bacteria undergo increased lipid a palmitoylation, enhancing in vivo survival.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In Vitro Activities of Dermaseptins K4S4 and K4K20S4 against Escherichia coli, Staphylococcus aureus, and Pseudomonas aeruginosa Planktonic Growth and Biofilm Formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexey Novikov</w:t>
+                <w:t xml:space="preserve">A. Zairi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pavithra Iyer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Magdalena Szczesny</w:t>
+                <w:t xml:space="preserve">L. Ferrieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Latour-Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Tangy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mBio.01116-14⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 58 (4), pp.2221 - 2228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.02142-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01381821v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01381816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dynamics and pH-dependence of Ag43 adhesins’ self-association probed by atomic force spectroscopy</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic modulation of fimbrial extension and FimH-mannose binding force on live bacteria under pH changes: a molecular atomic force microscopy analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jenny Merlin</w:t>
+                <w:t xml:space="preserve">A Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Sakamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina Razafitianamaharavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4nr03312d⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomedical Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (11), pp.3361-3372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1166/jbn.2014.1905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01381823v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01076690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Vitro Activities of Dermaseptins K4S4 and K4K20S4 against Escherichia coli, Staphylococcus aureus, and Pseudomonas aeruginosa Planktonic Growth and Biofilm Formation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophe Beloin</w:t>
+                <w:t xml:space="preserve">Preventing Biofilm Formation and Associated Occlusion by Biomimetic Glycocalyxlike Polymer in Central Venous Catheters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashwini Chauhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Tangy</w:t>
+                <w:t xml:space="preserve">Aude Bernardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Windy Mussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Kriegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.02142-13⟩</w:t>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 210 (9), pp.1347 - 1356. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/infdis/jiu249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01381816v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01381822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new biofilm-associated colicin with increased efficiency against biofilm bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaya Rendueles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Latour-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8 (6), pp.1275 - 1288. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ismej.2013.238⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01381817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preventing Biofilm Formation and Associated Occlusion by Biomimetic Glycocalyxlike Polymer in Central Venous Catheters</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bacteria Hold Their Breath upon Surface Contact as Shown in a Strain of Escherichia coli, Using Dispersed Surfaces and Flow Cytometry Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Estève</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jing Geng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Henry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/infdis/jiu249⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (7), pp.e102049. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0102049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01381822v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01358331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacteria Hold Their Breath upon Surface Contact as Shown in a Strain of Escherichia coli, Using Dispersed Surfaces and Flow Cytometry Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jing Geng</w:t>
+                <w:t xml:space="preserve">Biofilm-Related Infections: Bridging the Gap between Clinical Management and Fundamental Aspects of Recalcitrance toward Antibiotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lebeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nelly Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0102049⟩</w:t>
+              <w:t xml:space="preserve">Microbiology and Molecular Biology Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 78 (3), pp.510-543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/MMBR.00013-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01358331v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01370744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biofilm-Related Infections: Bridging the Gap between Clinical Management and Fundamental Aspects of Recalcitrance toward Antibiotics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.-M. Ghigo</w:t>
+                <w:t xml:space="preserve">Tolérance des biofilms aux antibiotiques : comprendre pour mieux traiter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lebeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology and Molecular Biology Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/MMBR.00013-14⟩</w:t>
+              <w:t xml:space="preserve">Journal des anti-infectieux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16 (3), pp.112 - 121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.antinf.2014.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01370744v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01378653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tolérance des biofilms aux antibiotiques : comprendre pour mieux traiter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel approaches to combat bacterial biofilms.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lebeaux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal des anti-infectieux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 16 (3), pp.112 - 121. </w:t>
+              <w:t xml:space="preserve">Current Opinion in Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 18, pp.61-68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.antinf.2014.04.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.coph.2014.09.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01378653v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01381820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel approaches to combat bacterial biofilms.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Beloin</w:t>
+                <w:t xml:space="preserve">pH-Mediated Potentiation of Aminoglycosides Kills Bacterial Persisters and Eradicates In Vivo Biofilms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lebeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashwini Chauhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Létoffé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Renard</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilde de Reuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.coph.2014.09.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 210 (9), pp.1357 - 1366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/infdis/jiu286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01381820v1</w:t>
+                <w:t xml:space="preserve">pasteur-01381819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pH-Mediated Potentiation of Aminoglycosides Kills Bacterial Persisters and Eradicates In Vivo Biofilms</w:t>
+                <w:t xml:space="preserve">Management of infections related to totally implantable venous-access ports: challenges and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lebeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Fernández-Hidalgo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashwini Chauhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hilde de Reuse</w:t>
+                <w:t xml:space="preserve">Samuel Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 210 (9), pp.1357 - 1366. </w:t>
+              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (2), pp.146 - 159. </w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/infdis/jiu286⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S1473-3099(13)70266-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01381819v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01381818v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Starvation, Together with the SOS Response, Mediates High Biofilm-Specific Tolerance to the Fluoroquinolone Ofloxacin</w:t>
+                <w:t xml:space="preserve">Bacterial biofilm mechanical properties persist upon antibiotic treatment and survive cell death</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve P. Bernier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Lebeaux</w:t>
+                <w:t xml:space="preserve">K Zrelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia S. Defrancesco</w:t>
+                <w:t xml:space="preserve">Olivier Galy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Valomon</w:t>
+                <w:t xml:space="preserve">L Latour-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Soubigou</w:t>
+                <w:t xml:space="preserve">L Kirwan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J M Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1003144⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (12), pp.125026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/15/12/125026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01385427v1</w:t>
+                <w:t xml:space="preserve">pasteur-01378684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial biofilm mechanical properties persist upon antibiotic treatment and survive cell death</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Starvation, Together with the SOS Response, Mediates High Biofilm-Specific Tolerance to the Fluoroquinolone Ofloxacin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Galy</w:t>
+                <w:t xml:space="preserve">Steve P. Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lebeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Latour-Lambert</w:t>
+                <w:t xml:space="preserve">Alicia S. Defrancesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Kirwan</w:t>
+                <w:t xml:space="preserve">Amandine Valomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J M Ghigo</w:t>
+                <w:t xml:space="preserve">Guillaume Soubigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 15 (12), pp.125026. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 9 (1), pp.e1003144. </w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/15/12/125026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1003144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01378684v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01385427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induction of the Cpx Envelope Stress Pathway Contributes to Escherichia coli Tolerance to Antimicrobial Peptides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Audrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Ferrieres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zairi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Soubigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7664,412 +7664,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01385433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glycan-functionalized diamond nanoparticles as potent E. coli anti-adhesives</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of Commensal Escherichia coli Genes Involved in Biofilm Resistance to Pathogen Colonization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Ariel Martin</w:t>
+                <w:t xml:space="preserve">Sandra da Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omprakash Bande</w:t>
+                <w:t xml:space="preserve">Jaione Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Sébastien Baumann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
+                <w:t xml:space="preserve">Nicolas Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Latour-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 5 (6), pp.2307--2316. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (5), pp.e61628. </w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c3nr33826f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0061628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01385429v1</w:t>
+                <w:t xml:space="preserve">pasteur-01385430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Did I Pick the Right Colony? Pitfalls in the Study of Regulation of the Phase Variable Antigen 43 Adhesin</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chizuko Sakamoto</w:t>
+                <w:t xml:space="preserve">Glycan-functionalized diamond nanoparticles as potent E. coli anti-adhesives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Ariel Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omprakash Bande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sébastien Baumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0073568⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 5 (6), pp.2307--2316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3nr33826f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01385431v1</w:t>
+                <w:t xml:space="preserve">pasteur-01385429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Commensal Escherichia coli Genes Involved in Biofilm Resistance to Pathogen Colonization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Charbonnel</w:t>
+                <w:t xml:space="preserve">Did I Pick the Right Colony? Pitfalls in the Study of Regulation of the Phase Variable Antigen 43 Adhesin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashwini Chauhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chizuko Sakamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 8 (5), pp.e61628. </w:t>
+              <w:t xml:space="preserve">, 2013, 8 (9), pp.e73568. </w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0061628⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0073568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01385430v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01385431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sugar-Modified Foldamers as Conformationally Defined and Biologically Distinct Glycopeptide Mimics</w:t>
               </w:r>
@@ -8107,51 +8107,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pancham S. Kandiyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saumya Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omprakash Bande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 52 (39), pp.10221 - 10226. </w:t>
@@ -8215,51 +8215,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lebeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashwini Chauhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaya Rendueles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8300,563 +8300,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01385428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping of bacterial biofilm local mechanics by magnetic microparticle actuation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patricia Latour-Lambert</w:t>
+                <w:t xml:space="preserve">A Rat Model of Central Venous Catheter to Study Establishment of Long-Term Bacterial Biofilm and Related Acute and Chronic Infections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashwini Chauhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lebeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kais Zrelli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Beloin</w:t>
+                <w:t xml:space="preserve">Benoit Decante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Kriegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Escande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2012.07.001⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (5), pp.e37281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0037281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00950106v1</w:t>
+                <w:t xml:space="preserve">pasteur-01385598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional Heterogeneity of the UpaH Autotransporter Protein from Uropathogenic Escherichia coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. P. Allsopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. G. Moriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Totsika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 194 (21), pp.5769 - 5782. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JB.01264-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01371661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Rat Model of Central Venous Catheter to Study Establishment of Long-Term Bacterial Biofilm and Related Acute and Chronic Infections</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Irene Kriegel</w:t>
+                <w:t xml:space="preserve">Molecular Characterization of the EhaG and UpaG Trimeric Autotransporter Proteins from Pathogenic Escherichia coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Totsika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Escande</w:t>
+                <w:t xml:space="preserve">J. Wells</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Valle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. P. Allsopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0037281⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 78 (7), pp.2179 - 2189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.06680-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01385598v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01385600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Characterization of the EhaG and UpaG Trimeric Autotransporter Proteins from Pathogenic Escherichia coli</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Beloin</w:t>
+                <w:t xml:space="preserve">Mapping of bacterial biofilm local mechanics by magnetic microparticle actuation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Latour-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Valle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. P. Allsopp</w:t>
+                <w:t xml:space="preserve">Kais Zrelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 78 (7), pp.2179 - 2189. </w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 103, pp.1400-1408. </w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AEM.06680-11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2012.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01385600v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00950106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full and broad-spectrum in vivo eradication of catheter-associated biofilms using gentamicin-EDTA antibiotic lock therapy.</w:t>
               </w:r>
@@ -8959,103 +8959,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular Characterization of UpaB and UpaC, Two New Autotransporter Proteins of Uropathogenic Escherichia coli CFT073</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. P. Allsopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. C. Ulett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Totsika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infection and Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 80 (1), pp.321 - 332. </w:t>
@@ -9087,596 +9087,596 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01385599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial surface appendages strongly impact nanomechanical and electrokinetic properties of Escherichia coli cells subjected to osmotic stress.</w:t>
+                <w:t xml:space="preserve">The sweet connection: Solving the riddle of multiple sugar-binding fimbrial adhesins in Escherichia coli: Multiple E. coli fimbriae form a versatile arsenal of sugar-binding lectins potentially involved in surface-colonisation and tissue tropism.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Francius</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yumiko Abe</w:t>
+                <w:t xml:space="preserve">Charalampia-Georgia Korea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0020066⟩</w:t>
+              <w:t xml:space="preserve">BioEssays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 33 (4), pp.300--311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/bies.201000121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01393507v1</w:t>
+                <w:t xml:space="preserve">pasteur-01393506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The sweet connection: Solving the riddle of multiple sugar-binding fimbrial adhesins in Escherichia coli: Multiple E. coli fimbriae form a versatile arsenal of sugar-binding lectins potentially involved in surface-colonisation and tissue tropism.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bacterial surface appendages strongly impact nanomechanical and electrokinetic properties of Escherichia coli cells subjected to osmotic stress.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Francius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charalampia-Georgia Korea</w:t>
+                <w:t xml:space="preserve">Pavel Polyakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Merlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yumiko Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEssays</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/bies.201000121⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (5), pp.e20066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0020066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01393506v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01393507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silent Mischief: Bacteriophage Mu Insertions Contaminate Products of Escherichia coli Random Mutagenesis Performed Using Suicidal Transposon Delivery Plasmids Mobilized by Broad-Host-Range RP4 Conjugative Machinery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Ferrieres</w:t>
+                <w:t xml:space="preserve">Escherichia coli K-12 possesses multiple cryptic but functional chaperone-usher fimbriae with distinct surface specificities.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charalampia-Georgia Korea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Hemery</w:t>
+                <w:t xml:space="preserve">Reana Badouraly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Nham</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Christine Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JB.00621-10⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 12 (7), pp.1957--1977. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1462-2920.2010.02202.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01372302v1</w:t>
+                <w:t xml:space="preserve">pasteur-01393508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Escherichia coli K-12 possesses multiple cryptic but functional chaperone-usher fimbriae with distinct surface specificities.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charalampia-Georgia Korea</w:t>
+                <w:t xml:space="preserve">Silent Mischief: Bacteriophage Mu Insertions Contaminate Products of Escherichia coli Random Mutagenesis Performed Using Suicidal Transposon Delivery Plasmids Mobilized by Broad-Host-Range RP4 Conjugative Machinery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ferrieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Hemery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reana Badouraly</w:t>
+                <w:t xml:space="preserve">T. Nham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Prévost</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A.-M. Guerout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mazel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1462-2920.2010.02202.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 192 (24), pp.6418-6427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.00621-10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01393508v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01372302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biofilm-forming Pseudomonas aeruginosa bacteria undergo lipopolysaccharide structural modifications and induce enhanced inflammatory cytokine response in human monocytes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina D Ciornei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexey Novikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9747,598 +9747,598 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00414282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UpaG, a New Member of the Trimeric Autotransporter Family of Adhesins in Uropathogenic Escherichia coli</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Valle</w:t>
+                <w:t xml:space="preserve">A Short-Time Scale Colloidal System Reveals Early Bacterial Adhesion Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mabbett</w:t>
+                <w:t xml:space="preserve">Ali Houry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Ulett</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Manuel Froment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Henry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JB.00122-08⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 6 (21), pp.4328 - 4328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.0060167.st001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01380586v1</w:t>
+                <w:t xml:space="preserve">pasteur-01380599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Short-Time Scale Colloidal System Reveals Early Bacterial Adhesion Dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of rpoS Deletion on the Proteome of Escherichia coli Grown Planktonically and as Biofilm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Cosette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Houry</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christophe Rihouey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.0060167.st001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 7 (11), pp.4659-4669. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/pr8001723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01380599v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02080952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of rpoS Deletion on the Proteome of Escherichia coli Grown Planktonically and as Biofilm</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A short-time scale colloidal system reveals early bacterial adhesion dynamics.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Houry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Froment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Henry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/pr8001723⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 6 (7), pp.e167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.0060167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02080952v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00342856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A short-time scale colloidal system reveals early bacterial adhesion dynamics.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">UpaG, a New Member of the Trimeric Autotransporter Family of Adhesins in Uropathogenic Escherichia coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Valle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mabbett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ulett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Toledo-Arana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Wecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 6 (7), pp.e167. </w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 190 (12), pp.4147 - 4161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.0060167⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JB.00122-08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-00342856v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01380586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional analysis of antigen 43 in uropathogenic Escherichia coli reveals a role in long-term persistence in the urinary tract.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glen C. Ulett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaione Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10415,51 +10415,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tight modulation of Escherichia coli bacterial biofilm formation through controlled expression of adhesion factors.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra da Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Le Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10532,51 +10532,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Transcriptional Antiterminator RfaH Represses Biofilm Formation in Escherichia coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Michaelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10874,51 +10874,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colonization of Abiotic Surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra da Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ghigo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11112,64 +11112,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global impact of mature biofilm lifestyle on Escherichia coli K-12 gene expression.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaione Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Latour-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11227,636 +11227,636 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02080937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of DNA Conformation and Topology in Right-handed DNA Wrapping by the Bacillus subtilis LrpC Protein</w:t>
+                <w:t xml:space="preserve">An extended role for the nucleoid structuring protein H-NS in the virulence gene regulatory cascade of Shigella flexneri.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josette Jeusset</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charles J. Dorman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 47 (3), pp.825-38</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03065329v1</w:t>
+                <w:t xml:space="preserve">hal-03217876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shigella flexneri 2a strain 2457T expresses three members of the H-NS-like protein family: characterization of the Sfh protein</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. J. Dorman</w:t>
+                <w:t xml:space="preserve">Three-way interactions among the Sfh, StpA and H-NS nucleoid-structuring proteins of Shigella flexneri 2a strain 2457T.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Padraig Deighan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles J. Dorman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Genetics and Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00438-003-0897-0⟩</w:t>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 48 (5), pp.1401-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1365-2958.2003.03515.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02080944v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An extended role for the nucleoid structuring protein H-NS in the virulence gene regulatory cascade of Shigella flexneri.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charles J. Dorman</w:t>
+                <w:t xml:space="preserve">Shigella flexneri 2a strain 2457T expresses three members of the H-NS-like protein family: characterization of the Sfh protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Deighan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Doyle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. J. Dorman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Genetics and Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 270 (1), pp.66-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00438-003-0897-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03217876v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02080944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-way interactions among the Sfh, StpA and H-NS nucleoid-structuring proteins of Shigella flexneri 2a strain 2457T.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Padraig Deighan</w:t>
+                <w:t xml:space="preserve">In vitro DNA-binding properties of VirB, the Shigella flexneri virulence regulatory protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sorcha Mckenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles J. Dorman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1046/j.1365-2958.2003.03515.x⟩</w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 545 (2-3), pp.183-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0014-5793(03)00524-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03217762v1</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro DNA-binding properties of VirB, the Shigella flexneri virulence regulatory protein</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution of DNA Conformation and Topology in Right-handed DNA Wrapping by the Bacillus subtilis LrpC Protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Beloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josette Jeusset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Révet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Mirambeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sorcha Mckenna</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Françoise Le Hégarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 545 (2-3), pp.183-7. </w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 278 (7), pp.5333-5342. </w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0014-5793(03)00524-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1074/jbc.m207489200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03217885v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03065329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular Dissection of VirB, a Key Regulator of the Virulence Cascade of Shigella flexneri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorcha Mckenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles J. Dorman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 277 (18), pp.15333-15344. </w:t>
             </w:r>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11890,64 +11890,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of virulence gene expression in Shigella flexneri, a facultative intracellular pathogen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles J. Dorman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorcha Mckenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12045,51 +12045,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Zouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Pernelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Le Hegarat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12170,51 +12170,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Pernelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Le Hegarat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12424,51 +12424,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The L17 ribosomal protein of Bacillus subtilis binds preferentially to curved DNA.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Zouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Ghelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12558,51 +12558,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolande Hauck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Le Hégarat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luisa Hirschbein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13280,103 +13280,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of &amp;lt;i&amp;gt;V. parvula&amp;lt;/i&amp;gt; and &amp;lt;i&amp;gt;S. gordonii&amp;lt;/i&amp;gt; adhesins mediating co-aggregation and its impact on physiology and mixed biofilm structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Dorison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Béchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Martin-Gallausiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Chamorro-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yakov Vitrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -13392,263 +13392,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04659886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ancestral dual function of OmpM as outer membrane tether and nutrient uptake channel in diderm Firmicutes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kahlan Newman</w:t>
+                <w:t xml:space="preserve">Bridges instead of boats? The Mla system of diderm Firmicute Veillonella parvula reveals an ancestral transenvelope core of phospholipid trafficking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyrie Grasekamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Beaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najwa Taib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Audrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bardiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04252443v1</w:t>
+                <w:t xml:space="preserve">hal-04235315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridges instead of boats? The Mla system of diderm Firmicute Veillonella parvula reveals an ancestral transenvelope core of phospholipid trafficking</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An ancestral dual function of OmpM as outer membrane tether and nutrient uptake channel in diderm Firmicutes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustinas Silale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiling Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerzy Witwinowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahlan Newman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Basile Beaud</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-04235315v1</w:t>
+                <w:t xml:space="preserve">pasteur-04252443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId489"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -13803,51 +13803,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05464676v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Yoshii" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Thiriet-Rupert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lebeaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ghigo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beloin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-025-00906-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05382880v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Souhail" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan-Phuc Bui-Van" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;naig Le Fouler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lafaurie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2025.107933" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04695499v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Beaud Benyahia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Taib" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonetta Gribaldo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41579-024-01088-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04297206v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Josse" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perez-Pascual" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Tasse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Andre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiad528" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04693551v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yankel Chekli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Quil&#232;s" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Cordier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NR01884B" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05055823v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dorison" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie B&#233;chon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martin-Gallausiaux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Chamorro-Rodriguez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yakov Vitrenko" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02171-24" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03805110v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Bayard-Bernal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thiebaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brossaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Beaussart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Caillet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-37925-8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112100v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Hugonneau-Beaufet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Barnier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Letoffe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mainardi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.05217-22" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05461285v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustinas Silale" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiling Zhu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Witwinowski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Smith" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahlan Newman" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-42601-y" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04111698v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaru Usui" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-04601-y" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04111723v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevick" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Kornobis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briolat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00690-23" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237562v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimee Wessel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Reder" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Boudjemaa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Szczesna" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01767-23" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301455v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyrie P Grasekamp" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Audrain" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bardiaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43411-y" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03682191v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sartori-Rupp" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nika Pende" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=To Nam Tham" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-022-01066-3" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03886213v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Yoshida" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonie Mayer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsml/uqac001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03815014v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie L&#233;toff&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongzheng Wu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Darch" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Whiteley" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02154-22" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04111779v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Gilmore" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Mcdougald" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2022.1093692" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197387v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barraud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Vinh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Chiappetta" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-021-00203-w" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03209444v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2021.632429" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03053532v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Francius" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petit" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Cl&#233;ment" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NR06840C" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02505848v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Megrian" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/MMI.14469" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093348v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peron-Cane" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Dell&#8217;arciprete" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Allemand" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenge Li" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72498-2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03207762v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Adam" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Poppleton" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-020-01299-7" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02924221v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bechon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Jim&#233;nez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bierque" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Ta&#239;b" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00461-20" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03209304v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovana Mihajlovic" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol Vendrell-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chain" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langella" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00729-20" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02351027v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vouriot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bihannic" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Waldvogel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Razafitianamaharavo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN19190" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02137789v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayato Yokoo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Tamura" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chie Nakajima" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiko Suzuki" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00069-19" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02558491v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christa Ivanova" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Almeida" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00650-18" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01875323v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chapot-Chartier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saulius Kulakauskas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nr01766b" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02015660v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Fiolet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Jandot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Doucey" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Cr&#233;tet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Brunel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpha.2017.09.004" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01757419v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cilia Duvernoy" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mora" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ardr&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Croquette" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bensimon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03446-y" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01875319v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Szczesny" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01415-18" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01555366v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel I Poppleton" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie I Duchateau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique I Hourdel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette I Matondo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer I Flechsler" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01215" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01555423v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gominet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Compain" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apm.12665" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01689503v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Martinez-Gil" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelvin Goh" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elze Rackaityte" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chizuko Sakamoto" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-10902-0" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01689523v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Stressmann" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Couv&#233;-Deacon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Chainier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwini Chauhan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00146-17" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01377073v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nprot.2016.033" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01377070v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Jalal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Galmiche" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Boudjemline" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2016.01.015" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01377078v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Fern&#225;ndez-Hidalgo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-016-4480-7" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01362343v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Cs Antunes" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Klingl" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Criscuolo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dupuy" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.14589.020" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02017291v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Larsonneur" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Mart&#237;n" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Mallet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Semetey" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13559" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2VTQSHN3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01378735v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Leflon-Guibout" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkv044" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01378736v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Villemain" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Brugada" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijcard.2015.07.004" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01378734v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manakamana Khanal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoriia Raks" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barras" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sebastien Baumann" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr05906a" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381818v2" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lee" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(13)70266-4" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076690v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jacquot" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sakamoto" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Caillet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Merlin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jbn.2014.1905" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381821v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Chalabaev" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Novikov" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavithra Iyer" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01116-14" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381823v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jacquot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Razafitianamarahavo" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Merlin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr03312d" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381816v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zairi" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ferrieres" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Latour-Lambert" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tangy" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02142-13" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381817v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaya Rendueles" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Latour-Lambert" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2013.238" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381822v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bernardin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Windy Mussard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Kriegel" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Est&#232;ve" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiu249" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01358331v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Geng" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Henry" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0102049" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01370744v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lebeaux" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Ghigo" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MMBR.00013-14" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01378653v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antinf.2014.04.001" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381820v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Renard" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coph.2014.09.005" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381819v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fischer" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilde de Reuse" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiu286" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385427v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve P. Bernier" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia S. Defrancesco" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Valomon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Soubigou" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003144" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01378684v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Zrelli" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galy" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Latour-Lambert" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Kirwan" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Ghigo" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/15/12/125026" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385433v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Audrain" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Soubigou" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dobson" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02593-13" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385429v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ariel Martin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omprakash Bande" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Baumann" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3nr33826f" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385431v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0073568" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385430v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra da Re" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaione Valle" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charbonnel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0061628" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385432v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aloysius Siriwardena" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiran Kumar Pulukuri" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pancham S. Kandiyal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saumya Roy" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201304239" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385428v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens2020288" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950106v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Zrelli" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2012.07.001" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01371661v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. P. Allsopp" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. G. Moriel" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Totsika" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01264-12" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385598v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Decante" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Kriegel" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Escande" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0037281" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385600v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wells" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beloin" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Valle" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.06680-11" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01126606v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01606-12" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385599v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. C. Ulett" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.05322-11" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01393507v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Francius" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Polyakov" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumiko Abe" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020066" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01393506v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalampia-Georgia Korea" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.201000121" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/317FF6C54EABE93241B08A15F990AB33C4FB32AB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01372302v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hemery" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nham" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Guerout" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mazel" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00621-10" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01393508v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reana Badouraly" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Pr&#233;vost" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2010.02202.x" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RTTP5PDV-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414282v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina D Ciornei" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fitting" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Caroff" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1753425909341807" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01380586v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mabbett" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ulett" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toledo-Arana" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wecker" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00122-08" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01380599v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Houry" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Froment" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.0060167.st001" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080952v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Collet" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cosette" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rihouey" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/pr8001723" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00342856v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.0060167" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00331433v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen C. Ulett" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orla Sherlock" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.01952-06" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00331439v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02625-06" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01372312v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Michaelis" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lindner" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Landini" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hacker" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.188.4.1316-1331.2006" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01372269v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roux Agn&#232;s" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.3.1001-1013.2005" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00473489v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2004.11.008" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080960v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/ecosalplus.8.3.1.3" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01372248v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vianney" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lazzaroni" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.6.2038-2049.2005" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080937v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Kzreminski" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2003.03865.x" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065329v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Jeusset" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard R&#233;vet" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mirambeau" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le H&#233;garat" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.m207489200" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080944v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Deighan" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doyle" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Dorman" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00438-003-0897-0" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-N2BTRVT8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217876v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles J. Dorman" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217762v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Padraig Deighan" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2003.03515.x" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217885v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorcha Mckenna" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(03)00524-6" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217821v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111429200" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217808v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1078/1438-4221-00105" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CKZH5HVD-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080974v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Exley" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Zouine" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pernelle" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Hegarat" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579695v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Exley" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zouine" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Pernelle" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0300-9084(00)01228-1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JXZF93X4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080971v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Beloin" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Exley" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Mah&#233;" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zouine" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Cubasch" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.182.16.4414-4424.2000" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080972v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Zouine" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ghelis" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080955v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Grandjean" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Hauck" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Hirschbein" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080968v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ayora" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Exley" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hirschbein" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Ogasawara" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217752v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Deneubourg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Hegarat" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.1996.tb08554.x" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080962v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00473297v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Roux" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75418-3_12" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05067091v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Phuc Buivan" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04659886v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04252443v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235315v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyrie Grasekamp" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Beaud" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05464676v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Yoshii" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Thiriet-Rupert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lebeaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ghigo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beloin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-025-00906-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05382880v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Souhail" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan-Phuc Bui-Van" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;naig Le Fouler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lafaurie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2025.107933" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04695499v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Beaud Benyahia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Taib" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonetta Gribaldo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41579-024-01088-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04693551v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yankel Chekli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Quil&#232;s" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Cordier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NR01884B" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05055823v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dorison" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie B&#233;chon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martin-Gallausiaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Chamorro-Rodriguez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yakov Vitrenko" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02171-24" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04297206v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Josse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perez-Pascual" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Tasse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Andre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiad528" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04111723v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevick" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Kornobis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briolat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00690-23" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237562v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimee Wessel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Reder" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Boudjemaa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Szczesna" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01767-23" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112100v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Hugonneau-Beaufet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Barnier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Letoffe" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mainardi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.05217-22" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05461285v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustinas Silale" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiling Zhu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Witwinowski" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Smith" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahlan Newman" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-42601-y" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04111698v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaru Usui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-04601-y" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301455v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyrie P Grasekamp" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Audrain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bardiaux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43411-y" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03805110v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Bayard-Bernal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thiebaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brossaud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Beaussart" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Caillet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-37925-8" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03886213v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Yoshida" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonie Mayer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsml/uqac001" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03682191v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sartori-Rupp" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nika Pende" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=To Nam Tham" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-022-01066-3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03815014v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie L&#233;toff&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongzheng Wu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Darch" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Whiteley" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.02154-22" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04111779v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Gilmore" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Mcdougald" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2022.1093692" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03209444v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2021.632429" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197387v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barraud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Vinh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Chiappetta" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-021-00203-w" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03053532v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Francius" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petit" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Cl&#233;ment" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NR06840C" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02924221v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bechon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Jim&#233;nez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bierque" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Ta&#239;b" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00461-20" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03207762v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Megrian" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Adam" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Poppleton" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-020-01299-7" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03209304v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovana Mihajlovic" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol Vendrell-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chain" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langella" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00729-20" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02505848v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/MMI.14469" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093348v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peron-Cane" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Dell&#8217;arciprete" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Allemand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenge Li" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72498-2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02137789v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayato Yokoo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Tamura" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chie Nakajima" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiko Suzuki" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00069-19" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02558491v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christa Ivanova" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Almeida" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00650-18" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02351027v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vouriot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bihannic" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Waldvogel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Razafitianamaharavo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN19190" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01757419v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cilia Duvernoy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mora" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ardr&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Croquette" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bensimon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-03446-y" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02015660v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Fiolet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Jandot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Doucey" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Cr&#233;tet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Brunel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpha.2017.09.004" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01875319v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Szczesny" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01415-18" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01875323v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chapot-Chartier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saulius Kulakauskas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nr01766b" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01689503v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Martinez-Gil" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelvin Goh" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elze Rackaityte" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chizuko Sakamoto" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-10902-0" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01555423v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gominet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Compain" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apm.12665" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01555366v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel I Poppleton" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie I Duchateau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique I Hourdel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette I Matondo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer I Flechsler" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01215" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01689523v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Stressmann" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Couv&#233;-Deacon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Chainier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwini Chauhan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00146-17" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01377078v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Fern&#225;ndez-Hidalgo" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-016-4480-7" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01377070v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Jalal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Galmiche" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Boudjemline" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2016.01.015" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01362343v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Cs Antunes" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Klingl" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Criscuolo" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dupuy" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.14589.020" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02017291v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Larsonneur" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Mart&#237;n" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Mallet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Semetey" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13559" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2VTQSHN3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01377073v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nprot.2016.033" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01378735v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Leflon-Guibout" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkv044" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01378736v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Villemain" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Brugada" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijcard.2015.07.004" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01378734v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manakamana Khanal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoriia Raks" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barras" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sebastien Baumann" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr05906a" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381821v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Chalabaev" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Novikov" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavithra Iyer" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01116-14" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381823v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jacquot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Razafitianamarahavo" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Merlin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr03312d" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381816v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zairi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ferrieres" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Latour-Lambert" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tangy" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02142-13" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076690v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jacquot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sakamoto" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Caillet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Merlin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jbn.2014.1905" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381822v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bernardin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Windy Mussard" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Kriegel" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Est&#232;ve" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiu249" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381817v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaya Rendueles" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Latour-Lambert" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2013.238" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01358331v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Geng" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Henry" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0102049" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01370744v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lebeaux" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Ghigo" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MMBR.00013-14" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01378653v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antinf.2014.04.001" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381820v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Renard" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coph.2014.09.005" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381819v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fischer" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilde de Reuse" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiu286" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381818v2" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lee" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(13)70266-4" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01378684v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Zrelli" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galy" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Latour-Lambert" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Kirwan" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Ghigo" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/15/12/125026" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385427v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve P. Bernier" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia S. Defrancesco" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Valomon" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Soubigou" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003144" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385433v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Audrain" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Soubigou" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dobson" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02593-13" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385430v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra da Re" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaione Valle" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charbonnel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0061628" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385429v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ariel Martin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omprakash Bande" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Baumann" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3nr33826f" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385431v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0073568" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385432v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aloysius Siriwardena" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiran Kumar Pulukuri" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pancham S. Kandiyal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saumya Roy" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201304239" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385428v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens2020288" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385598v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Decante" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Kriegel" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Escande" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0037281" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01371661v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. P. Allsopp" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. G. Moriel" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Totsika" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01264-12" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385600v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wells" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beloin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Valle" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.06680-11" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950106v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Zrelli" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2012.07.001" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01126606v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01606-12" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385599v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. C. Ulett" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.05322-11" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01393506v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalampia-Georgia Korea" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.201000121" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/317FF6C54EABE93241B08A15F990AB33C4FB32AB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01393507v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Francius" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Polyakov" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumiko Abe" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020066" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01393508v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reana Badouraly" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Pr&#233;vost" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2010.02202.x" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RTTP5PDV-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01372302v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hemery" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nham" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Guerout" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mazel" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00621-10" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414282v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina D Ciornei" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fitting" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Caroff" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1753425909341807" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01380599v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Houry" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Froment" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.0060167.st001" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080952v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Collet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cosette" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rihouey" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/pr8001723" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00342856v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.0060167" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01380586v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mabbett" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ulett" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toledo-Arana" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wecker" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00122-08" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00331433v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen C. Ulett" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orla Sherlock" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.01952-06" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00331439v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02625-06" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01372312v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Michaelis" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lindner" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Landini" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hacker" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.188.4.1316-1331.2006" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01372269v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roux Agn&#232;s" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.3.1001-1013.2005" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00473489v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2004.11.008" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080960v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/ecosalplus.8.3.1.3" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01372248v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vianney" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lazzaroni" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.6.2038-2049.2005" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080937v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Kzreminski" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2003.03865.x" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217876v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles J. Dorman" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217762v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Padraig Deighan" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2003.03515.x" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080944v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Deighan" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doyle" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Dorman" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00438-003-0897-0" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-N2BTRVT8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217885v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorcha Mckenna" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(03)00524-6" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065329v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Jeusset" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard R&#233;vet" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mirambeau" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le H&#233;garat" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.m207489200" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217821v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111429200" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217808v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1078/1438-4221-00105" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CKZH5HVD-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080974v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Exley" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Zouine" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pernelle" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Hegarat" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579695v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Exley" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zouine" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Pernelle" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0300-9084(00)01228-1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JXZF93X4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080971v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Beloin" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Exley" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Mah&#233;" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Zouine" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Cubasch" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.182.16.4414-4424.2000" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080972v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Zouine" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ghelis" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080955v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Grandjean" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande Hauck" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Hirschbein" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080968v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ayora" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Exley" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hirschbein" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Ogasawara" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217752v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Deneubourg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Hegarat" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.1996.tb08554.x" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080962v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00473297v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Roux" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75418-3_12" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05067091v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Phuc Buivan" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04659886v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235315v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyrie Grasekamp" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Beaud" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04252443v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>