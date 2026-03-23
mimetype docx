--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -234,632 +234,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05457107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping potential environmental impacts of alien species in the face of climate change</w:t>
+                <w:t xml:space="preserve">Adapting a global plant identification model to detect invasive alien plant species in high-resolution road side images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Kumschick</w:t>
+                <w:t xml:space="preserve">Vincent Espitalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lysandre Journiac</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Lombardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Boulesnane-Genguant</w:t>
+                <w:t xml:space="preserve">Hervé Goëau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Pouteau</w:t>
+                <w:t xml:space="preserve">Toke Thomas Høye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Invasions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (1), pp.43. </w:t>
+              <w:t xml:space="preserve">Ecological Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 89, pp.103129. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10530-024-03490-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2025.103129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04866133v1</w:t>
+                <w:t xml:space="preserve">hal-05046527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adapting a global plant identification model to detect invasive alien plant species in high-resolution road side images</w:t>
+                <w:t xml:space="preserve">Mapping potential environmental impacts of alien species in the face of climate change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Espitalier</w:t>
+                <w:t xml:space="preserve">Sabrina Kumschick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Lombardo</w:t>
+                <w:t xml:space="preserve">Lysandre Journiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Goëau</w:t>
+                <w:t xml:space="preserve">Océane Boulesnane-Genguant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toke Thomas Høye</w:t>
+                <w:t xml:space="preserve">Robin Pouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Informatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 89, pp.103129. </w:t>
+              <w:t xml:space="preserve">Biological Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (1), pp.43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2025.103129⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10530-024-03490-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05046527v1</w:t>
+                <w:t xml:space="preserve">hal-04866133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Land‐use intensity influences European tetrapod food webs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Citizen science platforms can effectively support early detection of invasive alien species according to species traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo González‐moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana A. Anđelković</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Adriaens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Renaud</w:t>
+                <w:t xml:space="preserve">Jakovos Demetriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 30 (2), </w:t>
+              <w:t xml:space="preserve">People and Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (1), pp.278-294. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/gcb.17167⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pan3.10767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04757075v1</w:t>
+                <w:t xml:space="preserve">hal-05447326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citizen science platforms can effectively support early detection of invasive alien species according to species traits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Land‐use intensity influences European tetrapod food webs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Botella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo González‐moreno</w:t>
+                <w:t xml:space="preserve">Pierre Gaüzère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana A. Anđelković</w:t>
+                <w:t xml:space="preserve">Louise O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tim Adriaens</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Botella</w:t>
+                <w:t xml:space="preserve">Marc Ohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jakovos Demetriou</w:t>
+                <w:t xml:space="preserve">Julien Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">People and Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 7 (1), pp.278-294. </w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pan3.10767⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gcb.17167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05447326v1</w:t>
+                <w:t xml:space="preserve">hal-04757075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Don't bite the hand that feeds you: Meta food webs help in the face of the Eltonian shortfall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gaüzère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Dou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1044,51 +1044,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissimilarity of vertebrate trophic interactions reveals spatial uniqueness but functional redundancy across Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gaüzère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1204,51 +1204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Affouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Lombardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Chouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1572,51 +1572,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The diversity of biotic interactions complements functional and phylogenetic facets of biodiversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gaüzère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise O’connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1700,291 +1700,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03750719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jointly estimating spatial sampling effort and habitat suitability for multiple species from opportunistic presence‐only data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Convolutional neural networks improve species distribution modelling by capturing the spatial structure of the environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Deneu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Servajean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (5), pp.933-945. </w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (4), pp.e1008856. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/2041-210X.13565⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1008856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03150701v1</w:t>
+                <w:t xml:space="preserve">hal-03220977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convolutional neural networks improve species distribution modelling by capturing the spatial structure of the environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Deneu</w:t>
+                <w:t xml:space="preserve">Jointly estimating spatial sampling effort and habitat suitability for multiple species from opportunistic presence‐only data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Botella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximilien Servajean</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Monestiez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 17 (4), pp.e1008856. </w:t>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (5), pp.933-945. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1008856⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/2041-210X.13565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03220977v1</w:t>
+                <w:t xml:space="preserve">hal-03150701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bias in presence-only niche models related to sampling effort and species niches: Lessons for background point selection</w:t>
               </w:r>
@@ -1996,77 +1996,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Monestiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Munoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 15 (5), pp.e0232078. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2152,51 +2152,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal P. Monestiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Munoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applications in Plant Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Green Digitization: Online Botanical Collections Data Answering Real‐World Questions, 6 (2), pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2301,51 +2301,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Servajean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2419,51 +2419,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Deneu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Servajean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquim Estopinan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2537,51 +2537,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Deneu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Lorieul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Servajean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2687,51 +2687,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukáš Picek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Kahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Goëau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukáš Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2776,277 +2776,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05135815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of GeoLifeCLEF 2024: Species Composition Prediction with High Spatial Resolution at Continental Scale using Remote Sensing</w:t>
+                <w:t xml:space="preserve">GeoPlant: Spatial Plant Species Prediction Dataset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukáš Picek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Servajean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Palard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Conference and Labs of the Evaluation Forum (CLEF 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Grenoble, France. pp.1966-1977</w:t>
+              <w:t xml:space="preserve">38. Conference on Neural Information Processing Systems, NeurIPS 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04720817v1</w:t>
+                <w:t xml:space="preserve">hal-04852083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GeoPlant: Spatial Plant Species Prediction Dataset</w:t>
+                <w:t xml:space="preserve">Overview of GeoLifeCLEF 2024: Species Composition Prediction with High Spatial Resolution at Continental Scale using Remote Sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukáš Picek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Servajean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Palard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38. Conference on Neural Information Processing Systems, NeurIPS 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">15. Conference and Labs of the Evaluation Forum (CLEF 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Grenoble, France. pp.1966-1977</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04852083v1</w:t>
+                <w:t xml:space="preserve">hal-04720817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of LifeCLEF 2024 Teaser : Challenges on Species Distribution Prediction and Identification</w:t>
               </w:r>
@@ -3071,64 +3071,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukáš Picek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Kahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Goëau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Espitalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECIR 2024 - 46. European Conference on Information Retrieval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Glasgow, United Kingdom. pp.19-27, </w:t>
@@ -3205,64 +3205,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukáš Picek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Kahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Goëau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Espitalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Conference and Labs of the Evaluation Forum (CLEF 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Grenoble, France. pp.183-207, </w:t>
@@ -3294,964 +3294,964 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04830385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LifeCLEF 2023 teaser: Species Identification and Prediction Challenges</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Overview of GeoLifeCLEF 2023: Species Composition Prediction with High Spatial Resolution at Continental Scale Using Remote Sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Deneu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Servajean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECIR 2023 - 45. European Conference on Information Retrieval</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">24. Conference and Labs of the Evaluation Forum (CLEF-WN 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Thessaloniki, Greece. pp.1954-1971</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04204378v1</w:t>
+                <w:t xml:space="preserve">hal-04322255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of LifeCLEF 2023: evaluation of AI models for the identification and prediction of birds, plants, snakes and fungi</w:t>
+                <w:t xml:space="preserve">LifeCLEF 2023 teaser: Species Identification and Prediction Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Kahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukáš Picek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hervé Goëau</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. Conference and Labs of the Evaluation Forum (CLEF-WN 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Thessaloniki, Greece. pp.416-439, </w:t>
+              <w:t xml:space="preserve">ECIR 2023 - 45. European Conference on Information Retrieval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jaap Kamps; Lorraine Goeuriot; Fabio Crestani; Maria Maistro; Hideo Joho; Brian Davis; Cathal Gurrin; Udo Kruschwitz; Annalina Caputo, Apr 2023, Dublin, Ireland. pp.568-576, </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-42448-9_27⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-28241-6_65⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04322219v1</w:t>
+                <w:t xml:space="preserve">hal-04204378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of GeoLifeCLEF 2023: Species Composition Prediction with High Spatial Resolution at Continental Scale Using Remote Sensing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overview of LifeCLEF 2023: evaluation of AI models for the identification and prediction of birds, plants, snakes and fungi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Théo Larcher</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukáš Picek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Kahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Goëau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Conference and Labs of the Evaluation Forum (CLEF-WN 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2023, Thessaloniki, Greece. pp.1954-1971</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Sep 2023, Thessaloniki, Greece. pp.416-439, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-42448-9_27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04322255v1</w:t>
+                <w:t xml:space="preserve">hal-04322219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of LifeCLEF 2020: A System-Oriented Evaluation of Automated Species Identification and Species Distribution Prediction</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">GeoLifeCLEF, a cooperative evaluation campaign for species distribution methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Botella</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLEF 2020 - 11. International Conference of the Cross-Language Evaluation Forum for European Languages</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Statistical Ecology Conference (ISEC) 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Syndey, Australia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02945382v1</w:t>
+                <w:t xml:space="preserve">hal-04987047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of LifeCLEF location-based species prediction task 2020 (GeoLifeCLEF)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maximilien Servajean</w:t>
+                <w:t xml:space="preserve">LifeCLEF 2020 Teaser: Biodiversity Identification and Prediction Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Goëau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Ruiz de Castaneda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLEF 2020 - Conference and Labs of the Evaluation Forum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECIR 2020 - 42nd European Conference on IR Research on Advances in Information Retrieval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2020, Lisboa, Portugal. pp.542-549, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-45442-5_70⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02989077v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02873670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GeoLifeCLEF, a cooperative evaluation campaign for species distribution methods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overview of LifeCLEF location-based species prediction task 2020 (GeoLifeCLEF)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Deneu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Lorieul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elijah Cole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Servajean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Statistical Ecology Conference (ISEC) 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Syndey, Australia</w:t>
+              <w:t xml:space="preserve">CLEF 2020 - Conference and Labs of the Evaluation Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04987047v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02989077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LifeCLEF 2020 Teaser: Biodiversity Identification and Prediction Challenges</w:t>
+                <w:t xml:space="preserve">Overview of LifeCLEF 2020: A System-Oriented Evaluation of Automated Species Identification and Species Distribution Prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Goëau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rafael Ruiz de Castaneda</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Kahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Deneu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Glotin</w:t>
+                <w:t xml:space="preserve">Willem-Pier Vellinga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECIR 2020 - 42nd European Conference on IR Research on Advances in Information Retrieval</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2020, Lisboa, Portugal. pp.542-549, </w:t>
+              <w:t xml:space="preserve">CLEF 2020 - 11. International Conference of the Cross-Language Evaluation Forum for European Languages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Thessaloniki, Greece. pp.342-363, </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-45442-5_70⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-58219-7_23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02873670v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of LifeCLEF 2019: Identification of Amazonian Plants, South &amp; North American Birds, and Niche Prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Goëau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Kahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Servajean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CLEF 2019 - 10th International Conference of the Cross-Language Evaluation Forum for European Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Lugano, Switzerland. pp.387-401, </w:t>
@@ -4302,51 +4302,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of GeoLifeCLEF 2019: plant species prediction using environment and animal occurrences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Servajean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4410,51 +4410,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LifeCLEF 2019: Biodiversity Identification and Prediction Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Goëau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4531,51 +4531,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Species recommendation using intensity models and sampling bias correction (GeoLifeCLEF2019: Lof of Lof team)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Monestiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4626,51 +4626,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of Deep Species Distribution Models using Environment and Co-occurrences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Deneu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Servajean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4769,64 +4769,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Monestiez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESA 2019 - Annual Meeting of the Ecological Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Louisville, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4877,51 +4877,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal P. Monestiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4985,77 +4985,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of LifeCLEF 2018: A Large-Scale Evaluation of Species Identification and Recommendation Algorithms in the Era of AI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Goëau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glotin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5119,51 +5119,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Location-based species recommendation using co-occurrences and environment- GeoLifeCLEF 2018 challenge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Deneu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Servajean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Botella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5427,64 +5427,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Monestiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Munoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alexis Joly; Stefanos Vrochidis; Kostas Karatzas; Ari Karppinen; Pierre Bonnet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multimedia Tools and Applications for Environmental &amp; Biodiversity Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.169-199, 2018, Multimedia Systems and Applications Series, 978-3-319-76444-3. </w:t>
@@ -5794,51 +5794,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05457107v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiexun Xu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Low" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Botella" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Deneu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Shasha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2025.103424" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04866133v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kumschick" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysandre Journiac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Boulesnane-Genguant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pouteau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-024-03490-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05046527v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Espitalier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lombardo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Go&#235;au" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toke Thomas H&#248;ye" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2025.103129" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757075v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ga&#252;z&#232;re" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise O'Connor" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ohlmann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Renaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17167" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05447326v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gonz&#225;lez&#8208;moreno" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana A. An&#273;elkovi&#263;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Adriaens" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakovos Demetriou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.10767" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757080v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Dou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17359" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04173545v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Akbarinia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Joly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Masseglia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mattoso" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-68100-8_1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04696017v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Poggiato" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise M.J. O'Connor" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moreno Di Marco" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.10.069" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04430929v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Affouard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chouet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gresse" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.7.112545" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771760v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cang Hui" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Richardson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11091293" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191630v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dray" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Matias" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miele" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuiller" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13738" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03750719v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise O&#8217;connor" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara M&#252;nkem&#252;ller" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2022.03.009" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03150701v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Munoz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Monestiez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13565" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03220977v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Servajean" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1008856" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639237v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0232078" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01739481v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Monestiez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aps3.1029" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05446820v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ryckewaert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Marcos" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152362v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Estopinan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02989062v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elijah Cole" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Lorieul" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135815v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Picek" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kahl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Adam" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88720-8_57" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720817v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Leblanc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Palard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04852083v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667635v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56072-9_3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04830385v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71908-0_9" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04204378v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-28241-6_65" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322219v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42448-9_27" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322255v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Larcher" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02945382v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem-Pier Vellinga" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58219-7_23" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02989077v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987047v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02873670v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Ruiz de Castaneda" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Glotin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45442-5_70" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02281455v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28577-7_29" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190170v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02273257v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poupard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-15719-7_37" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02288944v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02290310v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28577-7_18" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261122v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913238v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913231v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98932-7_24" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913241v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03962125v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Claude Streito" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Papa&#239;x" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Chartrois" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pierre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1749/9782759234837/crises-sanitaires-en-agriculture" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834227v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-76445-0_10" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02519161v3" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019MONTS135" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05457107v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiexun Xu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Low" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Botella" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Deneu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Shasha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2025.103424" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05046527v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Espitalier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lombardo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Go&#235;au" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toke Thomas H&#248;ye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2025.103129" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04866133v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kumschick" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysandre Journiac" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Boulesnane-Genguant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pouteau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-024-03490-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05447326v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gonz&#225;lez&#8208;moreno" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana A. An&#273;elkovi&#263;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Adriaens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakovos Demetriou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.10767" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757075v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ga&#252;z&#232;re" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise O'Connor" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ohlmann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Renaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17167" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757080v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Dou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17359" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04173545v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Akbarinia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Joly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Masseglia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mattoso" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-68100-8_1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04696017v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Poggiato" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise M.J. O'Connor" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moreno Di Marco" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.10.069" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04430929v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Affouard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chouet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gresse" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/biss.7.112545" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771760v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cang Hui" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Richardson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11091293" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191630v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dray" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Matias" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miele" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuiller" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13738" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03750719v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise O&#8217;connor" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara M&#252;nkem&#252;ller" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2022.03.009" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03220977v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Servajean" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Munoz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1008856" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03150701v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Monestiez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13565" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639237v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0232078" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01739481v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Monestiez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aps3.1029" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05446820v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ryckewaert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Marcos" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152362v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Estopinan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02989062v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elijah Cole" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Lorieul" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135815v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Picek" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kahl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Adam" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88720-8_57" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04852083v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Leblanc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Palard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720817v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667635v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56072-9_3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04830385v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71908-0_9" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322255v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Larcher" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04204378v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-28241-6_65" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322219v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42448-9_27" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987047v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02873670v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Ruiz de Castaneda" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Glotin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45442-5_70" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02989077v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02945382v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem-Pier Vellinga" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58219-7_23" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02281455v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28577-7_29" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190170v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02273257v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Poupard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-15719-7_37" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02288944v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02290310v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28577-7_18" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261122v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913238v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913231v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98932-7_24" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913241v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03962125v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Claude Streito" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Papa&#239;x" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Chartrois" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pierre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1749/9782759234837/crises-sanitaires-en-agriculture" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834227v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-76445-0_10" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02519161v3" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019MONTS135" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>