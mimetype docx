--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1267,260 +1267,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la propagation de fissure et formation d'écaille dans une piste de roulement sous chargement de contact Hertzien</w:t>
+                <w:t xml:space="preserve">Modélisation haute fidélité de réservoirs hydrogène fabriqués par enroulement filamentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yawovi David Degbe</w:t>
+                <w:t xml:space="preserve">Gaspard Landron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fagiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Hirsekorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Rassineux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bovet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
+              <w:t xml:space="preserve">JST AMAC - Composites H2 : Matériaux composites pour le stockage et transport d'hydrogène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AMAC, May 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05313070v1</w:t>
+                <w:t xml:space="preserve">hal-05360246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation haute fidélité de réservoirs hydrogène fabriqués par enroulement filamentaire</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modélisation de la propagation de fissure et formation d'écaille dans une piste de roulement sous chargement de contact Hertzien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Fagiano</w:t>
+                <w:t xml:space="preserve">Yawovi David Degbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bovet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Hirsekorn</w:t>
+                <w:t xml:space="preserve">Vincent Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Rassineux</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JST AMAC - Composites H2 : Matériaux composites pour le stockage et transport d'hydrogène</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AMAC, May 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05360246v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05313070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection des contacts en mémoire massivement distribuée par un double parcours de Bounding Volume Hierarchies</w:t>
               </w:r>
@@ -1545,51 +1545,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Prabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bovet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Jamond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1621,247 +1621,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04610918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation à l'échelle de la bande d'un réservoir à hydrogène fabriqué par enroulement filamentaire</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Rassineux</w:t>
+                <w:t xml:space="preserve">Préconditionneurs exploitant les blocs de rang faible pour les méthodes de décomposition de domaine primales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théodore Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bovet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gosselet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04610985v1</w:t>
+                <w:t xml:space="preserve">hal-04611016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préconditionneurs exploitant les blocs de rang faible pour les méthodes de décomposition de domaine primales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Théodore Gauthier</w:t>
+                <w:t xml:space="preserve">Modélisation à l'échelle de la bande d'un réservoir à hydrogène fabriqué par enroulement filamentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaspard Landron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Rassineux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bovet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fagiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Hirsekorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04611016v1</w:t>
+                <w:t xml:space="preserve">hal-04610985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical substructuring and parallel mesh generation of heterogeneous structures for domain decomposition methods</w:t>
               </w:r>
@@ -2057,481 +2057,481 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03054225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel preprocessing with subdomain's shape control for domain decomposition methods</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Parallel mesh adaptivity driven by heterogeneous a posteriori error estimation within the context of large scale industrial problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oana Ciobanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bovet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amar El Ouazani Tuhami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixth International Conference on Parallel, Distributed, GPU and Cloud Computing for Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Adaptive Modeling and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, El Campello, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02151095v1</w:t>
+                <w:t xml:space="preserve">hal-02122231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel mesh adaptivity driven by heterogeneous a posteriori error estimation within the context of large scale industrial problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratégie hiérarchique de sous-structuration et maillage pour la simulation HPC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannis El Gharbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gosselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bovet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Basile Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Adaptive Modeling and Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, El Campello, Spain</w:t>
+              <w:t xml:space="preserve">14ème colloque en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02122231v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02147196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie hiérarchique de sous-structuration et maillage pour la simulation HPC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yannis El Gharbi</w:t>
+                <w:t xml:space="preserve">Adaptation à deux niveaux pour le solveur Adaptive Multipreconditioned FETI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bovet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gosselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bovet</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Spillane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème colloque en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Giens, France</w:t>
+              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02147196v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation à deux niveaux pour le solveur Adaptive Multipreconditioned FETI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parallel preprocessing with subdomain's shape control for domain decomposition methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannis El Gharbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gosselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bovet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicole Spillane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sixth International Conference on Parallel, Distributed, GPU and Cloud Computing for Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Pécs, Hungary. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4203/ccp.112.21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824554v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust domain decomposition methods for high performance computing in aerospace industrial context</w:t>
               </w:r>
@@ -2871,51 +2871,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes de décomposition de domaine robustes appliquées au calcul en régime linéaire et non linéaire de structures industrielles de grande taille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bovet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3396,51 +3396,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9C94AF77"/>
+    <w:nsid w:val="5466CFA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3627,51 +3627,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-bovet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2390-0717" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190646578" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997627v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Doghman" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bovet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ask" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2025.117900" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830430v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Gauthier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gosselet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7623" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938084v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Rannou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7544" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660559v3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7193" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081712v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Parret-Fr&#233;aud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2020.102952" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881249v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis El Gharbi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2020.103484" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458725v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Spillane" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2017.07.010" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348633v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2017.01.010" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673852v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Zamponi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2016.03.002" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01409766v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Linares" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mermoz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2013075" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313070v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawovi David Degbe" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chiaruttini" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Maurel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360246v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Landron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fagiano" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hirsekorn" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rassineux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610918v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Motte" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Prabel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jamond" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610985v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611016v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054211v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gosselet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054225v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151095v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.112.21" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122231v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Ciobanu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar El Ouazani Tuhami" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Marchand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147196v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824554v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775221v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908183v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Feyel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899272v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899286v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615883v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349794v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154703v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-bovet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2390-0717" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190646578" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997627v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Doghman" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bovet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ask" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2025.117900" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830430v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Gauthier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gosselet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7623" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938084v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Rannou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7544" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660559v3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7193" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081712v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Parret-Fr&#233;aud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2020.102952" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881249v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis El Gharbi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2020.103484" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458725v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Spillane" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2017.07.010" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348633v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2017.01.010" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673852v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Zamponi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2016.03.002" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01409766v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Linares" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mermoz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2013075" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360246v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Landron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fagiano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hirsekorn" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rassineux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313070v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawovi David Degbe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chiaruttini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Maurel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610918v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Motte" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Prabel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jamond" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611016v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610985v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054211v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gosselet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054225v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122231v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Ciobanu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar El Ouazani Tuhami" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Marchand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147196v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824554v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151095v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.112.21" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775221v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908183v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Feyel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899272v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899286v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615883v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349794v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154703v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>