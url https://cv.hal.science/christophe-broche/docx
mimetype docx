--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1167,234 +1167,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04990948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tour d'horizon juridique et institutionnel d'un projet ambitieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Broche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence de clôture du projet DUET</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IAE Annecy, Feb 2023, Annecy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04993419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers un droit au bien-être ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Broche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amphi pour tous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Faverges-Seythenex, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’intelligence artificielle, quels impacts sur notre société</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Broche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Café science et citoyen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04990945v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-04993419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un droit au bien-être ?</w:t>
               </w:r>
@@ -2298,164 +2298,164 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le street art : esquisse juridique d’un art vandale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Broche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires Savoie Mont Blanc. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04981538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le street art : esquisse juridique d'un art vandale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Calley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Broche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Université Savoie Mont Blanc, 2019, 978-2-37741-006-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire Calley</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03139447v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-04981538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId41"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2610,51 +2610,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04981532v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Broche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918120v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917965v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04981529v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917956v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917885v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917959v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917825v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917828v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01479463v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01479455v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02201846v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01479416v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01479432v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990948v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990945v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990864v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04993419v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990849v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990853v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990938v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04918608v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04918706v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990838v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04981555v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04918818v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918125v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918133v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006527v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917953v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-03139447v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Calley" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04981538v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04981532v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Broche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918120v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917965v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04981529v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917956v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917885v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917959v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917825v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917828v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01479463v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01479455v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02201846v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01479416v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01479432v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990948v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04993419v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990864v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990945v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990849v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990853v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990938v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04918608v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04918706v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04990838v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04981555v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04918818v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918125v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918133v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006527v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917953v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04981538v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-03139447v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Calley" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>