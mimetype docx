--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -623,295 +623,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04671409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerated discovery of crystalline materials with record ultralow lattice thermal conductivity via a universal descriptor</w:t>
+                <w:t xml:space="preserve">TiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;-driven ZrO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; leads to the high thermoelectric performance of ZrNiSn half-Heusler alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xingchen Shen</w:t>
+                <w:t xml:space="preserve">Shamma Jain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ajay Kumar Verma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kishor Kumar Johari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiongzhi Zheng</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jiri Hejtmanek</w:t>
+                <w:t xml:space="preserve">Sudhir Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-67333-z⟩</w:t>
+              <w:t xml:space="preserve">Materials Research Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 187, pp.113369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.materresbull.2025.113369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05468516v1</w:t>
+                <w:t xml:space="preserve">hal-04959710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;-driven ZrO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; leads to the high thermoelectric performance of ZrNiSn half-Heusler alloy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accelerated discovery of crystalline materials with record ultralow lattice thermal conductivity via a universal descriptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xingchen Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiongzhi Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Marek Koza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shamma Jain</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kishor Kumar Johari</w:t>
+                <w:t xml:space="preserve">Petr Levinsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sudhir Kumar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+                <w:t xml:space="preserve">Jiri Hejtmanek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Research Bulletin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 187, pp.113369. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (1), pp.689. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.materresbull.2025.113369⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-67333-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04959710v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05468516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coexistence of Two Sphalerite Frameworks: A Vector for the Enhancement of Thermoelectric Performances in Zn-Doped Cu&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
@@ -974,748 +974,748 @@
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thang Cong Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 37, pp.5271−5285. </w:t>
+              <w:t xml:space="preserve">, 2025, 37 (14), pp.5271−5285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5c00972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05156854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay Between Lone Pair Stereochemical Activity and Structural Anisotropy Drives Ultralow Thermal Conductivity in Layered AGeS&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; (A = Pb, Sn) Metal Sulfides</w:t>
+                <w:t xml:space="preserve">Strong crystalline thermal insulation induced by extended antibonding states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paribesh Acharyya</w:t>
+                <w:t xml:space="preserve">Ruihuan Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Koushik Pal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bin Zhang</w:t>
+                <w:t xml:space="preserve">Chen Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Raveau</w:t>
+                <w:t xml:space="preserve">Niuchang Ouyang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Guilmeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 147 (29), pp.25806 - 25814. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.7941. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.5c07547⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-63300-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05186264v1</w:t>
+                <w:t xml:space="preserve">hal-05419788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hidden in plain heat: anomalous Lorenz number in the thermoelectric alloy Bi&amp;lt;sub&amp;gt;0.4&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;1.6&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interplay Between Lone Pair Stereochemical Activity and Structural Anisotropy Drives Ultralow Thermal Conductivity in Layered AGeS&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; (A = Pb, Sn) Metal Sulfides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bartlomiej Wiendlocha</w:t>
+                <w:t xml:space="preserve">Paribesh Acharyya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
+                <w:t xml:space="preserve">Koushik Pal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xingchen Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petr Levinský</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Migot</w:t>
+                <w:t xml:space="preserve">Bernard Raveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-66578-y⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 147 (29), pp.25806 - 25814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5c07547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05438505v1</w:t>
+                <w:t xml:space="preserve">hal-05186264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong crystalline thermal insulation induced by extended antibonding states</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hidden in plain heat: anomalous Lorenz number in the thermoelectric alloy Bi&amp;lt;sub&amp;gt;0.4&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;1.6&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartlomiej Wiendlocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruihuan Cheng</w:t>
+                <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chen Wang</w:t>
+                <w:t xml:space="preserve">Petr Levinský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niuchang Ouyang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Guilmeau</w:t>
+                <w:t xml:space="preserve">Sylvie Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 16 (1), pp.7941. </w:t>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.11528. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-63300-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-66578-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419788v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05438505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation Behavior and Integration into High Power Density Thermoelectric Generators of Commercial Half-Heusler Alloys</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Demonstrating the quasilocalized nature of the Sn impurity states in Bi&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Se</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Masschelein</w:t>
+                <w:t xml:space="preserve">Adèle Léon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Aranda</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoît Denand</w:t>
+                <w:t xml:space="preserve">Kacper Pryga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Wieder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilayda Terzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Levinský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.5c08992⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 111 (20), pp.205202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.205202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05166105v1</w:t>
+                <w:t xml:space="preserve">hal-05064899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstrating the quasilocalized nature of the Sn impurity states in Bi&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Se</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oxidation Behavior and Integration into High Power Density Thermoelectric Generators of Commercial Half-Heusler Alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufiane El Oualid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Masschelein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Aranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adèle Léon</w:t>
+                <w:t xml:space="preserve">Ghouti Medjahdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kacper Pryga</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Petr Levinský</w:t>
+                <w:t xml:space="preserve">Benoît Denand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 111 (20), pp.205202. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (28), pp.40773-40787. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.205202⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.5c08992⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05064899v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05166105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Key Role of Positional Disorder and Soft Structural Framework for Lowering the Thermal Conductivity of Quaternary Ag 1-x Cu 3+x TiSe 4 (0 ≤ x ≤ 0.8) System to an Ultralow Limit</w:t>
               </w:r>
@@ -1727,51 +1727,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achintya Lakshan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krishnendu Buxi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paribesh Acharyya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kishor Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1982,51 +1982,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weak electron-phonon coupling contributing to enhanced thermoelectric performance in n-type TiCoSb half-Heusler alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ajay Kumar Verma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shamma Jain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kishor Kumar Johari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2103,64 +2103,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure Low Dimensionality and Lone-Pair Stereochemical Activity: the Key to Low Thermal Conductivity in the Pb–Sn–S System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paribesh Acharyya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koushik Pal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2250,90 +2250,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-Fold Coordination of Copper in Sulfides: A Blockade for Hole Carrier Delocalization but a Driving Force for Ultralow Thermal Conductivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krishnendu Maji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Raveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boullay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paribesh Acharyya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 146 (14), pp.9741-9754. </w:t>
@@ -2365,563 +2365,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04529299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect on thermoelectric and mechanical properties of interstitial void filling by Cu in ZrNiSn HH alloy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+                <w:t xml:space="preserve">Unravelling the need for balancing band convergence and resonant level in Sn&amp;lt;sub&amp;gt;1-&amp;lt;i&amp;gt;x&amp;lt;/i&amp;gt;-&amp;lt;i&amp;gt;y&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt;In&amp;lt;sub&amp;gt;&amp;lt;i&amp;gt;x&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt;Mn&amp;lt;sub&amp;gt;&amp;lt;i&amp;gt;y&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt;Te for high thermoelectric performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shantanu Misra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartlomiej Wiendlocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufiane El Oualid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1557/s43578-024-01456-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (2), pp.1166-1175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3TA05468C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755325v1</w:t>
+                <w:t xml:space="preserve">hal-04331635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling the need for balancing band convergence and resonant level in Sn&amp;lt;sub&amp;gt;1-&amp;lt;i&amp;gt;x&amp;lt;/i&amp;gt;-&amp;lt;i&amp;gt;y&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt;In&amp;lt;sub&amp;gt;&amp;lt;i&amp;gt;x&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt;Mn&amp;lt;sub&amp;gt;&amp;lt;i&amp;gt;y&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt;Te for high thermoelectric performance</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anne Dauscher</w:t>
+                <w:t xml:space="preserve">Effect on thermoelectric and mechanical properties of interstitial void filling by Cu in ZrNiSn HH alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shamma Jain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ajay Kumar Verma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kishor Kumar Johari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (2), pp.1166-1175. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39, pp.3249-3259. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D3TA05468C⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1557/s43578-024-01456-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04331635v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04755325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lone pair induced 1D character and weak cation–anion interactions: Two ingredients for low thermal conductivity in mixed-anion metal chalcohalide CuBiSCl&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Boullay</w:t>
+                <w:t xml:space="preserve">Influence of Sn&amp;lt;sub&amp;gt;Bi&amp;lt;/sub&amp;gt; Antisite Defects on the Electronic Band Structure and Transport Properties of the Layered Chalcogenide Semiconductor SnBi&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilayda Terzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kacper Pryga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartlomiej Wiendlocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Levinský</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufiane El Oualid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 146 (42), pp.29072-29083. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.4c10520⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.4c06097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04756029v2</w:t>
+                <w:t xml:space="preserve">hal-04755330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Sn&amp;lt;sub&amp;gt;Bi&amp;lt;/sub&amp;gt; Antisite Defects on the Electronic Band Structure and Transport Properties of the Layered Chalcogenide Semiconductor SnBi&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kacper Pryga</w:t>
+                <w:t xml:space="preserve">Lone pair induced 1D character and weak cation–anion interactions: Two ingredients for low thermal conductivity in mixed-anion metal chalcohalide CuBiSCl&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xingchen Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koushik Pal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bartlomiej Wiendlocha</w:t>
+                <w:t xml:space="preserve">Paribesh Acharyya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petr Levinský</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Soufiane El Oualid</w:t>
+                <w:t xml:space="preserve">Bernard Raveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boullay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 146 (42), pp.29072-29083. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.4c06097⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.4c10520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755330v1</w:t>
+                <w:t xml:space="preserve">hal-04756029v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-Scale Colloidal Synthesis of Chalcogenides for Thermoelectric Applications</w:t>
               </w:r>
@@ -3054,51 +3054,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approaching the minimum lattice thermal conductivity in TiCoSb half-Heusler alloys by intensified point-defect phonon scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ajay Kumar Verma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shamma Jain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kishor Kumar Johari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3478,51 +3478,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paritosh Dubey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Durgesh Kumar Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sudhir Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (1), pp.942-952. </w:t>
@@ -3854,64 +3854,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shantanu Misra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adèle Léon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Gendarme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3956,676 +3956,676 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04087920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From phonons to the thermal properties of complex thermoelectric crystals: The case of type-I clathrates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhancing Thermoelectric and Mechanical Properties of p-Type (Bi,Sb)&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; through Rickardite Mineral (Cu&amp;lt;sub&amp;gt;2.9&amp;lt;/Enhancing Thermoelectric and Mechanical Properties of p-Type (Bi, Sb)2Te3 through Rickardite Mineral (Cu2.9Te2) Incorporation&amp;gt;Te&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;) Incorporation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kivanc Saglik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Pailhes</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pierre-François Lory</w:t>
+                <w:t xml:space="preserve">Mujde Yahyaoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umut Aydemir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Results in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rinp.2023.106487⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (9), pp.3603-3613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.3c00229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04099894v1</w:t>
+                <w:t xml:space="preserve">hal-04093868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Thermoelectric and Mechanical Properties of p-Type (Bi,Sb)&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; through Rickardite Mineral (Cu&amp;lt;sub&amp;gt;2.9&amp;lt;/Enhancing Thermoelectric and Mechanical Properties of p-Type (Bi, Sb)2Te3 through Rickardite Mineral (Cu2.9Te2) Incorporation&amp;gt;Te&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;) Incorporation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kivanc Saglik</w:t>
+                <w:t xml:space="preserve">From phonons to the thermal properties of complex thermoelectric crystals: The case of type-I clathrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pailhes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina M. Giordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shelby R Turner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mujde Yahyaoglu</w:t>
+                <w:t xml:space="preserve">Pierre-François Lory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 35 (9), pp.3603-3613. </w:t>
+              <w:t xml:space="preserve">Results in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 49, pp.106487. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.3c00229⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rinp.2023.106487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04093868v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achieving High Thermoelectric Performance in Mixed Natural‐Synthetic Tetrahedrites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Influence of In-induced resonant level on the normal-state and superconducting properties of Sn&amp;lt;sub&amp;gt;1.03&amp;lt;/sub&amp;gt;Te</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shantanu Misra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartlomiej Wiendlocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janusz Tobola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Levinský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemNanoMat</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cnma.202200364⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (7), pp.075205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.075205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03969511v1</w:t>
+                <w:t xml:space="preserve">hal-03969519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling Defect Chemistry in InTe by Saturation Annealing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Achieving High Thermoelectric Performance in Mixed Natural‐Synthetic Tetrahedrites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Levinský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavan Kumar Ventrapati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ChemNanoMat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cnma.202200364⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaem.2c02364⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03969497v1</w:t>
+                <w:t xml:space="preserve">hal-03969511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of In-induced resonant level on the normal-state and superconducting properties of Sn&amp;lt;sub&amp;gt;1.03&amp;lt;/sub&amp;gt;Te</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Controlling Defect Chemistry in InTe by Saturation Annealing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shantanu Misra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Levinský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 106 (7), pp.075205. </w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5 (11), pp.13714-13722. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.075205⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.2c02364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03969519v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03969497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Thermoelectric Properties and Parasitic Effects on the Electrical Power of Thermoelectric Micro-Generators</w:t>
               </w:r>
@@ -4879,51 +4879,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase-Transition-Enhanced Thermoelectric Transport in Rickardite Mineral Cu&amp;lt;sub&amp;gt;3– x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mujde Yahyaoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melis Ozen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5007,2236 +5007,2236 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03984178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High temperature thermoelectric properties of the tetradymite Bi&amp;lt;sub&amp;gt;2−x&amp;lt;/sub&amp;gt;Pb&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Se (0 ≤ x ≤ 0.03)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bartlomiej Wiendlocha</w:t>
+                <w:t xml:space="preserve">Enhanced thermoelectric performance in Mg&amp;lt;sub&amp;gt;3+&amp;lt;i&amp;gt;x&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;1.5&amp;lt;/sub&amp;gt;Bi&amp;lt;sub&amp;gt;0.49&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;0.01&amp;lt;/sub&amp;gt; via engineering microstructure through melt-centrifugation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melis Ozen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mujde Yahyaoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Veremchuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0077166⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (3), pp.1733-1742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0ta09993g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03984146v1</w:t>
+                <w:t xml:space="preserve">hal-03999049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Residual resistivity as an independent indicator of resonant levels in semiconductors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Synthesis and physical properties of single-crystalline InTe: towards high thermoelectric performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shantanu Misra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Levinský</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghouti Medjahdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Horizons</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d1mh00416f⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (15), pp.5250-5260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1tc00876e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03984173v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03998973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress/pressure-stabilized cubic polymorph of Li&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb with improved thermoelectric performance</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Melis Ozen</w:t>
+                <w:t xml:space="preserve">Issues and opportunities from Peltier effect in functionally-graded colusites: from SPS temperature modeling to enhanced thermoelectric performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Guélou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Couder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Manière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">G. Jeffrey Snyder</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d1ta07763e⟩</w:t>
+              <w:t xml:space="preserve">Applied Materials Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22, pp.100948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apmt.2021.100948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03998928v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation Behavior of the Skutterudite Material Yb0.2Co4Sb12</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas David</w:t>
+                <w:t xml:space="preserve">Thermoelectric materials for space applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufiane El Oualid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Benyahia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Driss Kenfaui</w:t>
+                <w:t xml:space="preserve">Dorra Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shantanu Misra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama El Hamouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11661-021-06359-6⟩</w:t>
+              <w:t xml:space="preserve">CEAS Space Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (3), pp.325-340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12567-021-00351-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03409569v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03190535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anharmonicity and Effect of the Nanostructuring on the Lattice Dynamics of CrSi&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long-Range Cationic Order Collapse Triggered by S/Cl Mixed-Anion Occupancy Yields Enhanced Thermoelectric Properties in Cu&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Guelou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavan Kumar Ventrapati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Moll</w:t>
+                <w:t xml:space="preserve">Virginia Carnevali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Viennois</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yvan Sidis</w:t>
+                <w:t xml:space="preserve">Oleg I. Lebedev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Raveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c02738⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (23), pp.9425-9438. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c03434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03366420v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, crystal structure and transport properties of the cluster compounds Tl&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;15&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;19&amp;lt;/sub&amp;gt; and Ag&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Tl&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;15&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;19&amp;lt;/sub&amp;gt;</w:t>
+                <w:t xml:space="preserve">Tl&amp;lt;sub&amp;gt;0.6&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;, an original large tunnel-like molybdenum sulfide with Mo zigzag chains and disordered Tl cations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Migot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaafar M Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryvonne Hervieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Research Bulletin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 136, pp.111152. </w:t>
+              <w:t xml:space="preserve">Materials Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (18), pp.6020-6030. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.materresbull.2020.111152⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d1ma00568e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103506v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-Range Cationic Order Collapse Triggered by S/Cl Mixed-Anion Occupancy Yields Enhanced Thermoelectric Properties in Cu&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stress/pressure-stabilized cubic polymorph of Li&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb with improved thermoelectric performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mujde Yahyaoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabin Guelou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pavan Kumar Ventrapati</w:t>
+                <w:t xml:space="preserve">Thomas Soldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melis Ozen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginia Carnevali</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bernard Raveau</w:t>
+                <w:t xml:space="preserve">G. Jeffrey Snyder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c03434⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (44), pp.25024-25031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1ta07763e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03515066v1</w:t>
+                <w:t xml:space="preserve">hal-03998928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tl&amp;lt;sub&amp;gt;0.6&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;, an original large tunnel-like molybdenum sulfide with Mo zigzag chains and disordered Tl cations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Migot</w:t>
+                <w:t xml:space="preserve">Anharmonicity and Effect of the Nanostructuring on the Lattice Dynamics of CrSi&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Moll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaafar M Ghanbaja</w:t>
+                <w:t xml:space="preserve">Romain Viennois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryvonne Hervieu</w:t>
+                <w:t xml:space="preserve">Martin Boehm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Marek Koza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Sidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d1ma00568e⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (27), pp.14786-14796. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c02738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367738v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03366420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced thermoelectric performance of InTe through Pb doping</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Synthesis, crystal structure and transport properties of the cluster compounds Tl&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;15&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;19&amp;lt;/sub&amp;gt; and Ag&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Tl&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;15&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;19&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shantanu Misra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Research Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 136, pp.111152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.materresbull.2020.111152⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d1tc04069c⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03984158v1</w:t>
+                <w:t xml:space="preserve">hal-03103506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoelectric materials for space applications</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">High temperature thermoelectric properties of the tetradymite Bi&amp;lt;sub&amp;gt;2−x&amp;lt;/sub&amp;gt;Pb&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Se (0 ≤ x ≤ 0.03)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shantanu Misra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Oussama El Hamouli</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Levinský</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartlomiej Wiendlocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEAS Space Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (3), pp.325-340. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 119 (23), pp.232103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12567-021-00351-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0077166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03190535v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03984146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced thermoelectric performance in Mg&amp;lt;sub&amp;gt;3+&amp;lt;i&amp;gt;x&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;1.5&amp;lt;/sub&amp;gt;Bi&amp;lt;sub&amp;gt;0.49&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;0.01&amp;lt;/sub&amp;gt; via engineering microstructure through melt-centrifugation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mujde Yahyaoglu</w:t>
+                <w:t xml:space="preserve">Residual resistivity as an independent indicator of resonant levels in semiconductors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartlomiej Wiendlocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shantanu Misra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d0ta09993g⟩</w:t>
+              <w:t xml:space="preserve">Materials Horizons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (6), pp.1735-1743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1mh00416f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03999049v1</w:t>
+                <w:t xml:space="preserve">hal-03984173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and physical properties of single-crystalline InTe: towards high thermoelectric performance</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
+                <w:t xml:space="preserve">Oxidation Behavior of the Skutterudite Material Yb0.2Co4Sb12</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Drevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Aranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Benyahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss Kenfaui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d1tc00876e⟩</w:t>
+              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 52 (9), pp.3996-4002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11661-021-06359-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03998973v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Issues and opportunities from Peltier effect in functionally-graded colusites: from SPS temperature modeling to enhanced thermoelectric performances</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+                <w:t xml:space="preserve">Enhanced thermoelectric performance of InTe through Pb doping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shantanu Misra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Levinský</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Materials Today</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22, pp.100948. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (40), pp.14490-14496. </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apmt.2021.100948⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d1tc04069c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03405331v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03984158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoelectric characterization of the clathrate-I solid solution Ba&amp;lt;sub&amp;gt;8−δ&amp;lt;/sub&amp;gt;Au&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Ge&amp;lt;sub&amp;gt;46−x&amp;lt;/sub&amp;gt;</w:t>
+                <w:t xml:space="preserve">Ordered sphalerite derivative Cu&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt; : a degenerate semiconductor with high carrier mobility in the Cu–Sn–S diagram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Baitinger</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Katrin Meier-Kirchner</w:t>
+                <w:t xml:space="preserve">Ventrapati Pavan Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginia Carnevali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Guélou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Lebedev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0059166⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (17), pp.10812-10826. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1ta01615f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03997348v1</w:t>
+                <w:t xml:space="preserve">hal-03211806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Power Density Thermoelectric Generators with Skutterudites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Soufiane El Oualid</w:t>
+                <w:t xml:space="preserve">Thermoelectric characterization of the clathrate-I solid solution Ba&amp;lt;sub&amp;gt;8−δ&amp;lt;/sub&amp;gt;Au&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Ge&amp;lt;sub&amp;gt;46−x&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Baitinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Duong Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iryna Antonyshyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iurii Kogut</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Uwe Kruck</w:t>
+                <w:t xml:space="preserve">Katrin Meier-Kirchner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Energy Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aenm.202100580⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 119 (6), pp.063902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0059166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03969757v2</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03997348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ordered sphalerite derivative Cu&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt; : a degenerate semiconductor with high carrier mobility in the Cu–Sn–S diagram</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High Power Density Thermoelectric Generators with Skutterudites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufiane El Oualid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iurii Kogut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Benyahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugen Geczi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ventrapati Pavan Kumar</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Oleg Lebedev</w:t>
+                <w:t xml:space="preserve">Uwe Kruck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9 (17), pp.10812-10826. </w:t>
+              <w:t xml:space="preserve">Advanced Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (19), pp.2100580. </w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d1ta01615f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/aenm.202100580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03211806v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03969757v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local-disorder-induced low thermal conductivity in degenerate semiconductor Cu&amp;lt;sub&amp;gt;22&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;32&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ventrapati Pavan Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginia Carnevali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Guelou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg I Lebedev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7287,103 +7287,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and transport properties of quenched and melt-spun Bi&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;2−x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; solid solutions (x = 0.40 and 0.48)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soufiane El-Oualid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Masschelein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 55 (3), pp.1092-1106. </w:t>
@@ -7415,161 +7415,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02391338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Nanostructuration on the Vibrational, Electronic and Optical Properties of CrSi&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Thin Films</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Moll</w:t>
+                <w:t xml:space="preserve">Coexistence of a charge density wave and superconductivity in the cluster compound K&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;15&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;19&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Hermet</w:t>
+                <w:t xml:space="preserve">Martin Misek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Bantignies</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
+                <w:t xml:space="preserve">Rabih Al Rahal Al Orabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 124 (51), pp.28267-28276. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 101 (13), </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c08740⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.101.134521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03373384v1</w:t>
+                <w:t xml:space="preserve">hal-02797039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disorder-driven glasslike thermal conductivity in colusite Cu&amp;lt;sub&amp;gt;26&amp;lt;/sub&amp;gt;V&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;32&amp;lt;/sub&amp;gt; investigated by Mössbauer spectroscopy and inelastic neutron scattering</w:t>
               </w:r>
@@ -7607,855 +7607,855 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bourgès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Supka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabih Al Rahal Al Orabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 4 (2), pp.025404. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.4.025404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02507469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Band structure engineering in Sn&amp;lt;sub&amp;gt;1.03&amp;lt;/sub&amp;gt;Te through an In-induced resonant level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shantanu Misra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bartlomiej Wiendlocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janusz Tobola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Fesquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8 (3), pp.977-988. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c9tc04407h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02391376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrational dynamics of the type-I clathrates &amp;lt;i&amp;gt;A&amp;lt;/i&amp;gt;&amp;lt;sub&amp;gt;8&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;44&amp;lt;/sub&amp;gt;□&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; (&amp;lt;i&amp;gt;A&amp;lt;/i&amp;gt; = Cs, Rb, K) from lattice-dynamics calculations, inelastic neutron scattering, and specific heat measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of Nanostructuration on the Vibrational, Electronic and Optical Properties of CrSi&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Thin Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Moll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hermet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Bantignies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Yuri Grin</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5117217⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (51), pp.28267-28276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c08740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03997338v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03373384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling the Beneficial Influence of Ag insertion on the Thermoelectric Properties of the Cluster Compound K&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;15&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;19&amp;lt;/sub&amp;gt;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vibrational dynamics of the type-I clathrates &amp;lt;i&amp;gt;A&amp;lt;/i&amp;gt;&amp;lt;sub&amp;gt;8&amp;lt;/sub&amp;gt;Sn&amp;lt;sub&amp;gt;44&amp;lt;/sub&amp;gt;□&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; (&amp;lt;i&amp;gt;A&amp;lt;/i&amp;gt; = Cs, Rb, K) from lattice-dynamics calculations, inelastic neutron scattering, and specific heat measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Marek Koza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umut Aydemir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilder Carrillo-Cabrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Daigre</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Rabih Al Rahal Al Orabi</w:t>
+                <w:t xml:space="preserve">Yuri Grin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaem.9b02488⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 127 (14), pp.145104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5117217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02569139v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03997338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced phase space of heat-carrying acoustic phonons in single-crystalline InTe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Shantanu Misra</w:t>
+                <w:t xml:space="preserve">Unravelling the Beneficial Influence of Ag insertion on the Thermoelectric Properties of the Cluster Compound K&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;15&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;19&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Daigre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Barreteau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">John-Paul Castellan</w:t>
+                <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabih Al Rahal Al Orabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevresearch.2.043371⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (3), pp.2846-2855. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.9b02488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03093472v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02569139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coexistence of a charge density wave and superconductivity in the cluster compound K&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;15&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;19&amp;lt;/sub&amp;gt;</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+                <w:t xml:space="preserve">Reduced phase space of heat-carrying acoustic phonons in single-crystalline InTe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shantanu Misra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barreteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Crivello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Misek</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gall</w:t>
+                <w:t xml:space="preserve">John-Paul Castellan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 101 (13), </w:t>
+              <w:t xml:space="preserve">Physical Review Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (4), pp.043371. </w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.101.134521⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/physrevresearch.2.043371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02797039v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport properties of polycrystalline SnTe prepared by saturation annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorra Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shantanu Misra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSC Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 10 (10), pp.5996-6005. </w:t>
@@ -8487,295 +8487,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02516923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimum in the thermoelectric efficiency of nanostructured Nb-doped TiO 2 ceramics: from polarons to Nb–Nb dimers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low-temperature Transport Properties of the n-type Layered Homologous Compounds Bi&amp;lt;sub&amp;gt;8-x&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavan Kumar Ventrapati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shantanu Misra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Verchère</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Régis Debord</w:t>
+                <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0CP00652A⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (40), pp.14037-14048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0TC03935G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02899334v1</w:t>
+                <w:t xml:space="preserve">hal-03027391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-temperature Transport Properties of the n-type Layered Homologous Compounds Bi&amp;lt;sub&amp;gt;8-x&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Shantanu Misra</w:t>
+                <w:t xml:space="preserve">Optimum in the thermoelectric efficiency of nanostructured Nb-doped TiO 2 ceramics: from polarons to Nb–Nb dimers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Verchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pailhes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Cottrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
+                <w:t xml:space="preserve">Régis Debord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 8 (40), pp.14037-14048. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (23), pp.13008-13016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0TC03935G⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0CP00652A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03027391v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02899334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative design of bismuth-telluride-based thermoelectric micro-generators with high output power</w:t>
               </w:r>
@@ -8787,51 +8787,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soufiane El Oualid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Kosior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8895,103 +8895,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoelectric Properties of Magnesium-Doped Tetrahedrite Cu&amp;lt;sub&amp;gt;12−x&amp;lt;/sub&amp;gt;Mg&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;13&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Levinský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 48 (4), pp.1926-1931. </w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9051,51 +9051,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabih Al Rahal Al Orabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9159,103 +9159,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehensive study of the low-temperature transport properties of polycrystalline Sn&amp;lt;sub&amp;gt;1+x&amp;lt;/sub&amp;gt;Te (x = 0 and 0.03)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorra Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 3 (8), </w:t>
@@ -9293,103 +9293,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoelectric properties of the tetrahedrite–tennantite solid solutions Cu&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;4−x&amp;lt;/sub&amp;gt;As&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;13&amp;lt;/sub&amp;gt; and Cu&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;Co&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;4−y&amp;lt;/sub&amp;gt;As&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;13&amp;lt;/sub&amp;gt; (0 ≤ x, y ≤ 4)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Levinský</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janusz Tobola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 21 (8), pp.4547-4555. </w:t>
@@ -9466,51 +9466,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Gendarme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9551,676 +9551,676 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02391405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanostructure Features, Phase Relationships and Thermoelectric Properties of Melt-Spun and Spark-Plasma-Sintered Skutterudites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Iurii Kogut</w:t>
+                <w:t xml:space="preserve">An Sn-induced resonant level in β-As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartlomiej Wiendlocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stepan Nichkalo</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Physica Polonica A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 133 (4), pp.879-883. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (18), pp.12948-12957. </w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.12693/APhysPolA.133.879⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c8cp00431e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02391410v1</w:t>
+                <w:t xml:space="preserve">hal-02391402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Sn-induced resonant level in β-As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
+                <w:t xml:space="preserve">Inelastic neutron scattering study of the lattice dynamics of the homologous compounds (PbSe)&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;(Bi&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;3&amp;lt;i&amp;gt;m&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt; (&amp;lt;i&amp;gt;m&amp;lt;/i&amp;gt; = 1, 2 and 3)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selma Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Marek Koza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 20 (18), pp.12948-12957. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8cp00431e⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 20 (21), pp.14597-14607. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8cp01277f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02391402v1</w:t>
+                <w:t xml:space="preserve">hal-02391383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inelastic neutron scattering study of the lattice dynamics of the homologous compounds (PbSe)&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;(Bi&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;3&amp;lt;i&amp;gt;m&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt; (&amp;lt;i&amp;gt;m&amp;lt;/i&amp;gt; = 1, 2 and 3)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Selma Sassi</w:t>
+                <w:t xml:space="preserve">Nanostructure Features, Phase Relationships and Thermoelectric Properties of Melt-Spun and Spark-Plasma-Sintered Skutterudites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iurii Kogut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stepan Nichkalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 20 (21), pp.14597-14607. </w:t>
+              <w:t xml:space="preserve">Acta Physica Polonica A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 133 (4), pp.879-883. </w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c8cp01277f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.12693/APhysPolA.133.879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02391383v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02391410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoelectric Properties of the Homologous Compounds Pb&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Bi&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;14−x&amp;lt;/sub&amp;gt;I&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; (x = 0.0, 0.025, and 0.05)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Selma Sassi</w:t>
+                <w:t xml:space="preserve">Influence of S and Te substitutions on the thermoelectric properties of the cluster compound Ag&amp;lt;sub&amp;gt;3.8&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;9&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;11&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Masschelein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Gendarme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabih Al Rahal Al Orabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 47 (6), pp.3198-3202. </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 739, pp.360-367. </w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11664-018-6061-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2017.12.213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02391388v1</w:t>
+                <w:t xml:space="preserve">hal-01695564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of S and Te substitutions on the thermoelectric properties of the cluster compound Ag&amp;lt;sub&amp;gt;3.8&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;9&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;11&amp;lt;/sub&amp;gt;</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Masschelein</w:t>
+                <w:t xml:space="preserve">Thermoelectric Properties of the Homologous Compounds Pb&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Bi&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;14−x&amp;lt;/sub&amp;gt;I&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; (x = 0.0, 0.025, and 0.05)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selma Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 739, pp.360-367. </w:t>
+              <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47 (6), pp.3198-3202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2017.12.213⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11664-018-6061-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01695564v1</w:t>
+                <w:t xml:space="preserve">hal-02391388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal Structure and Transport Properties of the Homologous Compounds (PbSe)&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;(Bi&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;3&amp;lt;i&amp;gt;m&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt; (&amp;lt;i&amp;gt;m&amp;lt;/i&amp;gt; = 2, 3)</w:t>
               </w:r>
@@ -10232,64 +10232,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selma Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10334,295 +10334,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02180362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short range order of As&amp;lt;sub&amp;gt;40-x&amp;lt;/sub&amp;gt;Cu&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;60&amp;lt;/sub&amp;gt; glasses</w:t>
+                <w:t xml:space="preserve">Effect of Ag Doping on Electronic Structure of Cluster Compounds Ag&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;9&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;11&amp;lt;/sub&amp;gt; (x = 3.4, 3.9)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pal Jóvári</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
+                <w:t xml:space="preserve">Sergei M. Butorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Kaban</w:t>
+                <w:t xml:space="preserve">Kristina Kvashnina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Zitolo</w:t>
+                <w:t xml:space="preserve">Mattias Klintenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matjaž Kavčič</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matjaž Žitnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2017.10.046⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1 (8), pp.4032-4039. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.8b00718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675929v1</w:t>
+                <w:t xml:space="preserve">hal-01969359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Ag Doping on Electronic Structure of Cluster Compounds Ag&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;9&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;11&amp;lt;/sub&amp;gt; (x = 3.4, 3.9)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Short range order of As&amp;lt;sub&amp;gt;40-x&amp;lt;/sub&amp;gt;Cu&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;60&amp;lt;/sub&amp;gt; glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mattias Klintenberg</w:t>
+                <w:t xml:space="preserve">Pal Jóvári</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matjaž Kavčič</w:t>
+                <w:t xml:space="preserve">Ivan Kaban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matjaž Žitnik</w:t>
+                <w:t xml:space="preserve">Andrea Zitolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 1 (8), pp.4032-4039. </w:t>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 481, pp.202 - 207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaem.8b00718⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2017.10.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969359v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01675929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved ZT in ball‐milled and spark plasma sintered Cu&amp;lt;sub&amp;gt;15&amp;lt;/sub&amp;gt;As&amp;lt;sub&amp;gt;30&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;55&amp;lt;/sub&amp;gt; glass ceramics</w:t>
               </w:r>
@@ -10647,51 +10647,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10742,103 +10742,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinvestigation of the thermal properties of single-crystalline SnSe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorra Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selma Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 110 (3), pp.032103. </w:t>
@@ -10876,90 +10876,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoelectric properties and stability of glasses in the Cu-As-Te system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Carreaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11004,325 +11004,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01556323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Thermoelectric Properties in Melt-Spun SnTe</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
+                <w:t xml:space="preserve">HPHT synthesis of highly doped In&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Co&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt; – Experimental and theoretical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliusz Leszczyński</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wojciech Szczypka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsomega.7b01397⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 727, pp.1178-1188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2017.08.194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03984228v1</w:t>
+                <w:t xml:space="preserve">hal-03984561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoelectric properties of polycrystalline n-type Pb&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Bi&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;14&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selma Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Gendarme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Masschelein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 46 (5), pp.2790-2796. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11664-016-4976-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04011301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stabilization of Metastable Thermoelectric Crystalline Phases by Tuning the Glass Composition in the Cu–As–Te System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Carreaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11330,535 +11330,535 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 57 (2), pp.754 - 767. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b02683⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01685952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Isovalent Substitution on the Electronic Structure and Thermoelectric Properties of the Solid Solution α‑As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3−x&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; (0 ≤ x ≤ 1.5)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Alleno</w:t>
+                <w:t xml:space="preserve">Improved Thermoelectric Properties in Melt-Spun SnTe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorra Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Semprimoschnig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (10), pp.7106-7111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.7b01397⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b02930⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01475939v1</w:t>
+                <w:t xml:space="preserve">hal-03984228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and Electrical Properties Characterization of Sb&amp;lt;sub&amp;gt;1.52&amp;lt;/sub&amp;gt;Bi&amp;lt;sub&amp;gt;0.48&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3.0&amp;lt;/sub&amp;gt; Melt-Spun Ribbons</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+                <w:t xml:space="preserve">Effect of Isovalent Substitution on the Electronic Structure and Thermoelectric Properties of the Solid Solution α‑As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3−x&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; (0 ≤ x ≤ 1.5)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartlomiej Wiendlocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janusz Tobola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Alleno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystals</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56, pp.2248−2257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b02930⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cryst7060172⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03984225v1</w:t>
+                <w:t xml:space="preserve">hal-01475939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HPHT synthesis of highly doped In&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Co&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt; – Experimental and theoretical study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juliusz Leszczyński</w:t>
+                <w:t xml:space="preserve">Structural and Electrical Properties Characterization of Sb&amp;lt;sub&amp;gt;1.52&amp;lt;/sub&amp;gt;Bi&amp;lt;sub&amp;gt;0.48&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3.0&amp;lt;/sub&amp;gt; Melt-Spun Ribbons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wojciech Szczypka</w:t>
+                <w:t xml:space="preserve">Elsa Branco Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 727, pp.1178-1188. </w:t>
+              <w:t xml:space="preserve">Crystals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (6), pp.172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2017.08.194⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cryst7060172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03984561v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03984225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the prediction of the transport properties of cluster-based molybdenum chalcogenides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabih Al Rahal Al Orabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11942,351 +11942,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01671263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Temperature Transport Properties of Colusite Cu&amp;lt;sub&amp;gt;24&amp;lt;/sub&amp;gt;&amp;lt;i&amp;gt;T&amp;lt;/i&amp;gt;&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;V&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ge&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;32&amp;lt;/sub&amp;gt; (&amp;lt;i&amp;gt;T&amp;lt;/i&amp;gt; = Ni, Co)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Synthesis, Crystal Structure, and Transport Properties of the Hexagonal Mo&amp;lt;sub&amp;gt;9&amp;lt;/sub&amp;gt; Cluster Compound Ag&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;RbMo&amp;lt;sub&amp;gt;9&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;11&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Aranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11664-016-4893-7⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (16), pp.9684-9692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b01200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04011281v1</w:t>
+                <w:t xml:space="preserve">hal-01579654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, Crystal Structure, and Transport Properties of the Hexagonal Mo&amp;lt;sub&amp;gt;9&amp;lt;/sub&amp;gt; Cluster Compound Ag&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;RbMo&amp;lt;sub&amp;gt;9&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;11&amp;lt;/sub&amp;gt;</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">High Temperature Transport Properties of Colusite Cu&amp;lt;sub&amp;gt;24&amp;lt;/sub&amp;gt;&amp;lt;i&amp;gt;T&amp;lt;/i&amp;gt;&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;V&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ge&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;32&amp;lt;/sub&amp;gt; (&amp;lt;i&amp;gt;T&amp;lt;/i&amp;gt; = Ni, Co)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Bouyrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selma Sassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Masschelein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 56 (16), pp.9684-9692. </w:t>
+              <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 46 (5), pp.2684-2690. </w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b01200⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11664-016-4893-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01579654v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-Temperature Transport Properties of Bi-Substituted β-As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Carreaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12350,77 +12350,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High thermoelectric performance in Sn-substituted α-As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Carreaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12484,103 +12484,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoelectric properties of double-substituted tetrahedrites Cu&amp;lt;sub&amp;gt;12−x&amp;lt;/sub&amp;gt;Co&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;4−y&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;13&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Bouyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selma Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 45 (17), pp.7294-7302. </w:t>
@@ -12612,334 +12612,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03984575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Temperature Transport Properties of Tetrahedrite Cu&amp;lt;sub&amp;gt;12−x&amp;lt;/sub&amp;gt;&amp;lt;i&amp;gt;M&amp;lt;/i&amp;gt;&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;4−y&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;13&amp;lt;/sub&amp;gt; (&amp;lt;i&amp;gt;M&amp;lt;/i&amp;gt; = Zn, Ni) Compounds</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId299" w:history="1">
+                <w:t xml:space="preserve">Thermoelectric Properties of the α-As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Crystalline Phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Carreaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 45 (3), pp.1601-1605. </w:t>
+              <w:t xml:space="preserve">, 2016, 45 (3), pp.1447-1452. </w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11664-015-4128-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11664-015-4063-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01299691v1</w:t>
+                <w:t xml:space="preserve">hal-01279978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoelectric Properties of the α-As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Crystalline Phase</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId299" w:history="1">
+                <w:t xml:space="preserve">High Temperature Transport Properties of Tetrahedrite Cu&amp;lt;sub&amp;gt;12−x&amp;lt;/sub&amp;gt;&amp;lt;i&amp;gt;M&amp;lt;/i&amp;gt;&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;4−y&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;13&amp;lt;/sub&amp;gt; (&amp;lt;i&amp;gt;M&amp;lt;/i&amp;gt; = Zn, Ni) Compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Bouyrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 45 (3), pp.1447-1452. </w:t>
+              <w:t xml:space="preserve">, 2016, 45 (3), pp.1601-1605. </w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11664-015-4063-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11664-015-4128-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01279978v1</w:t>
+                <w:t xml:space="preserve">hal-01299691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-temperature thermoelectric properties of the β-As&amp;lt;sub&amp;gt;2−x&amp;lt;/sub&amp;gt;Bi&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; solid solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13016,90 +13016,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic structure, low-temperature transport and thermodynamic properties of polymorphic β-As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Crivello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Carreaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13144,697 +13144,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01325342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, crystal structure and high-temperature transport properties of the new cluster compound Rb&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;15&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;19&amp;lt;/sub&amp;gt;</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Guillou</w:t>
+                <w:t xml:space="preserve">Electrical, Thermal, and Magnetic Characterization of Natural Tetrahedrites–Tennantites of Different Origin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Levinský</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2016.01.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 45 (3), pp.1351-1357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11664-015-4032-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01256844v1</w:t>
+                <w:t xml:space="preserve">hal-01299681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical, Thermal, and Magnetic Characterization of Natural Tetrahedrites–Tennantites of Different Origin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
+                <w:t xml:space="preserve">Synthesis, crystal structure and high-temperature transport properties of the new cluster compound Rb&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;15&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;19&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Daigre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 45 (3), pp.1351-1357. </w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 237, pp.1-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11664-015-4032-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2016.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01299681v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01256844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the Nozzle Diameter as a Control Parameter of the Properties of Melt-Spun Sb&amp;lt;sub&amp;gt;2−x&amp;lt;/sub&amp;gt;Bi&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+                <w:t xml:space="preserve">Cu Insertion Into the Mo&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt; Cluster Compound Cs&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;14&amp;lt;/sub&amp;gt;: Synthesis, Crystal and Electronic Structures, and Physical Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabih Al Rahal Al Orabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Baranek</w:t>
+                <w:t xml:space="preserve">Regis Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 45 (3), pp.1419-1424. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55 (13), pp.6616-6624. </w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11664-015-4055-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b00781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01299654v1</w:t>
+                <w:t xml:space="preserve">hal-01344318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Preparation Processing on the Transport Properties of Melt-Spun Sb&amp;lt;sub&amp;gt;2−x&amp;lt;/sub&amp;gt;Bi&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3+y&amp;lt;/sub&amp;gt;</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Investigation of the Nozzle Diameter as a Control Parameter of the Properties of Melt-Spun Sb&amp;lt;sub&amp;gt;2−x&amp;lt;/sub&amp;gt;Bi&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Masschelein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masschelein Philippe</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Baranek</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Dalicieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 45 (3), pp.1561-1569. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11664-015-4114-9⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 45 (3), pp.1419-1424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11664-015-4055-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01299664v1</w:t>
+                <w:t xml:space="preserve">hal-01299654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cu Insertion Into the Mo&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt; Cluster Compound Cs&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;14&amp;lt;/sub&amp;gt;: Synthesis, Crystal and Electronic Structures, and Physical Properties</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Fontaine</w:t>
+                <w:t xml:space="preserve">Influence of Preparation Processing on the Transport Properties of Melt-Spun Sb&amp;lt;sub&amp;gt;2−x&amp;lt;/sub&amp;gt;Bi&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3+y&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masschelein Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Baranek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regis Gautier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gall</w:t>
+                <w:t xml:space="preserve">Pascal Dalicieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 55 (13), pp.6616-6624. </w:t>
+              <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 45 (3), pp.1561-1569. </w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b00781⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11664-015-4114-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01344318v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01299664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inelastic neutron scattering study of the lattice dynamics in the clathrate compound BaGe&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
@@ -13846,77 +13846,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umut Aydemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Marek Koza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baitinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuri Grin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 27 (48), pp.485401. </w:t>
@@ -13948,429 +13948,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03998549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic band structure and low-temperature transport properties of the type-I clathrate Ba&amp;lt;sub&amp;gt;8&amp;lt;/sub&amp;gt;Ni&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Ge&amp;lt;sub&amp;gt;46-x-y&amp;lt;/sub&amp;gt;□&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt;</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+                <w:t xml:space="preserve">Polymorphism in Thermoelectric As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alim Ormeci</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ulrich Burkhardt</w:t>
+                <w:t xml:space="preserve">Serena Corallini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Carreaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4dt03827d⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 54 (20), pp.9936. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5b01676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01280798v1</w:t>
+                <w:t xml:space="preserve">hal-01219302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal structure, electronic band structure and high-temperature thermoelectric properties of Te-substituted tetrahedrites Cu&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;4-x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;13&amp;lt;/sub&amp;gt; (0.5 &amp;lt;= x &amp;lt;= 2.0)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Bouyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Malaman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 3 (40), pp.10476-10487. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c5tc01636c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01279100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymorphism in Thermoelectric As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Morin</w:t>
+                <w:t xml:space="preserve">Electronic band structure and low-temperature transport properties of the type-I clathrate Ba&amp;lt;sub&amp;gt;8&amp;lt;/sub&amp;gt;Ni&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Ge&amp;lt;sub&amp;gt;46-x-y&amp;lt;/sub&amp;gt;□&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umut Aydemir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alim Ormeci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Baitinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serena Corallini</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
+                <w:t xml:space="preserve">Ulrich Burkhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 54 (20), pp.9936. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 44 (16), pp.7524-7537. </w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5b01676⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c4dt03827d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01219302v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01280798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport properties of polycrystalline p-type SnSe</w:t>
               </w:r>
@@ -14382,77 +14382,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selma Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Masschelein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Today: Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 2 (2), pp.690-698. </w:t>
@@ -14637,51 +14637,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructured CoSi obtained by Spark Plasma Sintering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Longhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Viennois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Ravot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14758,51 +14758,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effective medium theory based modeling of the thermoelectric properties of composites: comparison between predictions and experiments in the glass-crystal composite system Si&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;As&amp;lt;sub&amp;gt;15&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;75&amp;lt;/sub&amp;gt;–Bi&amp;lt;sub&amp;gt;0.4&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;1.6&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14886,373 +14886,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01223021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Temperature Thermoelectric Properties of Sn-Doped β-As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exsolution Process as a Route toward Extremely Low Thermal Conductivity in Cu&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;4–x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;13&amp;lt;/sub&amp;gt; Tetrahedrites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Bouyrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Candolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Malaman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 1 (1-2), pp.1400008. </w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (24), pp.8354-8361. </w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/aelm.201400008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5b03785⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01111957v1</w:t>
+                <w:t xml:space="preserve">hal-03996109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exsolution Process as a Route toward Extremely Low Thermal Conductivity in Cu&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;4–x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;13&amp;lt;/sub&amp;gt; Tetrahedrites</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">High-Temperature Thermoelectric Properties of Sn-Doped β-As&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Carreaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 27 (24), pp.8354-8361. </w:t>
+              <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1 (1-2), pp.1400008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5b03785⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/aelm.201400008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03996109v1</w:t>
+                <w:t xml:space="preserve">hal-01111957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From crystal to glass-like thermal conductivity in crystalline minerals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Bouyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pailhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Marek Koza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Malaman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 17 (30), pp.19751-19758. </w:t>
@@ -15342,51 +15342,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (16), pp.4765-4775. </w:t>
@@ -15450,64 +15450,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umut Aydemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alim Ormeci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baitinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels Oeschler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15558,51 +15558,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X‑ray Characterization, Electronic Band Structure, and Thermoelectric Properties of the Cluster Compound Ag&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Tl&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mo&amp;lt;sub&amp;gt;9&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;11&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabih Al Rahal Al Orabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15610,51 +15610,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 53 (21), pp.11699-11709. </w:t>
@@ -15718,77 +15718,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selma Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoriia Ohorodniichuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Masschelein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 104 (21), pp.212105. </w:t>
@@ -15865,64 +15865,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Masschelein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 589, pp.513-523. </w:t>
@@ -15960,103 +15960,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion-Controlled Formation of Ti&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; during Spark-Plasma Synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Veremchuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iryna Antonyshyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xianjuan Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Burkhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 52 (8), pp.4458-4463. </w:t>
@@ -16088,484 +16088,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01288550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High temperature thermoelectric properties of CoSb&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; skutterudites with PbTe inclusions</w:t>
+                <w:t xml:space="preserve">Influence of ZnO nano-inclusions on the transport properties of the CoSb&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; skutterudite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chubilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Masschelein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 48 (7), pp.2761-2766. </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 554, pp.340-347. </w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10853-012-6891-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2012.11.167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01288552v1</w:t>
+                <w:t xml:space="preserve">hal-01288551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic band structure, magnetic, transport and thermodynamic properties of In-filled skutterudites In&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Co&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt;</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Véronique Da Ros</w:t>
+                <w:t xml:space="preserve">High temperature thermoelectric properties of CoSb&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; skutterudites with PbTe inclusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Chubilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Masschelein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/46/49/495106⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 48 (7), pp.2761-2766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10853-012-6891-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01288556v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01288552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of ZnO nano-inclusions on the transport properties of the CoSb&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; skutterudite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Chubilleau</w:t>
+                <w:t xml:space="preserve">Electronic band structure, magnetic, transport and thermodynamic properties of In-filled skutterudites In&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Co&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliusz Leszczynski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Da Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 554, pp.340-347. </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46 (49), </w:t>
             </w:r>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2012.11.167⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/46/49/495106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01288551v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01288556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comprehensive study of the crystallization of Cu-As-Te glasses: microstructure and thermoelectric properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Delaizir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Alleno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16642,51 +16642,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal stability and thermoelectric properties of Cu&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;As&amp;lt;sub&amp;gt;40−x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;60−y&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt; semiconducting glasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16802,77 +16802,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabih Al Rahal Al Orabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 24 (15), pp.2899-2908. </w:t>
@@ -16936,77 +16936,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umut Aydemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alim Ormeci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horst Borrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Burkhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 51 (8), pp.4730-4741. </w:t>
@@ -17070,77 +17070,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Puyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 101 (22), pp.222105. </w:t>
@@ -17204,51 +17204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umut Aydemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baitinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels Oeschler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17306,295 +17306,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03997305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-temperature thermoelectric, galvanomagnetic, and thermodynamic properties of the type-I clathrate Ba&amp;lt;sub&amp;gt;8&amp;lt;/sub&amp;gt;Au&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Si&amp;lt;sub&amp;gt;46−x&amp;lt;/sub&amp;gt;</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Generalized phonon density of states of Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt; and Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;5.4&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;1.6&amp;lt;/sub&amp;gt; from inelastic neutron scattering and lattice dynamical calculations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alim Ormeci</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dauscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Marek Koza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yigit Oztan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michael Baitinger</w:t>
+                <w:t xml:space="preserve">Marc de Boissieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 84 (19), pp.195137. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 84 (22), </w:t>
             </w:r>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/physrevb.84.195137⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.224306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03997294v1</w:t>
+                <w:t xml:space="preserve">hal-00664704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalized phonon density of states of Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt; and Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;5.4&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;1.6&amp;lt;/sub&amp;gt; from inelastic neutron scattering and lattice dynamical calculations.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low-temperature thermoelectric, galvanomagnetic, and thermodynamic properties of the type-I clathrate Ba&amp;lt;sub&amp;gt;8&amp;lt;/sub&amp;gt;Au&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Si&amp;lt;sub&amp;gt;46−x&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umut Aydemir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michael Marek Koza</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alim Ormeci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc de Boissieu</w:t>
+                <w:t xml:space="preserve">Yigit Oztan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Baitinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 84 (22), </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 84 (19), pp.195137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.224306⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/physrevb.84.195137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00664704v1</w:t>
+                <w:t xml:space="preserve">hal-03997294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facile General Route toward Tunable Magnéli Nanostructures and Their Use As Thermoelectric Metal Oxide/Carbon Nanocomposites</w:t>
               </w:r>
@@ -17632,51 +17632,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels Oeschler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Veremchuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 5 (11), pp.9052-9061. </w:t>
@@ -17727,77 +17727,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiband conduction in the type-I clathrate Ba&amp;lt;sub&amp;gt;8&amp;lt;/sub&amp;gt;Ge&amp;lt;sub&amp;gt;43&amp;lt;/sub&amp;gt;□&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alim Ormeci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umut Aydemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baitinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels Oeschler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17874,64 +17874,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umut Aydemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alim Ormeci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baitinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels Oeschler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -18021,51 +18021,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -18154,77 +18154,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umut Aydemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alim Ormeci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilder Carrillo-Cabrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Burkhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 110 (4), pp.043715. </w:t>
@@ -18288,77 +18288,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Guilmeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 107 (9), pp.093709. </w:t>
             </w:r>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
@@ -18418,51 +18418,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umut Aydemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lev Akselrud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilder Carrillo-Cabrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18539,64 +18539,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal structure and high temperature thermoelectric properties of the Mo&amp;lt;sub&amp;gt;3-x&amp;lt;/sub&amp;gt;Ru&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt; compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliusz Leszczynski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Masschelein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chubilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18686,64 +18686,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Malaman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Guilmeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -18833,64 +18833,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horst Borrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baitinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alim Ormeci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 39 (4), pp.1078-1088. </w:t>
@@ -18954,51 +18954,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umut Aydemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baitinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels Oeschler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19056,287 +19056,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04011189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic band structure, transport, and magnetic properties of Mo&amp;lt;sub&amp;gt;3−x&amp;lt;/sub&amp;gt;Ru&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;</w:t>
+                <w:t xml:space="preserve">Beneficial influence of Ru on the thermoelectric properties of Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliusz Leszczynski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Janusz Tobola</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Guilmeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 80 (15), pp.155127. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 105 (8), pp.083701. </w:t>
             </w:r>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/physrevb.80.155127⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.3097384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03984557v1</w:t>
+                <w:t xml:space="preserve">hal-03996157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beneficial influence of Ru on the thermoelectric properties of Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;</w:t>
+                <w:t xml:space="preserve">Electronic band structure, transport, and magnetic properties of Mo&amp;lt;sub&amp;gt;3−x&amp;lt;/sub&amp;gt;Ru&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Guilmeau</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janusz Tobola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 105 (8), pp.083701. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 80 (15), pp.155127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.3097384⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/physrevb.80.155127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03996157v1</w:t>
+                <w:t xml:space="preserve">hal-03984557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutron Diffraction, Electronic Band Structure, and Electrical Resistivity of Mo&amp;lt;sub&amp;gt;3−x&amp;lt;/sub&amp;gt;Ru&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
@@ -19348,77 +19348,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliusz Leszczynski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janusz Tobola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 48 (12), pp.5216-5223. </w:t>
@@ -19482,77 +19482,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janusz Tobola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 79 (23), pp.235108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
@@ -19612,77 +19612,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Guilmeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 79 (3), pp.035114. </w:t>
@@ -19714,295 +19714,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03996262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conventional s-wave pairing in the presence of spin fluctuations in superconducting Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt; from specific heat measurements</w:t>
+                <w:t xml:space="preserve">Ab initio study of electronic and crystal structure of Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7-x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; from KKR-CPA calculations and neutron diffraction measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
+                <w:t xml:space="preserve">Janusz Tobola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Šantavá</w:t>
+                <w:t xml:space="preserve">Simon Clarke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 77 (9), pp.092509. </w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 20 (20), pp.6556-6561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.77.092509⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/cm801560n⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03996274v1</w:t>
+                <w:t xml:space="preserve">hal-03998425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ab initio study of electronic and crystal structure of Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7-x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; from KKR-CPA calculations and neutron diffraction measurements</w:t>
+                <w:t xml:space="preserve">Conventional s-wave pairing in the presence of spin fluctuations in superconducting Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt; from specific heat measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Janusz Tobola</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Clarke</w:t>
+                <w:t xml:space="preserve">Eva Šantavá</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 20 (20), pp.6556-6561. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 77 (9), pp.092509. </w:t>
             </w:r>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/cm801560n⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.77.092509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03998425v1</w:t>
+                <w:t xml:space="preserve">hal-03996274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spin Fluctuations and Superconductivity in Mo&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
@@ -20014,77 +20014,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bellouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiří Hejtmánek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 99 (3), pp.037006. </w:t>
@@ -20135,77 +20135,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoelectric Properties of In&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;Co&amp;lt;sub&amp;gt;4-y&amp;lt;/sub&amp;gt;Ni&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt; Skutterudite Compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique da Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliusz Leszczynski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -20295,64 +20295,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Da Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 18 (49), pp.11301-11308. </w:t>
@@ -20758,90 +20758,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SnSe: Breakthrough or Not Breakthrough?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorra Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Vaney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selma Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Masschelein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sergey Skipidarov; Mikhail Nikitin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Novel Thermoelectric Materials and Device Design Concepts</w:t>
@@ -20935,51 +20935,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Potel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-François Halet (ed). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ligated Transition Metal Clusters in Solid-state Chemistry</w:t>
@@ -21034,77 +21034,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tetrahedrites: Prospective Novel Thermoelectric Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Bouyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selma Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -21312,51 +21312,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique da Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21461,77 +21461,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Candolfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dauscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique da Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Malaman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
@@ -21674,51 +21674,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C798F35D"/>
+    <w:nsid w:val="31235F26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21905,51 +21905,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-candolfi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1248-5354" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/137122187" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506446v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alleno" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;rardan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Brinkmann" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Candolfi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guilmeau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-n1500" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464534v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane El Oualid" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Kumar Verma" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilayda Terzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Wieder" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kishor Kumar Johari" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtener.2026.102204" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671409v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Vaney" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Morin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carreaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piarristeguy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2024.175918" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468516v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingchen Shen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiongzhi Zheng" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Marek Koza" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Levinsky" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiri Hejtmanek" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-67333-z" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959710v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamma Jain" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudhir Kumar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2025.113369" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156854v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Le Gars" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minati Tiadi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Tonquesse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Zhang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thang Cong Tran" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5c00972" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186264v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paribesh Acharyya" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koushik Pal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raveau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c07547" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438505v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartlomiej Wiendlocha" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Ohorodniichuk" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Levinsk&#253;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-66578-y" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419788v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruihuan Cheng" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Wang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niuchang Ouyang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-63300-w" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166105v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Masschelein" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjahdi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Denand" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c08992" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064899v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le L&#233;on" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kacper Pryga" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.205202" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391072v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achintya Lakshan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnendu Buxi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kishor Das" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biplab Koley" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.4c02404" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671407v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Gu&#233;lou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavan Kumar Ventrapati" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Prestipino" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c03489" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367597v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lenoir" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.173275" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571271v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Barbier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c02893" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529299v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnendu Maji" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemoine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boullay" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.3c13884" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755325v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43578-024-01456-9" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331635v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shantanu Misra" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dauscher" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3TA05468C" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756029v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c10520" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755330v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c06097" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059720v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Sousa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arka Sarkar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c23247" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317205v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ma00923h" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130631v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kivanc Saglik" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Busra Mete" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umut Aydemir" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/apxr.202300010" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317219v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Caillat" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0166338" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969250v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paritosh Dubey" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Durgesh Kumar Sharma" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c16721" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017415v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.169416" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04049766v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Pecunia" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ravi P Silva" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Dean Phillips" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Artegiani" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Romeo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/acc550" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087920v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gougeon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gall" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gendarme" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3tc00214d" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099894v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pailhes" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina M. Giordano" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelby R Turner" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Lory" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rinp.2023.106487" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093868v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mujde Yahyaoglu" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.3c00229" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969511v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji&#345;&#237; Hejtm&#225;nek" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnma.202200364" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969497v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.2c02364" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969519v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Tobola" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.075205" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969525v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kosior" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Span" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ervin Mehmedovic" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janina Paris" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15103746" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555303v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Renaud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyuan Zhou" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.1c11998" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984178v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melis Ozen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yurii Prots" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama El Hamouli" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahe Tshitoyan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.0c04839" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984146v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0077166" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984173v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1mh00416f" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03998928v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Soldi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jeffrey Snyder" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ta07763e" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409569v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Drevet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas David" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benyahia" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Kenfaui" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-021-06359-6" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366420v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Moll" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Viennois" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Boehm" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Sidis" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c02738" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103506v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2020.111152" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515066v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Guelou" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Carnevali" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I. Lebedev" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c03434" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367738v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar M Ghanbaja" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Hervieu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ma00568e" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984158v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1tc04069c" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03190535v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Ibrahim" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12567-021-00351-x" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999049v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Veremchuk" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Kaiser" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ta09993g" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03998973v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1tc00876e" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03405331v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Couder" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mani&#232;re" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2021.100948" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997348v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baitinger" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Duong Nguyen" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iryna Antonyshyn" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Meier-Kirchner" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0059166" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969757v2" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iurii Kogut" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Geczi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Kruck" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202100580" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03211806v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ventrapati Pavan Kumar" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ta01615f" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414716v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I Lebedev" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02105" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391338v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane El-Oualid" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-019-04073-8" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373384v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hermet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bantignies" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c08740" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02507469v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bourg&#232;s" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Supka" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Al Rahal Al Orabi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.025404" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391376v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fesquet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9tc04407h" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997338v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilder Carrillo-Cabrera" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Grin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5117217" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569139v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Daigre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Merdrignac-Conanec" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.9b02488" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093472v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barreteau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Crivello" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Giordano" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Paul Castellan" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevresearch.2.043371" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02797039v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Misek" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.134521" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516923v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ra10841f" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899334v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Verch&#232;re" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Le Floch" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cottrino" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Debord" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP00652A" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027391v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Delaizir" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0TC03935G" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969536v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ee02579h" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391354v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-019-07032-w" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02120748v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Boucher" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fontaine" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b03452" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02303233v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.3.085404" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391366v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp00213h" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391405v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Sassi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7dt04916a" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391410v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stepan Nichkalo" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12693/APhysPolA.133.879" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391402v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vaney" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp00431e" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391383v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp01277f" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391388v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-018-6061-8" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01695564v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.12.213" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02180362v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b02656" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675929v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pal J&#243;v&#225;ri" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Kaban" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Zitolo" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2017.10.046" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969359v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei M. Butorin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kvashnina" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Klintenberg" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matja&#382; Kav&#269;i&#269;" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matja&#382; &#381;itnik" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.8b00718" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049201v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Monnier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Vaney" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16137" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969693v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4974348" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556323v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.14811" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984228v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Semprimoschnig" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.7b01397" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011301v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-016-4976-5" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685952v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b02683" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475939v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b02930" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984225v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Branco Lopes" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst7060172" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984561v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliusz Leszczy&#324;ski" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Szczypka" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.08.194" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01671263v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7tc03977h" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011281v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Bouyrie" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-016-4893-7" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01579654v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b01200" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279971v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-4227-1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01876573v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Pradel" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5TC04267D" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984575v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6dt00564k" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299691v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-4128-3" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279978v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-4063-3" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337465v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4950947" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325342v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra01770c" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01256844v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gautier" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillou" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2016.01.006" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299681v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-4032-x" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299654v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baranek" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-4055-3" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299664v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masschelein Philippe" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dalicieux" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-4114-9" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344318v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Gautier" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00781" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998549v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/48/485401" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280798v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alim Ormeci" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Burkhardt" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4dt03827d" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279100v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Malaman" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5tc01636c" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219302v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Corallini" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5b01676" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280800v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2015.05.093" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108894v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Byl" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Daou" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4905250" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203057v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Longhin" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Ravot" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Jean Jacques" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Villeroy" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-014-3611-6" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223021v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Ohorodniichuck" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferry" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5tc02087e" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111957v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.201400008" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996109v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5b03785" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279097v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp02900g" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088532v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Zhou" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Colin" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boulanger" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm5016367" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280807v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Oeschler" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/48/485801" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082282v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic501939k" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288548v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4880817" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288547v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chubilleau" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2013.11.204" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288550v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianjuan Feng" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic3027094" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288552v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-012-6891-3" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0XD9XNFF-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288556v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliusz Leszczynski" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Da Ros" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/46/49/495106" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288551v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2012.11.167" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824217v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouleau" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3TA11159H" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824047v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2013.04.015" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00753741v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm3009557" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997320v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Borrmann" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic2027626" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984390v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Puyet" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4768439" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997305v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Steglich" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3682585" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997294v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yigit Oztan" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.84.195137" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664704v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Boissieu" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.224306" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02923114v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Portehault" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasana Maneeratana" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn203265u" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997264v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.84.205118" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997254v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.83.205102" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601381v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-010-1413-z" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M846R3DB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997278v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3625233" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984549v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3388056" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997228v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lev Akselrud" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja104197c" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011160v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-009-0981-2" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984545v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3457920" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997210v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B919726E" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011189v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-009-1011-0" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984557v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.80.155127" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996157v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3097384" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004725v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic900171u" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996154v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.235108" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996262v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.035114" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996274v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva &#352;antav&#225;" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.77.092509" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998425v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Clarke" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm801560n" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996283v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bellouard" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.037006" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018856v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique da Ros" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-1044-U05-06" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002296v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaput" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/18/49/021" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04251298v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Almuneau" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Boudier" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Doucet" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hanauer" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnen Mlayah" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04054324v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Darut" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Portebois" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vitu" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pierre Planche" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanlin Liao" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31399/asm.cp.itsc2021p0422" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027239v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12057-3_2" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02280139v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Potel" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/430_2019_36" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996779v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/65638" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01753022v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008INPL041N" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018861v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique da Ros" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT.2006.331322" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018868v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT.2006.331231" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-candolfi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1248-5354" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/137122187" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506446v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alleno" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;rardan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Brinkmann" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Candolfi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guilmeau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-n1500" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464534v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane El Oualid" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Kumar Verma" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilayda Terzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Wieder" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kishor Kumar Johari" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtener.2026.102204" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671409v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Vaney" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Morin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carreaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piarristeguy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2024.175918" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959710v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamma Jain" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudhir Kumar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2025.113369" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468516v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingchen Shen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiongzhi Zheng" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Marek Koza" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Levinsky" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiri Hejtmanek" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-67333-z" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156854v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Le Gars" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minati Tiadi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Tonquesse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Zhang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thang Cong Tran" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5c00972" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419788v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruihuan Cheng" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Wang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niuchang Ouyang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-63300-w" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186264v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paribesh Acharyya" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koushik Pal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raveau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c07547" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438505v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartlomiej Wiendlocha" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Ohorodniichuk" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Levinsk&#253;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-66578-y" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064899v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le L&#233;on" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kacper Pryga" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.205202" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166105v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Masschelein" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjahdi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Denand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c08992" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391072v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achintya Lakshan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnendu Buxi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kishor Das" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biplab Koley" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.4c02404" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671407v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Gu&#233;lou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavan Kumar Ventrapati" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Prestipino" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c03489" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367597v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lenoir" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.173275" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571271v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Barbier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c02893" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529299v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnendu Maji" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemoine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boullay" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.3c13884" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331635v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shantanu Misra" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dauscher" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3TA05468C" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755325v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43578-024-01456-9" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755330v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.4c06097" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756029v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c10520" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059720v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Sousa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arka Sarkar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c23247" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317205v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ma00923h" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130631v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kivanc Saglik" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Busra Mete" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umut Aydemir" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/apxr.202300010" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317219v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Caillat" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0166338" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969250v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paritosh Dubey" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Durgesh Kumar Sharma" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c16721" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017415v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.169416" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04049766v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Pecunia" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ravi P Silva" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Dean Phillips" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Artegiani" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Romeo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/acc550" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087920v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gougeon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gall" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gendarme" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3tc00214d" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093868v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mujde Yahyaoglu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.3c00229" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099894v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pailhes" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina M. Giordano" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelby R Turner" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Lory" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rinp.2023.106487" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969519v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Tobola" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji&#345;&#237; Hejtm&#225;nek" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.075205" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969511v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnma.202200364" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969497v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.2c02364" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969525v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kosior" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Span" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ervin Mehmedovic" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janina Paris" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15103746" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555303v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Renaud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyuan Zhou" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.1c11998" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984178v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melis Ozen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yurii Prots" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama El Hamouli" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahe Tshitoyan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.0c04839" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999049v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Veremchuk" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Kaiser" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ta09993g" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03998973v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1tc00876e" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03405331v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Couder" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mani&#232;re" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apmt.2021.100948" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03190535v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Ibrahim" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12567-021-00351-x" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515066v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Guelou" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Carnevali" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I. Lebedev" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c03434" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367738v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar M Ghanbaja" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Hervieu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ma00568e" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03998928v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Soldi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jeffrey Snyder" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ta07763e" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366420v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Moll" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Viennois" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Boehm" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Sidis" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c02738" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103506v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2020.111152" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984146v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0077166" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984173v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1mh00416f" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409569v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Drevet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas David" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benyahia" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Kenfaui" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-021-06359-6" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984158v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1tc04069c" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03211806v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ventrapati Pavan Kumar" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ta01615f" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997348v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baitinger" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Duong Nguyen" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iryna Antonyshyn" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Meier-Kirchner" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0059166" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969757v2" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iurii Kogut" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Geczi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Kruck" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202100580" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414716v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg I Lebedev" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02105" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391338v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane El-Oualid" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-019-04073-8" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02797039v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Misek" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Al Rahal Al Orabi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.134521" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02507469v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bourg&#232;s" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Supka" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.025404" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391376v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fesquet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9tc04407h" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373384v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hermet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bantignies" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c08740" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997338v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilder Carrillo-Cabrera" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Grin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5117217" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569139v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Daigre" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Merdrignac-Conanec" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.9b02488" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093472v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barreteau" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Crivello" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Giordano" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Paul Castellan" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevresearch.2.043371" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516923v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ra10841f" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027391v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Delaizir" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0TC03935G" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899334v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Verch&#232;re" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Le Floch" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cottrino" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Debord" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP00652A" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969536v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ee02579h" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391354v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-019-07032-w" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02120748v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Boucher" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fontaine" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b03452" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02303233v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.3.085404" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391366v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp00213h" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391405v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Sassi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7dt04916a" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391402v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vaney" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp00431e" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391383v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp01277f" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391410v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stepan Nichkalo" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12693/APhysPolA.133.879" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01695564v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.12.213" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391388v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-018-6061-8" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02180362v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b02656" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969359v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei M. Butorin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kvashnina" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Klintenberg" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matja&#382; Kav&#269;i&#269;" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matja&#382; &#381;itnik" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.8b00718" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675929v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pal J&#243;v&#225;ri" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Kaban" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Zitolo" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2017.10.046" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049201v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Monnier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Vaney" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.16137" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03969693v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4974348" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556323v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.14811" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984561v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliusz Leszczy&#324;ski" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Szczypka" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.08.194" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011301v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-016-4976-5" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685952v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b02683" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984228v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Semprimoschnig" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.7b01397" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475939v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b02930" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984225v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Branco Lopes" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst7060172" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01671263v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7tc03977h" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01579654v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b01200" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011281v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Bouyrie" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-016-4893-7" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279971v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-4227-1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01876573v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Pradel" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5TC04267D" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984575v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6dt00564k" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279978v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-4063-3" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299691v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-4128-3" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337465v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4950947" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325342v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra01770c" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299681v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-4032-x" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01256844v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gautier" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillou" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2016.01.006" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344318v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Gautier" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00781" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299654v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baranek" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-4055-3" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299664v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masschelein Philippe" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dalicieux" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-4114-9" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998549v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/48/485401" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219302v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Corallini" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5b01676" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279100v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Malaman" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5tc01636c" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280798v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alim Ormeci" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Burkhardt" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4dt03827d" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280800v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2015.05.093" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108894v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Byl" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Daou" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4905250" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203057v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Longhin" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Ravot" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Jean Jacques" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Villeroy" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-014-3611-6" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223021v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Ohorodniichuck" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferry" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5tc02087e" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996109v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5b03785" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111957v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.201400008" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279097v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp02900g" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088532v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Zhou" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Colin" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boulanger" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm5016367" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280807v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Oeschler" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/48/485801" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082282v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic501939k" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288548v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4880817" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288547v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chubilleau" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2013.11.204" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288550v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianjuan Feng" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic3027094" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288551v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2012.11.167" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288552v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-012-6891-3" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0XD9XNFF-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288556v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliusz Leszczynski" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Da Ros" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/46/49/495106" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824217v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouleau" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3TA11159H" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824047v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2013.04.015" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00753741v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm3009557" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997320v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Borrmann" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic2027626" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984390v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Puyet" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4768439" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997305v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Steglich" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3682585" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664704v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Boissieu" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.224306" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997294v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yigit Oztan" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.84.195137" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02923114v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Portehault" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasana Maneeratana" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn203265u" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997264v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.84.205118" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997254v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.83.205102" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601381v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-010-1413-z" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M846R3DB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997278v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3625233" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984549v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3388056" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997228v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lev Akselrud" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja104197c" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011160v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-009-0981-2" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984545v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3457920" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997210v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B919726E" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011189v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-009-1011-0" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996157v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3097384" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03984557v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.80.155127" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004725v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic900171u" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996154v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.235108" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996262v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.035114" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998425v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Clarke" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm801560n" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996274v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva &#352;antav&#225;" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.77.092509" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996283v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bellouard" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.037006" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018856v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique da Ros" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-1044-U05-06" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002296v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaput" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/18/49/021" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04251298v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Almuneau" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Boudier" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Doucet" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hanauer" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnen Mlayah" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04054324v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Darut" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Portebois" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vitu" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pierre Planche" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanlin Liao" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31399/asm.cp.itsc2021p0422" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027239v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12057-3_2" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02280139v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Potel" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/430_2019_36" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996779v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/65638" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01753022v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008INPL041N" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018861v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique da Ros" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT.2006.331322" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018868v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT.2006.331231" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>