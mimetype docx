--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -1704,286 +1704,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04262493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What fluxes are telling us so far ? A naïve reanalysis of CO2 fluxes over the past 18 years</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The aqui network: soil moisture sites in the “Les Landes” forest and graves vineyards (Bordeaux Aquitaine Region, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Berbigier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel Berveiller</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Wigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Dayau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Kruszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Aluome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Chipeaux</w:t>
+                <w:t xml:space="preserve">Marie Guillot-Ehret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée Générale ICOS France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEE International Geoscience and Remote Sensing Symposium (IGARSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Valencia, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2018.8517392⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02790285v1</w:t>
+                <w:t xml:space="preserve">hal-02737055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The aqui network: soil moisture sites in the “Les Landes” forest and graves vineyards (Bordeaux Aquitaine Region, France)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christelle Aluome</w:t>
+                <w:t xml:space="preserve">What fluxes are telling us so far ? A naïve reanalysis of CO2 fluxes over the past 18 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Moreaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Guillot-Ehret</w:t>
+                <w:t xml:space="preserve">Paul Berbigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Berveiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chipeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEE International Geoscience and Remote Sensing Symposium (IGARSS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Assemblée Générale ICOS France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France. 21 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737055v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02790285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il était une fois... SYFILLIS</w:t>
               </w:r>
@@ -2463,277 +2463,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03799903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belowground carbon allocation: recovery of 13C in root growth and respiration after in situ 13CO2 pulse labelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tracing the transfer of recently assimilated carbon into the soil after in situ 13CO2 pulse labelling of trees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Plain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masako M. Dannoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Trichet</w:t>
+                <w:t xml:space="preserve">Jérôme Ngao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Berviller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chipeaux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Sartore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th ISRR Symposium 'Root Research and Applications' - RootRAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Vienna, Austria. 2 p</w:t>
+              <w:t xml:space="preserve">7. ISRR (International Society of Root Research) Symposium 'Root Research and Applications'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Vienne, Austria. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02823374v1</w:t>
+                <w:t xml:space="preserve">hal-02821270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing the transfer of recently assimilated carbon into the soil after in situ 13CO2 pulse labelling of trees</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Belowground carbon allocation: recovery of 13C in root growth and respiration after in situ 13CO2 pulse labelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masako M. Dannoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Ngao</w:t>
+                <w:t xml:space="preserve">Pierre Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chipeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Berviller</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Chipeaux</w:t>
+                <w:t xml:space="preserve">Michel Sartore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. ISRR (International Society of Root Research) Symposium 'Root Research and Applications'</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Vienne, Austria. 4 p</w:t>
+              <w:t xml:space="preserve">7th ISRR Symposium 'Root Research and Applications' - RootRAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Vienna, Austria. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02821270v1</w:t>
+                <w:t xml:space="preserve">hal-02823374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2745,277 +2745,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Il était encore une fois… SYFILLIS 2</w:t>
+                <w:t xml:space="preserve">Le projet « DOMAGE » : Mise en place d’un pool de 20 objets connectés pour le suivi du stress hydrique de plantes en pot dans la serre bordô.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chipeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Tom Taborski</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Girollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Pacreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tovo Rabemanantsoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvia Dayau</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thunot Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Journées de la Mesure et de la Métrologie Inrae</w:t>
+              <w:t xml:space="preserve">16. Journées de la Mesure et de la Métrologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Ardes sur Couze, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03541458v1</w:t>
+                <w:t xml:space="preserve">hal-03541271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet « DOMAGE » : Mise en place d’un pool de 20 objets connectés pour le suivi du stress hydrique de plantes en pot dans la serre bordô.</w:t>
+                <w:t xml:space="preserve">Il était encore une fois… SYFILLIS 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chipeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Pacreau</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Kruszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Taborski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tovo Rabemanantsoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thunot Vincent</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Dayau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Journées de la Mesure et de la Métrologie</w:t>
+              <w:t xml:space="preserve">16. Journées de la Mesure et de la Métrologie Inrae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Ardes sur Couze, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03541271v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03541458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GEECHA : GEstion des ECHAntillons</w:t>
               </w:r>
@@ -3366,398 +3366,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon dynamics of intensively managed forest along a full rotation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulation of nitrous oxide emission from maritime pine forest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiangxin Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Loustau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chipeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Moreaux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, San Francisco, United States. n.p., 2012</w:t>
+              <w:t xml:space="preserve">GHG Europe Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Pitesti, Romania. 1 p., 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02805684v1</w:t>
+                <w:t xml:space="preserve">hal-02805758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of nitrous oxide emission from maritime pine forest</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+                <w:t xml:space="preserve">Forest management intensification: present and future impacts on carbon cycle in South-West of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Moreaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chipeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiangxin Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GHG Europe Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Pitesti, Romania. 1 p., 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02805758v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02805624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forest management intensification: present and future impacts on carbon cycle in South-West of France</w:t>
+                <w:t xml:space="preserve">Carbon dynamics of intensively managed forest along a full rotation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Moreaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Chipeaux</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc J.-M. Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiangxin Gu</w:t>
+                <w:t xml:space="preserve">Régis R. Burlett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lamaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GHG Europe Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Pitesti, Romania. 1 p., 2012</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, San Francisco, United States. n.p., 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02805624v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02805684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4161,469 +4161,469 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03677756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan de carbone du déboisement lié au projet de déboisement lié au projet de parc photovoltaïque Horizeo.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Loustau</w:t>
+                <w:t xml:space="preserve">Report of the Working Group on Electronic Lab Notebooks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tovo Rabemanantsoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chipeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] INRAE. 2021</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Duvillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Peyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Comité pour la science ouverte. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03778686v1</w:t>
+                <w:t xml:space="preserve">hal-03959882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Report of the Working Group on Electronic Lab Notebooks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Rapport du groupe de travail sur les cahiers de laboratoires électroniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tovo Rabemanantsoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chipeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Duvillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Comité pour la science ouverte. 2021, 68 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Duvillard</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-03959882v1</w:t>
+                <w:t xml:space="preserve">hal-03563244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport du groupe de travail sur les cahiers de laboratoires électroniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Mathieu</w:t>
+                <w:t xml:space="preserve">Bilan de carbone du déboisement lié au projet de parc photovoltaïque Horizeo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Loustau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Pigeon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tovo Rabemanantsoa</w:t>
+                <w:t xml:space="preserve">Barry Gardiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chipeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Comité pour la science ouverte. 2021, 68 p</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] INRAE. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03563244v1</w:t>
+                <w:t xml:space="preserve">hal-03778710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan de carbone du déboisement lié au projet de parc photovoltaïque Horizeo</w:t>
+                <w:t xml:space="preserve">Bilan de carbone du déboisement lié au projet de déboisement lié au projet de parc photovoltaïque Horizeo.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Loustau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chipeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barry Gardiner</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] INRAE. 2021</w:t>
+                <w:t xml:space="preserve">Barry A. Gardiner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] INRAE. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03778710v1</w:t>
+                <w:t xml:space="preserve">hal-03778686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId141"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4699,51 +4699,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="13C399C6"/>
+    <w:nsid w:val="EA721ABC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4930,51 +4930,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-chipeaux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0338-8517" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745456v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Taborski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Domec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chipeaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Devert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lafont" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2022.108997" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03051411v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moreaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Martel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Picart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Achat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-5973-2020" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03207504v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Graf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Klosterhalfen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Arriga" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bernhofer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heye Bogena" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0524" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02900349v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Longdoz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Berveiller" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delpierre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16000889.2020.1784689" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02611068v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Guignabert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gonzalez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delerue" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13641" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621515v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amen Al-Yaari" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Dayau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Aluome" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kruszewski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10111839" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832165v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Deirmendjian" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Loustau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lafont" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-669-2018" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694086v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vetillard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652532v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masako M. Dannoura" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Maillard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Fresneau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Plain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03599.x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191432v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Achir" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassila Kara" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trezzani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elisabeth Cuvelier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.200600153" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6CE966E6B12609118E2FBFDEF060B07A826E4D47/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538055v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Saint-Hubert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tovo Rabemanantsoa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262493v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Buysse" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fl&#233;chard Chris" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin-StPaul" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790285v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Berbigier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonnefond" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737055v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Wigneron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guillot-Ehret" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8517392" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581562v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Deyris" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819276v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Epron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome J. Ngao" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757418v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Plain" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799903v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Epron" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masako Dannoura" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Ngao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823374v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trichet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sartore" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821270v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ngao" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Berviller" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541458v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541271v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Girollet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pacreau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thunot Vincent" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332547v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bussiere" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lambrot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799551v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de Ligne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Joly" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cousin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chauvin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Decarpenterie" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801603v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Gall" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805684v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Bonnefond" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis R. Burlett" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lamaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805758v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangxin Gu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805624v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608897v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Heyd" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Flick" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070633v3" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Domec" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Anschutz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03677756v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778686v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry A. Gardiner" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-03959882v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mathieu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Duvillard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Peyrat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-03563244v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pigeon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778710v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Gardiner" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-chipeaux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0338-8517" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745456v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Taborski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Domec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chipeaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Devert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lafont" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2022.108997" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03051411v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moreaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Martel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Picart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Achat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-5973-2020" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03207504v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Graf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Klosterhalfen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Arriga" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bernhofer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heye Bogena" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0524" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02900349v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Longdoz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Berveiller" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delpierre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16000889.2020.1784689" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02611068v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Guignabert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gonzalez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delerue" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13641" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621515v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amen Al-Yaari" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Dayau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Aluome" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kruszewski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10111839" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832165v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Deirmendjian" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Loustau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lafont" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-669-2018" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694086v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vetillard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652532v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masako M. Dannoura" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Maillard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Fresneau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Plain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03599.x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191432v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Achir" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassila Kara" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trezzani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elisabeth Cuvelier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.200600153" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6CE966E6B12609118E2FBFDEF060B07A826E4D47/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538055v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Saint-Hubert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tovo Rabemanantsoa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262493v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Buysse" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fl&#233;chard Chris" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin-StPaul" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737055v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Wigneron" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guillot-Ehret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8517392" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790285v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Berbigier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonnefond" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581562v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Deyris" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819276v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Epron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome J. Ngao" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757418v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Plain" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799903v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Epron" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masako Dannoura" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Ngao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821270v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ngao" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Berviller" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823374v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trichet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sartore" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541271v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Girollet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pacreau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thunot Vincent" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541458v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332547v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bussiere" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lambrot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799551v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de Ligne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Joly" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cousin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chauvin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Decarpenterie" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801603v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Gall" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805758v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangxin Gu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805624v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805684v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Bonnefond" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis R. Burlett" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lamaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608897v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Heyd" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Flick" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070633v3" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Domec" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Anschutz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03677756v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-03959882v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mathieu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Duvillard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Peyrat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-03563244v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pigeon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778710v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Gardiner" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778686v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry A. Gardiner" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>