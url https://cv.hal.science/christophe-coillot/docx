--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christophe Coillot </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecularly imprinted polymer embedded by electropolymerization on chemical vapor deposition graphene for the electrochemical determination of isoproturon in water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Taleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aida Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Nicolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 457, pp.139613. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.snb.2026.139613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new approach combining microwave heat pulse and infrared thermography for non-invasive portable sap flow velocity measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Louche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Pénarier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Clair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nouvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 347, pp.109896. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2024.109896⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maquette analogique pour l’étude de boucle de régulation. Application à la régulation d’un Moteur à Courant Continu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Enrici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Martiré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Huselstein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, pp.1015. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20231015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Magnetic Field Fluctuations for Plasma Wave Investigation by the Search Coil Magnetometers (SCM) Onboard Bepicolombo Mio (Mercury Magnetospheric Orbiter)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satoshi Yagitani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsunori Ozaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mirioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 216 (7), pp.111. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-020-00734-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogenous nuclear magnetic resonance probe using the space harmonics suppression method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pellegars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidi-Boulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (1), pp.117-125. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-9-117-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02520306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale NMR investigations of two anatomically contrasted genotypes of sorghum under watered conditions and during drought stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidi-Boulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maida Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 57 (9), pp.749-756. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mrc.4905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flip-flop method: A new T1-weighted flow-MRI for plants studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Buy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ning Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidiboulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (3), </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0194845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01762920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longitudinal Magnetic Resonance Imaging Analysis and Histological Characterization after Spinal Cord Injury in Two Mouse Strains with Different Functional Recovery: Gliosis as a Key Factor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harun Noristani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maida Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidiboulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurotrauma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (24), pp.2924-2940. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/neu.2017.5613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02007736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Translational Model of Spinal Cord Injury in Nonhuman Primate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harun Noristani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mestre-Francés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurotherapeutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (3), pp.751-769. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13311-017-0589-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogenous static magnetic field coils dedicated to portable nuclear magnetic resonance for agronomic studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidi Boulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariston Reis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Buy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pellegars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (1), pp.227 - 234. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-7-227-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01762923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Combination of Ex vivo Diffusion MRI and Multiphoton to Study Microglia/Monocytes Alterations after Spinal Cord Injury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harun N. Noristani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Boukhaddaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Auzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidiboulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9, pp.230. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnagi.2017.00230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01624394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal modeling of an MRI ribbon solenoid coil dedicated to spinal cord injury investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidiboulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 5, pp.137-145. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-5-137-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01299799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The magnetic field homogeneity of coils by means of the space harmonics suppression of the current density distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Goze-Bac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 5, pp.401 - 408. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-5-401-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01402771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Search-Coil Magnetometer for MMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Contel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Alison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 199 (1-4), pp.257-282. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-014-0096-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evanescent Waves Nuclear Magnetic Resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Mohamed Halidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Akel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Kenouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (1), pp.e0144483. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0144483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01394852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic noise contribution of the ferromagnetic core of induction magnetometers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M El Moussalim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Rhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Lebourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4, pp.229 - 237. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-4-229-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01374530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation of in vivo and ex vivo H-1-MRI with histology in two severities of mouse spinal cord injury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harun N. Noristani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lonjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maida Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chan-Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroanatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9, pp.24. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnana.2015.00024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01157712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New ferromagnetic core shapes for induction sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Boda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-3-1-2014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01063918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Various Coiled Magnetoimpedance Based on Differential Magnetic Permeability Variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Alves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensor letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11 (1), pp.40-43. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1166/sl.2013.2800⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01089670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-board hybrid magnetometer of NASA CHARM-II rocket: principle, design and performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Alves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2, pp.137 - 145. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-2-137-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01402783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autocalibration Method for Anisotropic Magnetoresistive Sensors Using Offset Coils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Mohamadabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Jeandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hillion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13 (2), pp.772-776. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2012.2227595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Compensation Method for Cross-Axis Effect for Three-Axis AMR Sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13, pp.1355 - 1362. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2012.2236511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00866738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Very Low 1/f Noise and Radiation-Hardened CMOS Preamplifier for High-Sensitivity Search Coil Magnetometers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Rhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Sou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.159-166. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2012.2211347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01467697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Some Calibrated Cracks for E-NDE by a Difference Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laroussi Bettaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Kokabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Poloujadoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nondestructive Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (3), pp.117 - 121. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10921-011-0097-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00599329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AC magnetic field measurements onboard Cross-Scale: scientific objectives and instrument design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dudok de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Jannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Krasnoselskikh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Kretzschmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planetary and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 59 (7), pp.580-584. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pss.2010.04.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00608228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the use of SQUID an Hall effect sensors in NDE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bettaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Kokabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Poloujadoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. J Krause</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 68 (5), pp.535-554</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01553777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of magnetic concentrators for high sensitivity anisotropic magnetoresistor devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Nguyen van Dau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 107, pp.09E707. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3337747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01553769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the Use of SQUID and Hall Effect Sensors in Nondestructive Testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laroussi Bettaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Kokabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Poloujadoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Joachim Krause</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 68 (5), pp.535-541</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principle and Performance of a Dual-Band Search Coil Magnetometer: A New Instrument to Investigate Fluctuating Magnetic Fields in Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Lebourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ruocco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10 (2), pp.255-260. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2009.2030977⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602761v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Search Coil Magnetometer for THEMIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. H. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Contel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Bouabdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand de La Porte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 141 (1-4), pp.265-275. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-008-9455-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00610316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First results of the THEMIS search coil magnetometers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Le Contel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Bouabdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 141 (1-4), pp.509-534. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-008-9371-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00364384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trilayer GMI sensors based on rapidly stress-annealed FeSiBCuNb ribbons~</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léna Abi Rached</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 142, pp.459-463</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00354377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances of a high sensitive trilayer F/Cu/F GMI sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léna Abi Rached</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bhaskar Kaviraj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.241-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00354378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High magnetic field amplification for improving the sensitivity of Hall sensors.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chanteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 6 (3), pp.707-713. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2006.874031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00151879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des outils « labos1point5 » pour l’enseignement à l’université: Vers un outil pédagogique pour la transition écologique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gillet-Monjarret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ETES 2025 : Enseigner les Transitions Ecologiques et Sociales dans le Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage de l'imagerie thermique et du chauffage par impulsion EM pour caractérisation de l'hygrométrie du bois : mise en évidence de la corrélation entre rayonnements thermiques mesurés et simulations du DAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Pénarier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Jarrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nouvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Louche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Électronique & environnement : des problématiques aux leviers d'action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ET4 : 4ème école technologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau des électroniciens du CNRS, Oct 2024, Sainte-Fos-lès-Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electropolymérisation du polypyrrole sur graphène CVD et graphène épitaxié pour le développement de capteurs environnementaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vautrin-Ul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Lourhzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abed-Albaset Taleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Grillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFEC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Francophone d’Etude des Carbones; Université des Antilles; COVACHIM-M2E; Groupe de Technologie des Surfaces et Interfaces, May 2023, Gosier (Guadeloupe), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05514643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying of the electropolymerisation on CVD graphene and epitaxial graphene on silicon carbide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perine Landois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Nicolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Ramzi Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbon 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Cancun, Quintana Roo, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04716226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l’électropolymérisation sur graphène épitaxié sur carbure de silicium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Landois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Nicolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-R. Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MatV2L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération MatV2L, Jul 2023, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05514701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capteur de gaz à base de graphène dédié au bilan carbone du cOMPOSTage de proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Astié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Contreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Decams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ID en action !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mission pour les initiatives transverses et interdisciplinaires du CNRS (MITI), Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démonstration d’une électrode de graphène en vue d’une détection électrochimique de polluants en milieu aqueux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Roblin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Landois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Nicolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Francophone d’Etude des Carbones (SFEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Nouan-le-Fuzelier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Module Éducation à la Transition Écologique (ETE) à l'université de Montpellier : retour d'expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Bantignies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Barnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Cañadas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Chenaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Journées Scientifiques NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03428625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining flow-MRI method and modeling approach to assess the impact of conducting tissues on water fluxes in tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maida Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Valsesia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Vercambre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Greensys2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Technique Interprofessionnel des Fruits et Légumes (CTIFL). FRA., Jun 2019, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic sensors principles, technologies and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Industrial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bobines homogènes pour la résonance magnétique nucléaire portable (RMN) appliquée à l'agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maida Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. El Hamdaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gatineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Thématiques Capteurs Magnétiques du GDR Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01819285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covoiturage dynamique cherche communauté de développeurs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Mondiales du Logiciel Libre 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01565036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping of the structure of a corn kernel by three complementary experimental techniques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Mabille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Sadoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidiboulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Plant Biomechanics International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, nagoya, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiation-hardened and low-noise ASIC amplifier designed for the highly sensitive ESA/JUICE induction magnetometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Rhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Sou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Magnetic Sensors and Actuators Conference (EMSA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01499665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadband AC/DC hybrid magnetometer for space plasmas science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Nguyen Van Dau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.EGU2013-10155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02860550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induction magnetometer using a low noise ASIC from sensor to ADC: design, performances and limitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Rhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Sou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference EMSA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00733914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetoresistive sensors for space instrumentation applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Jaffrès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Nguyen Van Dau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Symposium on Magnetoresistive Sensors and Magnetic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Wetzlar, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Very Low 1/f Noise ASIC Preamplifier for High Sensitivity Search-coil Magnetometers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Rhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Sou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Magnetic Sensors &amp; Actuators (EMSA 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Bodrum, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LONGITUDINAL AND TRANSVERSE COILED GIANT MAGNETOIMPEDANCE TRANSDUCERS PRINCIPLE, MODELING AND PERFORMANCES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Alves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transducers'09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Denver, United States. pp.M3P.076</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00694531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Some Calibrated Cracks for E-NDE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laroussi Bettaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Kokabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Poloujadoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference EMSA 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00599573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode de différence pour la modélisation d'un cas de Contrôle Non destructif par courants de Foucault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laroussi Bettaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Kokabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Poloujadoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abbas Tcharkhtchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence COFREND 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00599637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle Non Destructif avec des Capteurs à. Effet Hall : Modélisations et Mesures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laroussi Bettaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Kokabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Poloujadoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abbas Tcharkhtchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée GDR ONDES GT3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00599591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic field fluctuation measurements in the solar orbiter project.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Krasnoselskikh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Pinçon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dudok de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fergeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Jeannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, Athens, Greece. pp.25-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic field fluctuation measurements in the Solar Orbiter Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. V. Krasnoselskikh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Pinçon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Dudol de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fergeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Jannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Solar Orbiter Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Athens, Greece, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low frequency receiver for the solar orbiter mission.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berthomier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Bouabdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Second Solar Orbiter Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Athens, Greece. pp.25-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro capteur à base de graphène pour la détection électrochimique de micropolluants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïda Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abed Albaset Taleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Astié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Manuel Decams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Nano, Micro et Optoélectronique (JNMO), 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Sète (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04738395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Module doctoral expérimental AUTOMNE : Ateliers Pratiques d'éducation à la Transition Ecologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Doyennette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ganault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ETES2024 Enseigner les Transitions Ecologiques et Sociales dans le Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Bordeaux, France. 2024, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2760/17791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulateur de voltampérométrie cyclique sous Python dédié à un micro-capteur à base de graphène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïda Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Landois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Contreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vautrin-Ul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Electrochimiques 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Saint - Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèse, contenu et perspectives d'un module expérimental d'éducation à la transition écologique à la Faculté des Sciences de l'université de Montpellier.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Bantignies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Barnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Bentaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ETES 2023 : Enseigner les transitions écologiques et sociales dans le supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a graphene microsensor network for the electrochemical detection of micropollutants in water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Roblin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Landois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Nicolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Electrochimie 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Mons, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04785868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graphene: From Material to applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Landois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Nanot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jouault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dilek Cakiroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Contreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Graphene And Co Annual Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Bad Herrenalb, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining flow-MRI method and modeling approach to assess water fluxes in tomato plant architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maida Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Valsesia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Vercambre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRIFood</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Rennes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Superparamagnetic nanoparticle detection using gradiometer induction sensors for intraoperative localization tumor tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaveh Mohamadabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Goze-Bac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Pourroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMSA2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Vienne, Austria. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induction Magnetometers Principle, Modeling and Ways of Improvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kevin Kuang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Sensors - Principles and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Intech, pp.1-21, 2012, 978-953-51-0232-8. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/38945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00867616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système de bobines pour utilisation en Résonance Magnétique Nucléaire et imagerie par Résonance Magnétique Nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidi-Boulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pellegars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Schimpf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR1850644. L2C:18-486. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WIRE STUB ANTENNA FOR USE IN MAGNETIC RESONANCE IMAGING AND SPECTROSCOPY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Goze-Bac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: WO2017194631A1. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systeme de mesure d'un champ magnetique et procede de suppression du decalage d'un capteur de champ magnetique correspondant.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2930039A1. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif d'amplification magnétique comportant un capteur magnétique à sensibilité longitudinale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chanteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Nguyen van Dau.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: 07 00376. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First results of the magnetospheric multiscale mission (MMS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Contel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lavraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Retinò</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Jacquey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Breuillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02778090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contactless Measurement for Quantum Phenomenon Studies in Graphite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STUDY OF SHAPE EFFECT IN WOUNDED SANDWICH GIANT MAGNETOIMPEDANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ikhlef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Alves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de conception de composants magnétiques à noyaux pour l'électronique de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Electronique. Université de Montpellier II, 1999. Français. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01165163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capteurs et dispositifs électroniques des magnétomètres dédiés à l'étude des ondes dans les plasmas spatiaux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Electronique. Université Pierre et Marie Curie - Paris VI, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00763816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruit dans les circuits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA. Observatoire de Meudon, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01062802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matériaux magnétiques: propriétés macroscopiques et applications (Travaux Dirigés)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Nguyen-Vandau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri H Jaffrès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Université d'Evry, France. 2012, pp.19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01374522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des magnétomètres à induction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Alison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Contel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01390393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId283"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Christophe Coillot </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecularly imprinted polymer embedded by electropolymerization on chemical vapor deposition graphene for the electrochemical determination of isoproturon in water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Taleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aida Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Nicolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 457, pp.139613. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.snb.2026.139613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new approach combining microwave heat pulse and infrared thermography for non-invasive portable sap flow velocity measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Louche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Pénarier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Clair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nouvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 347, pp.109896. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2024.109896⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maquette analogique pour l’étude de boucle de régulation. Application à la régulation d’un Moteur à Courant Continu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Enrici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Martiré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Huselstein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, pp.1015. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20231015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements of Magnetic Field Fluctuations for Plasma Wave Investigation by the Search Coil Magnetometers (SCM) Onboard Bepicolombo Mio (Mercury Magnetospheric Orbiter)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satoshi Yagitani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitsunori Ozaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mirioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 216 (7), pp.111. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-020-00734-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogenous nuclear magnetic resonance probe using the space harmonics suppression method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pellegars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidi-Boulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (1), pp.117-125. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-9-117-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02520306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale NMR investigations of two anatomically contrasted genotypes of sorghum under watered conditions and during drought stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidi-Boulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maida Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 57 (9), pp.749-756. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mrc.4905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flip-flop method: A new T1-weighted flow-MRI for plants studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Buy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ning Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidiboulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (3), </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0194845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01762920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longitudinal Magnetic Resonance Imaging Analysis and Histological Characterization after Spinal Cord Injury in Two Mouse Strains with Different Functional Recovery: Gliosis as a Key Factor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harun Noristani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maida Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidiboulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurotrauma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (24), pp.2924-2940. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/neu.2017.5613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02007736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogenous static magnetic field coils dedicated to portable nuclear magnetic resonance for agronomic studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidi Boulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariston Reis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Buy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pellegars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (1), pp.227 - 234. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-7-227-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01762923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Translational Model of Spinal Cord Injury in Nonhuman Primate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harun Noristani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Mestre-Francés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurotherapeutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (3), pp.751-769. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13311-017-0589-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Combination of Ex vivo Diffusion MRI and Multiphoton to Study Microglia/Monocytes Alterations after Spinal Cord Injury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harun N. Noristani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Boukhaddaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Auzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidiboulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9, pp.230. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnagi.2017.00230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01624394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal modeling of an MRI ribbon solenoid coil dedicated to spinal cord injury investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidiboulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 5, pp.137-145. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-5-137-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01299799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The magnetic field homogeneity of coils by means of the space harmonics suppression of the current density distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Goze-Bac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 5, pp.401 - 408. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-5-401-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01402771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Search-Coil Magnetometer for MMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Contel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Alison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 199 (1-4), pp.257-282. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-014-0096-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evanescent Waves Nuclear Magnetic Resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Mohamed Halidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Akel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Kenouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (1), pp.e0144483. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0144483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01394852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic noise contribution of the ferromagnetic core of induction magnetometers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M El Moussalim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Rhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Lebourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4, pp.229 - 237. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-4-229-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01374530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation of in vivo and ex vivo H-1-MRI with histology in two severities of mouse spinal cord injury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harun N. Noristani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lonjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maida Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chan-Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroanatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9, pp.24. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnana.2015.00024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01157712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New ferromagnetic core shapes for induction sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Boda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-3-1-2014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01063918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Various Coiled Magnetoimpedance Based on Differential Magnetic Permeability Variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Alves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensor letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11 (1), pp.40-43. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1166/sl.2013.2800⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01089670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-board hybrid magnetometer of NASA CHARM-II rocket: principle, design and performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Alves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sensors and Sensor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2, pp.137 - 145. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jsss-2-137-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01402783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autocalibration Method for Anisotropic Magnetoresistive Sensors Using Offset Coils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Mohamadabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Jeandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hillion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13 (2), pp.772-776. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2012.2227595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Compensation Method for Cross-Axis Effect for Three-Axis AMR Sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13, pp.1355 - 1362. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2012.2236511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00866738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Very Low 1/f Noise and Radiation-Hardened CMOS Preamplifier for High-Sensitivity Search Coil Magnetometers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Rhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Sou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (1), pp.159-166. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2012.2211347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01467697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Some Calibrated Cracks for E-NDE by a Difference Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laroussi Bettaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Kokabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Poloujadoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nondestructive Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (3), pp.117 - 121. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10921-011-0097-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00599329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AC magnetic field measurements onboard Cross-Scale: scientific objectives and instrument design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dudok de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Jannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Krasnoselskikh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Kretzschmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planetary and Space Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 59 (7), pp.580-584. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pss.2010.04.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00608228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the use of SQUID an Hall effect sensors in NDE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bettaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Kokabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Poloujadoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. J Krause</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 68 (5), pp.535-554</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01553777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of magnetic concentrators for high sensitivity anisotropic magnetoresistor devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Nguyen van Dau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 107, pp.09E707. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3337747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01553769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the Use of SQUID and Hall Effect Sensors in Nondestructive Testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laroussi Bettaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Kokabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Poloujadoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Joachim Krause</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 68 (5), pp.535-541</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principle and Performance of a Dual-Band Search Coil Magnetometer: A New Instrument to Investigate Fluctuating Magnetic Fields in Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Lebourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ruocco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10 (2), pp.255-260. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2009.2030977⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602761v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Search Coil Magnetometer for THEMIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. H. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Contel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Bouabdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand de La Porte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 141 (1-4), pp.265-275. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-008-9455-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00610316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trilayer GMI sensors based on rapidly stress-annealed FeSiBCuNb ribbons~</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léna Abi Rached</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 142, pp.459-463</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00354377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First results of the THEMIS search coil magnetometers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Le Contel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Bouabdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 141 (1-4), pp.509-534. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11214-008-9371-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00364384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances of a high sensitive trilayer F/Cu/F GMI sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léna Abi Rached</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bhaskar Kaviraj</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.241-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00354378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High magnetic field amplification for improving the sensitivity of Hall sensors.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chanteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 6 (3), pp.707-713. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2006.874031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00151879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des outils « labos1point5 » pour l’enseignement à l’université: Vers un outil pédagogique pour la transition écologique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gillet-Monjarret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ETES 2025 : Enseigner les Transitions Ecologiques et Sociales dans le Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage de l'imagerie thermique et du chauffage par impulsion EM pour caractérisation de l'hygrométrie du bois : mise en évidence de la corrélation entre rayonnements thermiques mesurés et simulations du DAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Pénarier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Jarrix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nouvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Louche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Électronique & environnement : des problématiques aux leviers d'action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ET4 : 4ème école technologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau des électroniciens du CNRS, Oct 2024, Sainte-Fos-lès-Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electropolymérisation du polypyrrole sur graphène CVD et graphène épitaxié pour le développement de capteurs environnementaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vautrin-Ul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Lourhzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abed-Albaset Taleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Grillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFEC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Francophone d’Etude des Carbones; Université des Antilles; COVACHIM-M2E; Groupe de Technologie des Surfaces et Interfaces, May 2023, Gosier (Guadeloupe), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05514643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l’électropolymérisation sur graphène épitaxié sur carbure de silicium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Landois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Nicolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-R. Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MatV2L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération MatV2L, Jul 2023, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05514701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying of the electropolymerisation on CVD graphene and epitaxial graphene on silicon carbide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perine Landois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Nicolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Ramzi Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbon 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Cancun, Quintana Roo, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04716226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capteur de gaz à base de graphène dédié au bilan carbone du cOMPOSTage de proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Astié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Contreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Decams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ID en action !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mission pour les initiatives transverses et interdisciplinaires du CNRS (MITI), Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démonstration d’une électrode de graphène en vue d’une détection électrochimique de polluants en milieu aqueux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Roblin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Landois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Nicolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Francophone d’Etude des Carbones (SFEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Nouan-le-Fuzelier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Module Éducation à la Transition Écologique (ETE) à l'université de Montpellier : retour d'expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Bantignies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Barnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Cañadas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Chenaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Journées Scientifiques NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03428625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining flow-MRI method and modeling approach to assess the impact of conducting tissues on water fluxes in tomato fruit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maida Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Valsesia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Vercambre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Greensys2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Technique Interprofessionnel des Fruits et Légumes (CTIFL). FRA., Jun 2019, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic sensors principles, technologies and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Industrial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bobines homogènes pour la résonance magnétique nucléaire portable (RMN) appliquée à l'agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maida Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. El Hamdaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gatineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Thématiques Capteurs Magnétiques du GDR Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01819285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covoiturage dynamique cherche communauté de développeurs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Mondiales du Logiciel Libre 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01565036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping of the structure of a corn kernel by three complementary experimental techniques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Mabille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Sadoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidiboulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Plant Biomechanics International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, nagoya, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiation-hardened and low-noise ASIC amplifier designed for the highly sensitive ESA/JUICE induction magnetometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Rhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Sou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Magnetic Sensors and Actuators Conference (EMSA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01499665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadband AC/DC hybrid magnetometer for space plasmas science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Nguyen Van Dau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.EGU2013-10155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02860550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induction magnetometer using a low noise ASIC from sensor to ADC: design, performances and limitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Rhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Sou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference EMSA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00733914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetoresistive sensors for space instrumentation applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Jaffrès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Nguyen Van Dau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Symposium on Magnetoresistive Sensors and Magnetic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Wetzlar, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Very Low 1/f Noise ASIC Preamplifier for High Sensitivity Search-coil Magnetometers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Rhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Sou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Magnetic Sensors &amp; Actuators (EMSA 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Bodrum, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LONGITUDINAL AND TRANSVERSE COILED GIANT MAGNETOIMPEDANCE TRANSDUCERS PRINCIPLE, MODELING AND PERFORMANCES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Alves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transducers'09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Denver, United States. pp.M3P.076</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00694531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Some Calibrated Cracks for E-NDE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laroussi Bettaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Kokabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Poloujadoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference EMSA 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00599573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode de différence pour la modélisation d'un cas de Contrôle Non destructif par courants de Foucault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laroussi Bettaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Kokabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Poloujadoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abbas Tcharkhtchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence COFREND 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00599637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle Non Destructif avec des Capteurs à. Effet Hall : Modélisations et Mesures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laroussi Bettaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Kokabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Poloujadoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abbas Tcharkhtchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée GDR ONDES GT3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00599591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic field fluctuation measurements in the solar orbiter project.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Krasnoselskikh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Pinçon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dudok de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fergeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Jeannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, Athens, Greece. pp.25-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic field fluctuation measurements in the Solar Orbiter Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. V. Krasnoselskikh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Pinçon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Dudol de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fergeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Jannet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Solar Orbiter Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Athens, Greece, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low frequency receiver for the solar orbiter mission.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Berthomier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Bouabdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Second Solar Orbiter Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Athens, Greece. pp.25-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00155379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hall Effect Finite Element Simulation : Application to Graphene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vigneswaran Ravi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophias Boko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Nanot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International workshop on 2D Heterostructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Sète (34200), France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05562051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro capteur à base de graphène pour la détection électrochimique de micropolluants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïda Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abed Albaset Taleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Astié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Manuel Decams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Nano, Micro et Optoélectronique (JNMO), 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Sète (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04738395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Module doctoral expérimental AUTOMNE : Ateliers Pratiques d'éducation à la Transition Ecologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Doyennette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ganault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ETES2024 Enseigner les Transitions Ecologiques et Sociales dans le Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Bordeaux, France. 2024, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2760/17791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulateur de voltampérométrie cyclique sous Python dédié à un micro-capteur à base de graphène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïda Bensebaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Landois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Contreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vautrin-Ul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Journées Electrochimiques 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Saint - Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèse, contenu et perspectives d'un module expérimental d'éducation à la transition écologique à la Faculté des Sciences de l'université de Montpellier.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Bantignies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Barnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilham Bentaleb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ETES 2023 : Enseigner les transitions écologiques et sociales dans le supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la méthode du bilan carbone en BUT : condition nécessaire et suffisante ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Le Floc’h</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ETES 2023 : Enseigner les Transitions Écologiques et Sociales dans le supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05562037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a graphene microsensor network for the electrochemical detection of micropollutants in water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Roblin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Landois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Nicolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Electrochimie 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Mons, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04785868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graphene: From Material to applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Landois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Nanot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jouault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dilek Cakiroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Contreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Graphene And Co Annual Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Bad Herrenalb, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining flow-MRI method and modeling approach to assess water fluxes in tomato plant architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maida Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Valsesia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Vercambre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRIFood</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Rennes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Superparamagnetic nanoparticle detection using gradiometer induction sensors for intraoperative localization tumor tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaveh Mohamadabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Goze-Bac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Pourroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMSA2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Vienne, Austria. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induction Magnetometers Principle, Modeling and Ways of Improvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kevin Kuang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Sensors - Principles and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Intech, pp.1-21, 2012, 978-953-51-0232-8. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/38945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00867616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système de bobines pour utilisation en Résonance Magnétique Nucléaire et imagerie par Résonance Magnétique Nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahima Sidi-Boulenouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pellegars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Schimpf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR1850644. L2C:18-486. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WIRE STUB ANTENNA FOR USE IN MAGNETIC RESONANCE IMAGING AND SPECTROSCOPY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Alibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Goze-Bac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: WO2017194631A1. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systeme de mesure d'un champ magnetique et procede de suppression du decalage d'un capteur de champ magnetique correspondant.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2930039A1. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif d'amplification magnétique comportant un capteur magnétique à sensibilité longitudinale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chanteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Nguyen van Dau.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: 07 00376. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First results of the magnetospheric multiscale mission (MMS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Contel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lavraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Retinò</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Jacquey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Breuillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02778090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contactless Measurement for Quantum Phenomenon Studies in Graphite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STUDY OF SHAPE EFFECT IN WOUNDED SANDWICH GIANT MAGNETOIMPEDANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Moutoussamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ikhlef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Chanteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Alves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide des pratiques électroniques soutenables du RdEI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnauld Biganzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Guyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lours</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Lagauzère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS; IRD. 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05564012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de conception de composants magnétiques à noyaux pour l'électronique de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Electronique. Université de Montpellier II, 1999. Français. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01165163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capteurs et dispositifs électroniques des magnétomètres dédiés à l'étude des ondes dans les plasmas spatiaux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Electronique. Université Pierre et Marie Curie - Paris VI, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00763816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruit dans les circuits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA. Observatoire de Meudon, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01062802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matériaux magnétiques: propriétés macroscopiques et applications (Travaux Dirigés)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Nguyen-Vandau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri H Jaffrès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Université d'Evry, France. 2012, pp.19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01374522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des magnétomètres à induction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Alison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Coillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Contel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01390393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId293"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535470v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Taleb" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Bensebaa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Nicolle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coillot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2026.139613" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445925v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Louche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick P&#233;narier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Clair" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nouvel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2024.109896" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332112v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Enrici" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Martir&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Huselstein" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231015" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03043414v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Yagitani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsunori Ozaki" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Sahraoui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mirioni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Mansour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-020-00734-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520306v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline de Pellegars" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Pan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahima Sidi-Boulenouar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nativel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zanca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-9-117-2020" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302031v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maida Cardoso" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rousset" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.4905" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762920v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Buy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Floch" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Tang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahima Sidiboulenouar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0194845" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02007736v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harun Noristani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint-Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Catteau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/neu.2017.5613" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740837v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Corre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mestre-Franc&#233;s" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13311-017-0589-9" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762923v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahima Sidi Boulenouar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariston Reis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-7-227-2018" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624394v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harun N. Noristani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Boukhaddaoui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Auzer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2017.00230" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299799v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Alibert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-5-137-2016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402771v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Goze-Bac" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-5-401-2016" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552023v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Contel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Leroy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Alison" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-014-0096-9" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394852v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mohamed Halidi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Akel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Kenouche" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0144483" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374530v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Coillot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M El Moussalim" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Brun" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rhouni" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lebourgeois" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-4-229-2015" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157712v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lonjon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chan-Seng" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnana.2015.00024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063918v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Moutoussamy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boda" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-3-1-2014" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01089670v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coillot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chanteur" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Alves" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/sl.2013.2800" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402783v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Robert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alves" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-2-137-2013" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552069v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mohamadabadi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Jeandet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hillion" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2012.2227595" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866738v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2012.2236511" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467697v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Rhouni" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Sou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2012.2211347" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00599329v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laroussi Bettaieb" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Kokabi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Poloujadoff" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10921-011-0097-5" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JCB674JH-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608228v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dudok de Wit" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jannet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Krasnoselskikh" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kretzschmar" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2010.04.022" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553777v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bettaieb" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kokabi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Poloujadoff" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sentz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J Krause" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553769v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nguyen van Dau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3337747" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00584413v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Sentz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Joachim Krause" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602761v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lebourgeois" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ruocco" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2009.2030977" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610316v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. Roux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Bouabdellah" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand de La Porte" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-008-9455-8" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364384v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Le Contel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Robert" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-008-9371-y" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BBG9H4VB-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00354377v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Abi Rached" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Moutoussamy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00354378v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhaskar Kaviraj" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151879v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leroy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chanteur" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2006.874031" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272858v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gillet-Monjarret" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rodhain" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796855v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jarrix" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792415v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514643v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vautrin-Ul" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumayma Lourhzal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abed-Albaset Taleb" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Grillot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716226v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perine Landois" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ramzi Ammar" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514701v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rine Landois" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-R. Ammar" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209570v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Asti&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brun" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Contreras" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Decams" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786003v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roblin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428625v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bantignies" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bardet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barnaud" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ca&#241;adas" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Chenaud" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734472v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Simon" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valsesia" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vercambre" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921303v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819285v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. El Hamdaoui" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gatineau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565036v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duret" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Michel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958293v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mabille" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Sadoudi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499665v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860550v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nguyen Van Dau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00733914v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02769051v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Jaffr&#232;s" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00602453v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694531v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00599573v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00599637v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Tcharkhtchi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00599591v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155387v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Pin&#231;on" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fergeau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jeannet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808984v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. V. Krasnoselskikh" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dudol de Wit" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jannet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155379v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chust" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berthomier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738395v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;da Bensebaa" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abed Albaset Taleb" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Asti&#233;" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Manuel Decams" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961844v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Doyennette" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ganault" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guillet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rousseau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2760/17791" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701580v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204671v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Bentaleb" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785868v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144975v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nanot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jouault" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek Cakiroglu" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785661v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420810v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaveh Mohamadabadi" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Simon" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pourroy" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867616v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/38945" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127489v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Schimpf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940279v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940296v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152768v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nguyen van Dau." TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02778090v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lavraud" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Retin&#242;" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jacquey" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Breuillard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574310v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602689v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ikhlef" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01165163v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00763816v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-01062802v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01374522v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nguyen-Vandau" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri H Jaffr&#232;s" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01390393v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chust" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535470v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Taleb" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Bensebaa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Nicolle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coillot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2026.139613" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445925v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Louche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick P&#233;narier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Clair" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nouvel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2024.109896" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332112v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Enrici" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Martir&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Huselstein" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231015" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03043414v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Yagitani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsunori Ozaki" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Sahraoui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mirioni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Mansour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-020-00734-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520306v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline de Pellegars" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Pan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahima Sidi-Boulenouar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nativel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zanca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-9-117-2020" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302031v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maida Cardoso" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rousset" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.4905" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762920v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Buy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Floch" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Tang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahima Sidiboulenouar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0194845" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02007736v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harun Noristani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint-Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Catteau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/neu.2017.5613" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762923v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahima Sidi Boulenouar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariston Reis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-7-227-2018" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740837v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Corre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mestre-Franc&#233;s" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13311-017-0589-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624394v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harun N. Noristani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Boukhaddaoui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Auzer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2017.00230" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299799v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Alibert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-5-137-2016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402771v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Goze-Bac" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-5-401-2016" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552023v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Contel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Leroy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Alison" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-014-0096-9" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394852v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mohamed Halidi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Akel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Kenouche" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0144483" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374530v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Coillot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M El Moussalim" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Brun" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rhouni" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lebourgeois" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-4-229-2015" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157712v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lonjon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chan-Seng" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnana.2015.00024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063918v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Moutoussamy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boda" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-3-1-2014" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01089670v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coillot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chanteur" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Alves" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/sl.2013.2800" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402783v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Robert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alves" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jsss-2-137-2013" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552069v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mohamadabadi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Jeandet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hillion" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2012.2227595" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866738v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2012.2236511" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467697v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Rhouni" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Sou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2012.2211347" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00599329v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laroussi Bettaieb" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Kokabi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Poloujadoff" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10921-011-0097-5" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JCB674JH-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608228v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dudok de Wit" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jannet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Krasnoselskikh" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kretzschmar" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2010.04.022" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553777v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bettaieb" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kokabi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Poloujadoff" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sentz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. J Krause" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553769v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nguyen van Dau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3337747" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00584413v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Sentz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Joachim Krause" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602761v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lebourgeois" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ruocco" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2009.2030977" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610316v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. Roux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Bouabdellah" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand de La Porte" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-008-9455-8" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00354377v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Abi Rached" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Moutoussamy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364384v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Le Contel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Robert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-008-9371-y" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BBG9H4VB-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00354378v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhaskar Kaviraj" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151879v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leroy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chanteur" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2006.874031" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272858v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gillet-Monjarret" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rodhain" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796855v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jarrix" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792415v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514643v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vautrin-Ul" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumayma Lourhzal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abed-Albaset Taleb" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Grillot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514701v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rine Landois" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-R. Ammar" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716226v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perine Landois" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ramzi Ammar" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209570v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Asti&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brun" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Contreras" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Decams" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786003v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roblin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428625v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bantignies" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bardet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barnaud" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ca&#241;adas" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Chenaud" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734472v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Simon" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valsesia" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vercambre" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921303v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819285v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. El Hamdaoui" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gatineau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565036v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duret" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Michel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958293v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mabille" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Sadoudi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499665v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860550v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nguyen Van Dau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00733914v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02769051v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Jaffr&#232;s" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00602453v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694531v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00599573v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00599637v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Tcharkhtchi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00599591v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155387v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Pin&#231;on" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fergeau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jeannet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808984v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. V. Krasnoselskikh" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dudol de Wit" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jannet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155379v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chust" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berthomier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562051v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vigneswaran Ravi" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophias Boko" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nanot" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738395v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;da Bensebaa" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abed Albaset Taleb" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Asti&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Manuel Decams" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961844v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Doyennette" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ganault" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guillet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rousseau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2760/17791" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701580v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204671v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Bentaleb" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562037v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Le Floc&#8217;h" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785868v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144975v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jouault" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek Cakiroglu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785661v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420810v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaveh Mohamadabadi" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Simon" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pourroy" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867616v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/38945" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127489v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Schimpf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940279v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940296v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152768v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nguyen van Dau." TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02778090v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lavraud" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Retin&#242;" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jacquey" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Breuillard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574310v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602689v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ikhlef" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564012v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Biganzoli" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Guyard" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lours" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lagauz&#232;re" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01165163v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00763816v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-01062802v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01374522v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nguyen-Vandau" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri H Jaffr&#232;s" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01390393v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chust" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>