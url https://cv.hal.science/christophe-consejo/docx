--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,4141 +66,4141 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (53)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spin-dependent photovoltage in graphene/MoS&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;-based field-effect transistors</w:t>
+                <w:t xml:space="preserve">Nonlinear Terahertz Electroluminescence from Dirac-Landau Polaritons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khalid Dinar</w:t>
+                <w:t xml:space="preserve">B. Benhamou-Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Antonio Delgado-Notario</w:t>
+                <w:t xml:space="preserve">C. Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Bray</w:t>
+                <w:t xml:space="preserve">S. S. Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kenneth Maussang</w:t>
+                <w:t xml:space="preserve">S. Ruffenach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Perez-Martin</w:t>
+                <w:t xml:space="preserve">C. Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 23 (4), pp.044043. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 136 (9), pp.096902. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.23.044043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/7rcf-fd3g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05069730v1</w:t>
+                <w:t xml:space="preserve">hal-05554597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dirac‐Like Fermions Anomalous Magneto‐Transport in a Spin‐Polarized Oxide 2D Electron System</w:t>
+                <w:t xml:space="preserve">Spin-dependent photovoltage in graphene/MoS&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;-based field-effect transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu Chen</w:t>
+                <w:t xml:space="preserve">Khalid Dinar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria D’antuono</w:t>
+                <w:t xml:space="preserve">Juan Antonio Delgado-Notario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mattia Trama</w:t>
+                <w:t xml:space="preserve">Cédric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele Preziosi</w:t>
+                <w:t xml:space="preserve">Kenneth Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Jouault</w:t>
+                <w:t xml:space="preserve">Elsa Perez-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 37 (1), pp.2410354. </w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (4), pp.044043. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adma.202410354⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.23.044043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04787863v1</w:t>
+                <w:t xml:space="preserve">hal-05069730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz and gigahertz magnetoratchets in graphene-based two-dimensional metamaterials</w:t>
+                <w:t xml:space="preserve">Dirac‐Like Fermions Anomalous Magneto‐Transport in a Spin‐Polarized Oxide 2D Electron System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Hild</w:t>
+                <w:t xml:space="preserve">Yu Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Mönch</w:t>
+                <w:t xml:space="preserve">Maria D’antuono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Golub</w:t>
+                <w:t xml:space="preserve">Mattia Trama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Dmitriev</w:t>
+                <w:t xml:space="preserve">Daniele Preziosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Yahniuk</w:t>
+                <w:t xml:space="preserve">Benoit Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 110 (12), pp.125303. </w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 37 (1), pp.2410354. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.125303⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adma.202410354⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04724772v1</w:t>
+                <w:t xml:space="preserve">hal-04787863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiprobe analysis to separate edge currents from bulk currents in quantum spin Hall insulators and to analyze their temperature dependence</w:t>
+                <w:t xml:space="preserve">Terahertz and gigahertz magnetoratchets in graphene-based two-dimensional metamaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salah Benlemqwanssa</w:t>
+                <w:t xml:space="preserve">M. Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergey Krishtopenko</w:t>
+                <w:t xml:space="preserve">E. Mönch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Meyer</w:t>
+                <w:t xml:space="preserve">L. Golub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Bonnet</w:t>
+                <w:t xml:space="preserve">I. Dmitriev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Wolf</w:t>
+                <w:t xml:space="preserve">I. Yahniuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 22 (6), pp.064059. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110 (12), pp.125303. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.22.064059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.110.125303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04881971v1</w:t>
+                <w:t xml:space="preserve">hal-04724772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gate tunable terahertz cyclotron emission from two-dimensional Dirac fermions</w:t>
+                <w:t xml:space="preserve">Multiprobe analysis to separate edge currents from bulk currents in quantum spin Hall insulators and to analyze their temperature dependence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Benhamou-Bui</w:t>
+                <w:t xml:space="preserve">Salah Benlemqwanssa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Consejo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sergey Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Szoła</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kenneth Maussang</w:t>
+                <w:t xml:space="preserve">Manuel Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Wolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APL Photonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0168578⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (6), pp.064059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.22.064059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04304313v1</w:t>
+                <w:t xml:space="preserve">hal-04881971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz cyclotron emission from two-dimensional Dirac fermions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gate tunable terahertz cyclotron emission from two-dimensional Dirac fermions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Krishtopenko</w:t>
+                <w:t xml:space="preserve">Benjamin Benhamou-Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ruffenach</w:t>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Szola</w:t>
+                <w:t xml:space="preserve">Maria Szoła</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 17, pp.244-249. </w:t>
+              <w:t xml:space="preserve">APL Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (11), pp.244-249. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41566-022-01129-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0168578⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03940773v2</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04304313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal-insulator crossover in monolayer MoS 2</w:t>
+                <w:t xml:space="preserve">Terahertz cyclotron emission from two-dimensional Dirac fermions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivanovitch Castillo Arvelo</w:t>
+                <w:t xml:space="preserve">S. Gebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Sohier</w:t>
+                <w:t xml:space="preserve">S. Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ruffenach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Paillet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Consejo</w:t>
+                <w:t xml:space="preserve">M. Szola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/acd3f7⟩</w:t>
+              <w:t xml:space="preserve">Nature Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, pp.244-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41566-022-01129-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04144576v1</w:t>
+                <w:t xml:space="preserve">hal-03940773v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature-dependent zero-field splittings in graphene</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Metal-insulator crossover in monolayer MoS 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivanovitch Castillo Arvelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Sohier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilek Cakiroglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sergey Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.245141⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34 (33), pp.335202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/acd3f7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03925414v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04144576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current-induced enhancement of photo-response in graphene THz radiation detectors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Temperature-dependent zero-field splittings in graphene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">S. Danilov</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth Maussang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Antonio Delgado-Notario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (11), pp.115009. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (24), pp.245141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0117818⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.106.245141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03887746v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03925414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large inverted band gap in strained three-layer InAs/GaInSb quantum wells</w:t>
+                <w:t xml:space="preserve">Current-induced enhancement of photo-response in graphene THz radiation detectors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colin Avogadri</w:t>
+                <w:t xml:space="preserve">K. Indykiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastian Gebert</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Consejo</w:t>
+                <w:t xml:space="preserve">F Teppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Danilov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevresearch.4.l042042⟩</w:t>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (11), pp.115009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0117818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03939599v2</w:t>
+                <w:t xml:space="preserve">hal-03887746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of the Electron-Electron Interaction in the Magneto-Absorption Spectra of HgTe/CdHgTe Quantum Wells with an Inverted Band Structure</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large inverted band gap in strained three-layer InAs/GaInSb quantum wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anton V. Ikonnikov</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Colin Avogadri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastian Gebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maksim Zholudev</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivanovitch Castillo Arvelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JETP Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1134/S0021364020200059⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4 (4), pp.L042042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevresearch.4.l042042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351532v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939599v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum Hall states in inverted HgTe quantum wells probed by transconductance fluctuations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Mantion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Avogadri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Mantion</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Colin Avogadri</w:t>
+                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastian Gebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Ruffenach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 102 (7), pp.075302. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.075302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02919868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Many-particle effects in optical transitions from zero-mode Landau levels in HgTe quantum wells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
+                <w:t xml:space="preserve">Effects of the Electron-Electron Interaction in the Magneto-Absorption Spectra of HgTe/CdHgTe Quantum Wells with an Inverted Band Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonid S Bovkun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksandr Kadykov</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sandra Ruffenach</w:t>
+                <w:t xml:space="preserve">Anton V. Ikonnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Consejo</w:t>
+                <w:t xml:space="preserve">Sergey Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir y Aleshkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksim Zholudev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.041404⟩</w:t>
+              <w:t xml:space="preserve">JETP Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 112 (8), pp.508-512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1134/S0021364020200059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02919862v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suppressed Auger scattering and tunable light emission of Landau-quantized massless Kane electrons</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Many-particle effects in optical transitions from zero-mode Landau levels in HgTe quantum wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandr Kadykov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Ruffenach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nikolay Mikhailov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Photonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41566-019-0496-1⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102 (4), pp.041404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.041404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02324517v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02919862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massless Dirac fermions in III-V semiconductor quantum wells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
+                <w:t xml:space="preserve">Suppressed Auger scattering and tunable light emission of Landau-quantized massless Kane electrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmytro But</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Desrat</w:t>
+                <w:t xml:space="preserve">Martin Mittendorff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Spirin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Ruffenach</w:t>
+                <w:t xml:space="preserve">Frédéric Teppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Mikhailov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.99.121405⟩</w:t>
+              <w:t xml:space="preserve">Nature Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 100 (8), pp.783-787. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41566-019-0496-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02072785v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magneto-transport in inverted HgTe quantum wells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Yahniuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grzegorz Grabecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Npj Quantum Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 4, pp.13. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41535-019-0154-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02302388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz Spectroscopy of Two-Dimensional Semimetal in Three-Layer InAs/GaSb/InAs Quantum Well</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Massless Dirac fermions in III-V semiconductor quantum wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wilfried Desrat</w:t>
+                <w:t xml:space="preserve">W. Desrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Spirin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ruffenach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JETP Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1134/S0021364019020085⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99 (12), pp.121405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.99.121405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02157723v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02072785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Observation of Temperature-Driven Topological Phase Transition in HgTe/CdHgTe Quantum Wells</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mikhail A Fadeev</w:t>
+                <w:t xml:space="preserve">Terahertz Spectroscopy of Two-Dimensional Semimetal in Three-Layer InAs/GaSb/InAs Quantum Well</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Ruffenach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michal Marcinkiewicz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandra Ruffenach</w:t>
+                <w:t xml:space="preserve">Fernando Gonzalez-Posada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Desrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/condmat4010027⟩</w:t>
+              <w:t xml:space="preserve">JETP Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 109 (2), pp.96-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1134/S0021364019020085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02072773v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02157723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Band splitting in Cd3As2 measured by magnetotransport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wilfried Desrat</w:t>
+                <w:t xml:space="preserve">Experimental Observation of Temperature-Driven Topological Phase Transition in HgTe/CdHgTe Quantum Wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksim Zholudev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandr Kadykov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail A Fadeev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Marcinkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Consejo</w:t>
+                <w:t xml:space="preserve">Sandra Ruffenach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.245203⟩</w:t>
+              <w:t xml:space="preserve">Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (1), pp.27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/condmat4010027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01827025v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02072773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature-Induced Topological Phase Transition in HgTe Quantum Wells</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Band splitting in Cd3As2 measured by magnetotransport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Desrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Wojciech Knap</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. A. Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Orlita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.086401⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (24), pp.245203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.245203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01740166v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature-dependent terahertz spectroscopy of inverted-band three-layer InAs/GaSb/InAs quantum well</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sandra Ruffenach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gonzalez-Posada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Marcinkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 97 (24), pp.245419. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.245419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01862289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclotron resonance of dirac fermions in InAs/GaSb/InAs quantum wells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Temperature-Induced Topological Phase Transition in HgTe Quantum Wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandr Kadykov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">K. V. Maremyanin</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Jouault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Desrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. S. Bovkun</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K. E. Spirin</w:t>
+                <w:t xml:space="preserve">Wojciech Knap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fizika i tekhnika poluprovodnicov / Semiconductors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1134/S1063782617010109⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 120 (8), pp.086401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.086401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01523220v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01740166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetoabsorption of Dirac Fermions in InAs/GaSb/InAs &amp;quot;Three-Layer&amp;quot; Gapless Quantum Wells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Ruffenach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. S. Bovkun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. V. Ikonnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Marcinkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JETP Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 106 (11), pp.727-732. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1134/S0021364017230102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01830516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz Detection and Imaging Using Graphene Ballistic Rectifiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gregory Anton</w:t>
+                <w:t xml:space="preserve">Cyclotron resonance of dirac fermions in InAs/GaSb/InAs quantum wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. V. Ikonnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmytro B. But</w:t>
+                <w:t xml:space="preserve">K. V. Maremyanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. S. Bovkun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiawei Zhang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dominique Coquillat</w:t>
+                <w:t xml:space="preserve">K. E. Spirin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.7b03625⟩</w:t>
+              <w:t xml:space="preserve">Fizika i tekhnika poluprovodnicov / Semiconductors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 51 (1), pp.38-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1134/S1063782617010109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01710499v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01523220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature-driven single-valley Dirac fermions in HgTe quantum wells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Consejo</w:t>
+                <w:t xml:space="preserve">Terahertz Detection and Imaging Using Graphene Ballistic Rectifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmytro B. But</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiawei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernie Hill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.035405⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (11), pp.7015-7020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.7b03625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01583239v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01710499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HgCdTe-based heterostructures for terahertz photonics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Temperature-driven single-valley Dirac fermions in HgTe quantum wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Marcinkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Ruffenach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandr Kadykov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Dominique Coquillat</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APL Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 96 (3), pp.035405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.035405⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4977781⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01523131v1</w:t>
+                <w:t xml:space="preserve">hal-01583239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz imaging of Landau levels in HgTe-based topological insulators</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+                <w:t xml:space="preserve">HgCdTe-based heterostructures for terahertz photonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Ruffenach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandr Kadykov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. V. Rumyantsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sandra Ruffenach</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4955018⟩</w:t>
+              <w:t xml:space="preserve">APL Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (3), pp.035503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4977781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01358769v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01523131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature-driven massless Kane fermions in HgCdTe crystals</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Marcinkiewicz</w:t>
+                <w:t xml:space="preserve">Terahertz imaging of Landau levels in HgTe-based topological insulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandr M. Kadykov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sandra Ruffenach</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 108 (26), pp.262102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4955018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ncomms12576⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01391282v1</w:t>
+                <w:t xml:space="preserve">hal-01358769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Puddle-Induced Resistance Oscillations in the Breakdown of the Graphene Quantum Hall Effect</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Temperature-driven massless Kane fermions in HgCdTe crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Kazazis</w:t>
+                <w:t xml:space="preserve">Frederic Teppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Marcinkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Ruffenach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 117 (23), pp.237702. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.12576. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.237702⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ncomms12576⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01939530v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01391282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Hall resistance standards from graphene grown by chemical vapour deposition on silicon carbide</w:t>
+                <w:t xml:space="preserve">Puddle-Induced Resistance Oscillations in the Breakdown of the Graphene Quantum Hall Effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Lafont</w:t>
+                <w:t xml:space="preserve">M. Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Ribeiro-Palau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">O. Couturaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Desrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Kazazis</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">O. Couturaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 6, pp.6806. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 117 (23), pp.237702. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ncomms7806⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.237702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03037518v1</w:t>
+                <w:t xml:space="preserve">hal-01939530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terahertz detection of magnetic field-driven topological phase transition in HgTe-based transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandr Kadykov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Viti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4258,615 +4258,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01237406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anticrossing of Landau Levels in HgTe/CdHgTe (013) Quantum Wells with an Inverted Band Structure</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum Hall resistance standards from graphene grown by chemical vapour deposition on silicon carbide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. V. Morozov</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Consejo</w:t>
+                <w:t xml:space="preserve">F. Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ribeiro-Palau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kazazis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Couturaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JETP Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1134/S0021364014240175⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.6806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms7806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01200644v1</w:t>
+                <w:t xml:space="preserve">hal-03037518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Hall resistance standard in graphene devices under relaxed experimental conditions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. Brun-Picard</w:t>
+                <w:t xml:space="preserve">Anticrossing of Landau Levels in HgTe/CdHgTe (013) Quantum Wells with an Inverted Band Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksim Zholudev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Kazazis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Michon</w:t>
+                <w:t xml:space="preserve">Frederic Teppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. V. Morozov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Orlita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Nanotechnology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JETP Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 100 (12), pp.790-794. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1134/S0021364014240175⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nnano.2015.192⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01615243v1</w:t>
+                <w:t xml:space="preserve">hal-01200644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanism of Hydrogen Sensing by AlGaN/GaN Pt-Gate Field Effect Transistors: Magnetoresistance Studies</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anna Nowakowska-Siwinska</w:t>
+                <w:t xml:space="preserve">Quantum Hall resistance standard in graphene devices under relaxed experimental conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ribeiro-Palau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piotr Perlin</w:t>
+                <w:t xml:space="preserve">J. Brun-Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kazazis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 15 (1), pp.123-127. </w:t>
+              <w:t xml:space="preserve">Nature Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (11), pp.965 - 971. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2014.2340436⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nnano.2015.192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01102798v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01615243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Admittance of multiterminal quantum Hall conductors at kilohertz frequencies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanism of Hydrogen Sensing by AlGaN/GaN Pt-Gate Field Effect Transistors: Magnetoresistance Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Hernandez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Consejo</w:t>
+                <w:t xml:space="preserve">Pawel Prystawko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wojciech Knap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Degiovanni</w:t>
+                <w:t xml:space="preserve">Anna Nowakowska-Siwinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Chaubet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Piotr Perlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 115, pp.123710. </w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (1), pp.123-127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4869796⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2014.2340436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01065647v1</w:t>
+                <w:t xml:space="preserve">hal-01102798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning the transport properties of graphene films grown by CVD on SiC(0001): Effect of in situ hydrogenation and annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilal Jabakhanji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Desrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Portail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4911,230 +4928,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01200760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of THz radiation due to 2D-plasma oscillations in interdigitated GaN quantum well structures at room temperature</w:t>
+                <w:t xml:space="preserve">Admittance of multiterminal quantum Hall conductors at kilohertz frequencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Penot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jeremie Torres</w:t>
+                <w:t xml:space="preserve">Carlos Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Nouvel</w:t>
+                <w:t xml:space="preserve">Pascal Degiovanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Varani</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Chaubet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lithuanian Journal of Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 54 (1), pp.58 - 62. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 115, pp.123710. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3952/physics.v54i1.2848⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4869796⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01636434v1</w:t>
+                <w:t xml:space="preserve">hal-01065647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum Hall effect of self-organized graphene monolayers on the C-face of 6H-SiC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jabakhanji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Camara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Desrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Godignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5179,1046 +5179,1046 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03037519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Hall effect in bottom-gated epitaxial graphene grown on the C-face of SiC</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Generation of THz radiation due to 2D-plasma oscillations in interdigitated GaN quantum well structures at room temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Caboni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Consejo</w:t>
+                <w:t xml:space="preserve">A. Penot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Nouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Varani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3680564⟩</w:t>
+              <w:t xml:space="preserve">Lithuanian Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 54 (1), pp.58 - 62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3952/physics.v54i1.2848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03037520v1</w:t>
+                <w:t xml:space="preserve">hal-01636434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetospectroscopy of two-dimensional HgTe-based topological insulators around the critical thickness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zholudev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Orlita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 86, pp.205420. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.205420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00767162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensional characterization, Landau levels and Density of States in epitaxial graphene grown on SiC substrates</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Quantum Hall effect in bottom-gated epitaxial graphene grown on the C-face of SiC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Caboni</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Camara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jabakhanji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Tiberj</w:t>
+                <w:t xml:space="preserve">A. Caboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 6, pp.141. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 100 (5), pp.052102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1556-276X-6-141⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.3680564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00666145v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03037520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclotron resonance and interband optical transitions in HgTe/CdTe(013) quantum well heterostructures</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multidimensional characterization, Landau levels and Density of States in epitaxial graphene grown on SiC substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. A. Lastovkin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K. V. Maremyanin</w:t>
+                <w:t xml:space="preserve">Nicolas Camara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Jouault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Jabakhanji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Caboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Tiberj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0268-1242/26/12/125011⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6, pp.141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1556-276X-6-141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00789103v1</w:t>
+                <w:t xml:space="preserve">hal-00666145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interplay between interferences and electron-electron interactions in epitaxial graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jabakhanji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Camara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Desrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 83 (19), pp.195417. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.83.195417⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03037524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Room temperature coherent and voltage tunable terahertz emission from nanometer-sized field effect transistors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Boubanga-Tombet</w:t>
+                <w:t xml:space="preserve">Cyclotron resonance and interband optical transitions in HgTe/CdTe(013) quantum well heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. V. Ikonnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksim Zholudev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. E. Spirin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Teppe</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">D. Coquillat</w:t>
+                <w:t xml:space="preserve">A. A. Lastovkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. V. Maremyanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3529464⟩</w:t>
+              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 26 (12), pp.125011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0268-1242/26/12/125011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00550842v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00789103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth of monolayer graphene on 8 degrees off-axis 4H-SiC (000-1) substrates with application to quantum transport devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Camara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Caboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jabakhanji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Desrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 97, pp.093107. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3480610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00543281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terahertz response of InGaAs field effect transistors in quantizing magnetic fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O.A. Klimenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O.A. Klimenko</w:t>
+                <w:t xml:space="preserve">Y.A. Mityagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y.A. Mityagin</w:t>
+                <w:t xml:space="preserve">H. Videlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.V. Dyakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6233,840 +6233,974 @@
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 97 (2), pp.022111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3462072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00548568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz response of InGaAs field effect transistors in quantizing magnetic fields</w:t>
+                <w:t xml:space="preserve">Room temperature coherent and voltage tunable terahertz emission from nanometer-sized field effect transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleg Klimenko</w:t>
+                <w:t xml:space="preserve">S. Boubanga-Tombet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Teppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu. Mityagin</w:t>
+                <w:t xml:space="preserve">A. El Moutaouakil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hadley Videlier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">N. Dyakonova</w:t>
+                <w:t xml:space="preserve">D. Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 97 (2), pp.022111</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 97 (26), pp.262108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3529464⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00545623v1</w:t>
+                <w:t xml:space="preserve">hal-00550842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the electrical anisotropy of multilayer graphene on the Si face of 6H-SiC</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Antoine Tiberj</w:t>
+                <w:t xml:space="preserve">Terahertz response of InGaAs field effect transistors in quantizing magnetic fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Klimenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu. Mityagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadley Videlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Teppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Dyakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 97 (2), pp.022111</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00543285v1</w:t>
+                <w:t xml:space="preserve">hal-00545623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvements of the Measurement Chain for the Determination of the von Klitzing Constant</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Probing the electrical anisotropy of multilayer graphene on the Si face of 6H-SiC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Jouault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jabakhanji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Camara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Desrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Tiberj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 82, pp.085438. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.82.085438⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00386003v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00543285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-level Ising-like model for spin-crossover phenomenon including the magnetic field effect: the mean-field approximation and Monte Carlo resolutions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Consejo</w:t>
+                <w:t xml:space="preserve">Improvements of the Measurement Chain for the Determination of the von Klitzing Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gábor Molnár</w:t>
+                <w:t xml:space="preserve">Olivier Thevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Goiran</w:t>
+                <w:t xml:space="preserve">Ludovic Lahousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azzedine Bousseksou</w:t>
+                <w:t xml:space="preserve">François Piquemal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polyhedron</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 58 (4), pp.902</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00015785v1</w:t>
+                <w:t xml:space="preserve">hal-00386003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High pressure study of the electrical transport phenomena in AlGaN/GaN heterostructures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Two-level Ising-like model for spin-crossover phenomenon including the magnetic field effect: the mean-field approximation and Monte Carlo resolutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gábor Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Consejo</w:t>
+                <w:t xml:space="preserve">Michel Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Konczewicz</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Azzedine Bousseksou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">physica status solidi (b)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssb.200301562⟩</w:t>
+              <w:t xml:space="preserve">Polyhedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 22 (14-17), pp.2441-2446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0277-5387(03)00293-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03037546v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00015785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">High pressure study of the electrical transport phenomena in AlGaN/GaN heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Konczewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Contreras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Jouault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Lepkowsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">physica status solidi (b)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 235 (2), pp.232-237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssb.200301562⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03037546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dynamic response of the spin-crossover solid Co(H-2(fsa)2 en)(py)(2) to a pulsed magnetic field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzedine Bousseksou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Boukheddaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Goiran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.L. Boillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 65, pp.172412. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.65.172412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00015706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7076,2203 +7210,2203 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Landau emission from 2D Dirac fermions in HgTe QWs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th FR – CZ Barrande workshop on Nanotechnologies ­ Photonics &amp; Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landau emission from 2D Dirac fermions in HgTe QWs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tunable Terahertz Cyclotron Emission from Two-Dimensional Dirac Fermions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Benhamou-Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastian Gebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Szoła</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Consejo</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sergey Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Symposium on Terahertz-Related Devices and Technologies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">48th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Montréal, Canada. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/irmmw-thz57677.2023.10298862⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04796286v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04304349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature dependance of Intrinsic Spin Orbit Coupling Gap in Graphene probed by Terahertz photoconductivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalid Dinar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Antonio Delgado-Notario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 48th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Montréal, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/irmmw-thz57677.2023.10299006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04304454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable Terahertz Cyclotron Emission from Two-Dimensional Dirac Fermions</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Landau emission from 2D Dirac fermions in HgTe QWs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10th International Symposium on Terahertz-Related Devices and Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Aizuwakamatsu, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04304349v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04796286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current-driven THz emission from AlGaN/GaN grating gate structures in the magnetic field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Sai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sakowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ruffenach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Krupko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 47th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Delft, France. pp.1-2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IRMMW-THz50927.2022.9896031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03824957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature-dependent low-frequency vibrational spectra of sodium magnesium chlorophyllin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Brouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Meriguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47th International conference on infrared, millimeter and terahertz waves (IRMMW-THZ 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Delft, France. pp.1-2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IRMMW-THz50927.2022.9895499⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03824965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terahertz Study of Wood Structure as Impacted by Grapevine Trunk Diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Meriguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Dyakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Buzatu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 44. International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Paris, France. pp.1-2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2019.8874276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02445112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millimeter and submillimeter range detector based on graphene ballistic rectifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. But</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wojciech Knap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 22nd International Microwave and Radar Conference (MIKON)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Poznan, Poland. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/MIKON.2018.8405293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01923897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terahertz InP DHBT-Based Detectors for Studies of Water Status of Sorghum Leaves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Diakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Meriguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 43rd International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Nagoya, Japan. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2018.8510443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01923924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terahertz detection and imaging with sensitive InP DHBTs for estimation of plant water status</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Diakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Nodjiadjim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Konczykowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th International Conference on the Physics of Semiconductors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01924169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphene ballistic rectifiers for THz detection and imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Auton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. But</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 43rd International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Nagoya, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01923604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectroscopy of temperature-driven single valley Dirac fermions in HgTe/CdHgTe quantum wells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. M. Kadykov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Desrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Marcinkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 43RD INTERNATIONAL CONFERENCE ON INFRARED, MILLIMETER, AND TERAHERTZ WAVES (IRMMW-THZ)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, 345 E 47TH ST, NEW YORK, NY 10017 USA, Unknown Region. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2018.8510039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03037689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Out-of-equilibrium carrier rectification of RF-waves in ballistic graphene four-terminals devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Auton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. But</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 20th International Conference on Electron Dynamics in Semiconductors, Optoelectronics and Nanostructures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, J. Bird, 2017, Buffalo, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02445081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hot carriers and THz cyclotron emission from Dirac-like fermions in bulk HgCdTe alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. But</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.V. Dyakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.V. Morozov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 20th International Conference on Electron Dynamics in Semiconductors, Optoelectronics and Nanostructures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, J. Bird, 2017, Buffalo, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02445076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Speed Room Temperature Terahertz Detectors Based on InP Double Heterojunction Bipolar Transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Nodjiadjim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Konczykowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Diakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FUNDAMENTAL AND APPLIED PROBLEMS OF TERAHERTZ DEVICES AND TECHNOLOGIES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Sendai, Japan. pp.1-9, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1142/S0129156416400115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01555388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing noise equivalent power in InP DHBT terahertz detector by biasing the collector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Dyakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. But</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 International Conference on Noise and Fluctuations (ICNF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Vilnius, Lithuania. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICNF.2017.7986010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01818746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convenient Graphene-Based Quantum Hall Resistance Standards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Brun-Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca Ribeiro-Palau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Kazazis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 Conference on Precision Electromagnetic Measurements (CPEM 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Ottawa, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CPEM.2016.7540650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03037516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of topological phase transition by terahertz photoconductivity in HgTe-based transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandr Kadykov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Marcinkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Viti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9281,4271 +9415,4271 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. S. Vitiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Conference on II-VI Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Paris, France. pp.534-537, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pssc.201510264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01417831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetospectroscopy of double HgTe/CdHgTe quantum wells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. S. Bovkun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. V. Ikonnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Ya. Aleshkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandr Kadykov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XX International Symposium “Nanophysics and Nanoelectronics”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Nizhny Novgorod, Russia. pp.1532-1538, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1134/S1063782616110063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01406356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Black Phosphorus and hybrid Van der Wall heterostructured Terahertz photodetectors</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">THz magnetospectroscopy of double HgTe quantum well</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Marcinkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Ruffenach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry But</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 41ST INTERNATIONAL CONFERENCE ON INFRARED, MILLIMETER, AND TERAHERTZ WAVES (IRMMW-THZ)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2016 41st International Conference on Infrared, Millimeter, and Terahertz waves (IRMMW-THz)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Copenhagen, Denmark. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2016.7758790⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01510409v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01932629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THz magnetospectroscopy of double HgTe quantum well</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Black Phosphorus and hybrid Van der Wall heterostructured Terahertz photodetectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Viti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Coquillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Politano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dmitry But</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 41st International Conference on Infrared, Millimeter, and Terahertz waves (IRMMW-THz)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2016 41ST INTERNATIONAL CONFERENCE ON INFRARED, MILLIMETER, AND TERAHERTZ WAVES (IRMMW-THZ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Copenhagen, Denmark</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01932629v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01510409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terahertz cyclotron emission from HgCdTe bulk films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry But</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey S. Krishtopenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Diakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandr Kadykov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 41st International Conference on Infrared, Millimeter, and Terahertz waves (IRMMW-THz)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Copenhagen, Denmark. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2016.7758889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01932679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">InP Double Heterojunction Bipolar Transistor for broadband terahertz detection and imaging systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Nodjiadjim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Konczykowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Diakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19TH INTERNATIONAL CONFERENCE ON ELECTRON DYNAMICS IN SEMICONDUCTORS, OPTOELECTRONICS AND NANOSTRUCTURES (EDISON' 19)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Salamanca, Spain. pp.UNSP 012036, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/647/1/012036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01249949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-trivial Berry phase in the Cd3As2 3D Dirac semimetal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Desrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Contreras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Marcinkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EDISON 19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Salamanca, Spain. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/647/1/012064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01932656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">InP Double Heterojunction Bipolar Transistor for detection above 1 THz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Nodjiadjim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Konczykowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Diakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 40TH INTERNATIONAL CONFERENCE ON INFRARED, MILLIMETER AND TERAHERTZ WAVES (IRMMW-THZ)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01336484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz studies of 2D and 3D topological transitions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+                <w:t xml:space="preserve">Terahertz excitations in HgTe-based field effect transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandr Kadykov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Desrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Viti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19TH INTERNATIONAL CONFERENCE ON ELECTRON DYNAMICS IN SEMICONDUCTORS, OPTOELECTRONICS AND NANOSTRUCTURES (EDISON' 19)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Salamanca, Spain. pp.UNSP 012037, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/647/1/012037⟩</w:t>
+              <w:t xml:space="preserve">, 2015, Salamanca, Spain. pp.UNSP 012009, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/647/1/012009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01249953v2</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01249955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz excitations in HgTe-based field effect transistors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Terahertz studies of 2D and 3D topological transitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Marcinkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Teppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Diakonova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Desrat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Viti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19TH INTERNATIONAL CONFERENCE ON ELECTRON DYNAMICS IN SEMICONDUCTORS, OPTOELECTRONICS AND NANOSTRUCTURES (EDISON' 19)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Salamanca, Spain. pp.UNSP 012009, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/647/1/012009⟩</w:t>
+              <w:t xml:space="preserve">, 2015, Salamanca, Spain. pp.UNSP 012037, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/647/1/012037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01249955v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01249953v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D printed flat optics and InP Heterojunction Bipolar Transistor based-detector for THz imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Suszek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Siemion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Nodjiadjim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Konczykowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 40TH INTERNATIONAL CONFERENCE ON INFRARED, MILLIMETER AND TERAHERTZ WAVES (IRMMW-THZ)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01336494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Admittance measurements in the quantum Hall effect regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chaubet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXII International Material Research Congress (IMRC 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Tetyana V Torchynska; Larysa Khomenkova; Georgiy Polupan; GennadiyBurlak, Aug 2013, Cancun, Mexico. pp.153-157</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01065652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sub-terahertz photoconductivity of Hg x Cd 1− x Te crystals with composition close to semiconductor-to-semimetal topological transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Diakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Desrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Ruffenach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infrared, Millimeter, and Terahertz waves (IRMMW-THz), 2014 39th International Conference on</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Tucson, United States. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01265668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AC-magnetotransport of a 2DEG in the quantum Hall regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chaubet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7TH INTERNATIONAL CONFERENCE ON LOW DIMENSIONAL STRUCTURES AND DEVICES: (LDSD 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Telchac, Mexico. pp.218, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4878312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01071270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz Rectification as Probe of quantum phenomena in Graphene</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Contribution of the gate leakage current to terahertz detection by Asymmetric Dual-Grating Gate HEMT structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Coquillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Kurita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Kobayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Teppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Diakonova</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Poumirol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Optical Terahertz Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Kyoto, Japan. pp.144</w:t>
+              <w:t xml:space="preserve">2013 38TH INTERNATIONAL CONFERENCE ON INFRARED, MILLIMETER, AND TERAHERTZ WAVES (IRMMW-THZ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Mainz, Germany. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00816650v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01126629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of the gate leakage current to terahertz detection by Asymmetric Dual-Grating Gate HEMT structures</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId268" w:history="1">
+                <w:t xml:space="preserve">Magnetospectroscopy of HgTe Based Topological Insulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Teppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksim Zholudev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milan Orlita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Diakonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 38TH INTERNATIONAL CONFERENCE ON INFRARED, MILLIMETER, AND TERAHERTZ WAVES (IRMMW-THZ)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Spintronics VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, San Diego, United States. pp.88130L, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2022854⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01126629v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00903619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetospectroscopy of HgTe Based Topological Insulators</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId268" w:history="1">
+                <w:t xml:space="preserve">Terahertz Rectification as Probe of quantum phenomena in Graphene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Coquillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Diakonova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Goiran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Poumirol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spintronics VI</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Workshop on Optical Terahertz Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Kyoto, Japan. pp.144</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00903619v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Room temperature generation of THz radiation in GaN quantum wells structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Penot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Nouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Varani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Photonic West</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, San Francisco, United States. pp.34-40, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2002504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01926284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">THz emission from 2DEG GaN device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Penot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Nouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Varani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Conference on Electron Dynamics in Semiconductors, Optoelectronics and Nanostructures (EDISON)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Matsue, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02454369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma Wave detectors for Terahertz Wireless Communication and Fast Imaging Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+                <w:t xml:space="preserve">Magnetospectroscopy of 2D HgTe Based Topological Insulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">L. Tohme</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksim Zholudev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Orlita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Consejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 37TH INTERNATIONAL CONFERENCE ON INFRARED, MILLIMETER, AND TERAHERTZ WAVES (IRMMW-THZ)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">'37th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Wollongong, Australia. pp 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2012.6380152⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00816950v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00843032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Almost free standing Graphene on SiC(000-1) and SiC(11-20)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoit Jouault</w:t>
+                <w:t xml:space="preserve">Plasma Wave detectors for Terahertz Wireless Communication and Fast Imaging Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Teppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Coquillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Diakonova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Tohme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HETEROSIC &amp; WASMPE 2011</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2012 37TH INTERNATIONAL CONFERENCE ON INFRARED, MILLIMETER, AND TERAHERTZ WAVES (IRMMW-THZ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Wollongong, NSW, Australia. pp.1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03037523v1</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetospectroscopy of 2D HgTe Based Topological Insulators</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Almost free standing Graphene on SiC(000-1) and SiC(11-20)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Jabakhanji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Camara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Caboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. Torres</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">'37th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz),</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2012.6380152⟩</w:t>
+              <w:t xml:space="preserve">HETEROSIC &amp; WASMPE 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, KREUZSTRASSE 10, 8635 DURNTEN-ZURICH, Switzerland. pp.235+, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.711.235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00843032v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03037523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weak localization and universal conductance fluctuations on epitaxial graphene grown on the C-face of 8 degrees off-axis 4H-SiC substrates</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Terahertz Photovoltaic Response of Si-MOSFETs: Spin Related Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadley Videlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Diakonova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Teppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Chenaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADVANCES IN INNOVATIVE MATERIALS AND APPLICATIONS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.324.269⟩</w:t>
+              <w:t xml:space="preserve">40th "Jaszowiec" International School and Conference on the Physics of Semiconductors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Krynica-Zdrój, Poland. pp.927-929, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12693/APhysPolA.120.927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03037526v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01922878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz Photovoltaic Response of Si-MOSFETs: Spin Related Effect</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+                <w:t xml:space="preserve">Terahertz Detection of Quantum Cascade Laser Emission by Plasma Waves in Field Effect Transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Chenaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Solignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40th "Jaszowiec" International School and Conference on the Physics of Semiconductors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.12693/APhysPolA.120.927⟩</w:t>
+              <w:t xml:space="preserve">40th Jaszowiec International School and Conference on the Physics of Semiconductors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Krynica-Zdroj, Poland. pp.930-932, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12693/APhysPolA.120.930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922878v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00767829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz Detection of Quantum Cascade Laser Emission by Plasma Waves in Field Effect Transistors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+                <w:t xml:space="preserve">Terahertz Detection by Field Effect Transistors for Security Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wojciech Knap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Chenaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Torres</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Solignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40th Jaszowiec International School and Conference on the Physics of Semiconductors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.12693/APhysPolA.120.930⟩</w:t>
+              <w:t xml:space="preserve">TERAHERTZ PHYSICS, DEVICES, AND SYSTEMS V: ADVANCE APPLICATIONS IN INDUSTRY AND DEFENSE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Orlando, United States. pp.802307, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.883661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00767829v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00638519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz Detection by Field Effect Transistors for Security Imaging</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Weak localization and universal conductance fluctuations on epitaxial graphene grown on the C-face of 8 degrees off-axis 4H-SiC substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Jabakhanji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Camara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Jouault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TERAHERTZ PHYSICS, DEVICES, AND SYSTEMS V: ADVANCE APPLICATIONS IN INDUSTRY AND DEFENSE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.883661⟩</w:t>
+              <w:t xml:space="preserve">ADVANCES IN INNOVATIVE MATERIALS AND APPLICATIONS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, KREUZSTRASSE 10, 8635 DURNTEN-ZURICH, Switzerland. pp.269+, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.324.269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00638519v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03037526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terahertz Detection of quantum cascade laser emission by plasma waves in Nano-transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Chenaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Teppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Solignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International TeraNano &amp;GDRI Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Osaka, Japan. pp.28P-05</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00814909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a determination of R-K at LNE with a new Thompson-Lampard calculable capacitor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Lahousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CONFERENCE ON PRECISION ELECTROMAGNETIC MEASUREMENTS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Broomfield, France. pp.416</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00386045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a determination of RK in term of the new LNE calculable cross capacitor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Lahousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Simposio de Metrologia 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Santiago de Querétaro, Mexico. pp.1142-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00386041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new apparatus for cylindricity measurement with uncertainty less than 25 nm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bounouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Cuq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for Precision Engineering and Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Bremen, Germany. pp.113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00386049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of the dissociated metrological structure for the cylindricity measurement of calculable cross-capacitor electrodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bounouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Lacueille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CONFERENCE ON PRECISION ELECTROMAGNETIC MEASUREMENTS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Turin, Italy. pp.542</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00386052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High temperature electrical investigations of (AI,Ga)N/GaN heterostructures - Hall sensor applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Contreras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leszek Konczewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lorenzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Workshop on Expert Evaluation and Control of Compound Semiconductor Materials and Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2004, Montpellier (FRANCE), France. pp.1438-1443</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00543735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilute aluminum concentration in 4H-SiC : from SIMS to LTPL measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Juillaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zielinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Balloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Sartel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conferece on Silicon Carbide and Related Materials 2003 (ICSCRM 2003)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2003, Lyon (FRANCE), France. pp.775-778</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00543756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High pressure study of the electrical transport phenomena in AlGaN/GaN heterostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Consejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leszek Konczewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Contreras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lepkowsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conference on High Pressures in Semiconductor Physics (HPSP-X)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2002, GUILDFORD (ENGLAND), France. pp.232-237</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00544457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId376"/>
+      <w:footerReference w:type="default" r:id="rId381"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13692,51 +13826,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069730v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Dinar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Delgado-Notario" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bray" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Maussang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Perez-Martin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.23.044043" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787863v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Chen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria D&#8217;antuono" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Trama" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Preziosi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jouault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202410354" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04724772v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hild" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M&#246;nch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Golub" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dmitriev" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Yahniuk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.125303" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881971v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Benlemqwanssa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Krishtopenko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Meyer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Wolf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.22.064059" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304313v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Benhamou-Bui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Consejo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Szo&#322;a" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0168578" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940773v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gebert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Consejo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Krishtopenko" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruffenach" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Szola" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-022-01129-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144576v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivanovitch Castillo Arvelo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Sohier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Paillet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek Cakiroglu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/acd3f7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925414v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.245141" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887746v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Indykiewicz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Teppe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Danilov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0117818" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939599v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Avogadri" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastian Gebert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevresearch.4.l042042" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351532v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid S Bovkun" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton V. Ikonnikov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir y Aleshkin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksim Zholudev" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0021364020200059" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919868v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mantion" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey S. Krishtopenko" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ruffenach" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.075302" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919862v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Kadykov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.041404" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324517v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro But" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mittendorff" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Teppe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Mikhailov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-019-0496-1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072785v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Desrat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Spirin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.121405" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302388v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Yahniuk" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Grabecki" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41535-019-0154-3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157723v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Gonzalez-Posada" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Desrat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0021364019020085" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072773v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A Fadeev" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Marcinkiewicz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/condmat4010027" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827025v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. A. Piot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Orlita" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.245203" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740166v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Knap" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.086401" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862289v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gonzalez-Posada" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boissier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marcinkiewicz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.245419" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523220v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Ikonnikov" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. V. Maremyanin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. S. Bovkun" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. E. Spirin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063782617010109" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830516v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0021364017230102" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710499v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Anton" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro B. But" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiawei Zhang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernie Hill" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Coquillat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.7b03625" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583239v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.035405" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523131v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. V. Rumyantsev" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Torres" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4977781" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358769v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr M. Kadykov" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4955018" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391282v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Teppe" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms12576" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939530v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Couturaud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kazazis" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.237702" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037518v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lafont" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ribeiro-Palau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Michon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms7806" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237406v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Viti" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Vitiello" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4932943" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200644v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. V. Morozov" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0021364014240175" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01615243v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brun-Picard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nnano.2015.192" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102798v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Prystawko" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Nowakowska-Siwinska" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Perlin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2014.2340436" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065647v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Hernandez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Degiovanni" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chaubet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4869796" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200760v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Jabakhanji" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Portail" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.085422" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636434v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Penot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nouvel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Varani" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3952/physics.v54i1.2848" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037519v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jabakhanji" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Camara" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Godignon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/47/9/094009" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037520v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caboni" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3680564" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767162v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zholudev" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Torres" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.205420" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666145v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Camara" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Caboni" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tiberj" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-6-141" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789103v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Lastovkin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/26/12/125011" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-WH8L54ZM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037524v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.195417" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550842v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boubanga-Tombet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Teppe" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Moutaouakil" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coquillat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3529464" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543281v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3480610" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548568v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.A. Klimenko" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.A. Mityagin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Videlier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.V. Dyakonova" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3462072" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545623v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Klimenko" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu. Mityagin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadley Videlier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dyakonova" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543285v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.085438" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386003v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thevenot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lahousse" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piquemal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie David" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015785v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#225;bor Moln&#225;r" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Goiran" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Bousseksou" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0277-5387(03)00293-6" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XH0DF7KD-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037546v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Consejo" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Konczewicz" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Contreras" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lepkowsky" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.200301562" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6QTKKB15-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015706v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Boukheddaden" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Boillot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.65.172412" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796300v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796286v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304454v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/irmmw-thz57677.2023.10299006" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304349v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/irmmw-thz57677.2023.10298862" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824957v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sai" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sakowicz" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Krupko" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9896031" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824965v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma O'Connor" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brouillet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Meriguet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9895499" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445112v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Meriguet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Buzatu" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2019.8874276" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923897v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. But" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/MIKON.2018.8405293" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923924v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Diakonova" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2018.8510443" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924169v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nodjiadjim" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Konczykowska" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923604v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Auton" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhang" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hill" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037689v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Kadykov" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2018.8510039" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445081v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445076v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.V. Morozov" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555388v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129156416400115" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818746v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNF.2017.7986010" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037516v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Brun-Picard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Ribeiro-Palau" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lafont" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kazazis" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Michon" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CPEM.2016.7540650" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417831v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201510264" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7N6Z602L-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406356v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ya. Aleshkin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063782616110063" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510409v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Viti" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Hu" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Politano" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932629v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry But" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2016.7758790" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932679v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2016.7758889" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249949v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/647/1/012036" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932656v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Contreras" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/647/1/012064" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336484v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249953v2" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/647/1/012037" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249955v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/647/1/012009" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336494v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Suszek" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Siemion" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065652v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265668v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071270v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4878312" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816650v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ribeiro" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Poumirol" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126629v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kurita" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kobayashi" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903619v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Orlita" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2022854" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926284v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Varani" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2002504" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454369v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816950v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tohme" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037523v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.711.235" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843032v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2012.6380152" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037526v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.324.269" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922878v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Chenaud" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12693/APhysPolA.120.927" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767829v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Solignac" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12693/APhysPolA.120.930" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638519v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.883661" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814909v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386045v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386041v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Leleu" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386049v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bounouh" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Cuq" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386052v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lacueille" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543735v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leszek Konczewicz" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lorenzini" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cordier" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543756v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Juillaguet" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zielinski" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Balloud" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sartel" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544457v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lepkowsky" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554597v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Benhamou-Bui" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Consejo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Krishtopenko" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruffenach" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bray" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/7rcf-fd3g" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069730v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Dinar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Delgado-Notario" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bray" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Maussang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Perez-Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.23.044043" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787863v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Chen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria D&#8217;antuono" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Trama" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Preziosi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jouault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202410354" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04724772v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hild" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M&#246;nch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Golub" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dmitriev" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Yahniuk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.125303" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881971v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Benlemqwanssa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Krishtopenko" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Meyer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Wolf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.22.064059" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304313v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Benhamou-Bui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Consejo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Szo&#322;a" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0168578" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940773v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gebert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Krishtopenko" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Szola" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-022-01129-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144576v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivanovitch Castillo Arvelo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Sohier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Paillet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek Cakiroglu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/acd3f7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925414v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.245141" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887746v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Indykiewicz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Teppe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Danilov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0117818" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939599v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Avogadri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastian Gebert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevresearch.4.l042042" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919868v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mantion" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey S. Krishtopenko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ruffenach" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.075302" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351532v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid S Bovkun" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton V. Ikonnikov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir y Aleshkin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksim Zholudev" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0021364020200059" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919862v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Kadykov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.041404" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324517v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro But" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mittendorff" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Teppe" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Mikhailov" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-019-0496-1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302388v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Yahniuk" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Grabecki" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41535-019-0154-3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072785v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Desrat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Spirin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.121405" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157723v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Gonzalez-Posada" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Desrat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0021364019020085" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072773v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A Fadeev" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Marcinkiewicz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/condmat4010027" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827025v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. A. Piot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Orlita" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.245203" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862289v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gonzalez-Posada" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boissier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marcinkiewicz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.245419" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740166v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Knap" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.086401" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830516v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. S. Bovkun" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Ikonnikov" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0021364017230102" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523220v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. V. Maremyanin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. E. Spirin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063782617010109" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710499v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Anton" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro B. But" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiawei Zhang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernie Hill" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Coquillat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.7b03625" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583239v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.035405" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523131v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. V. Rumyantsev" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Torres" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4977781" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358769v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr M. Kadykov" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4955018" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391282v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Teppe" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms12576" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939530v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yang" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Couturaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kazazis" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.237702" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237406v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Viti" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Vitiello" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4932943" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037518v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lafont" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ribeiro-Palau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Michon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms7806" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200644v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. V. Morozov" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0021364014240175" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01615243v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brun-Picard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nnano.2015.192" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102798v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Prystawko" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Nowakowska-Siwinska" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Perlin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2014.2340436" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200760v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Jabakhanji" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Portail" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.085422" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065647v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Hernandez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Degiovanni" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chaubet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4869796" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037519v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jabakhanji" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Camara" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Godignon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/47/9/094009" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636434v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Penot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nouvel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Varani" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3952/physics.v54i1.2848" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767162v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zholudev" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Torres" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.205420" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037520v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caboni" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3680564" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666145v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Camara" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Caboni" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tiberj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-6-141" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037524v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.195417" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789103v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Lastovkin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/26/12/125011" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-WH8L54ZM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543281v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3480610" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548568v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.A. Klimenko" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.A. Mityagin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Videlier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Teppe" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.V. Dyakonova" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3462072" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550842v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boubanga-Tombet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Moutaouakil" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coquillat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3529464" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545623v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Klimenko" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu. Mityagin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadley Videlier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dyakonova" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543285v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.085438" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386003v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thevenot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lahousse" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piquemal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie David" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015785v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#225;bor Moln&#225;r" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Goiran" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Bousseksou" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0277-5387(03)00293-6" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XH0DF7KD-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037546v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Consejo" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Konczewicz" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Contreras" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lepkowsky" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.200301562" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6QTKKB15-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015706v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Boukheddaden" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Boillot" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.65.172412" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796300v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304349v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/irmmw-thz57677.2023.10298862" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304454v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/irmmw-thz57677.2023.10299006" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796286v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824957v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sai" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sakowicz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Krupko" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9896031" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824965v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma O'Connor" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brouillet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Meriguet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9895499" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445112v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Meriguet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Buzatu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2019.8874276" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923897v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. But" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/MIKON.2018.8405293" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923924v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Diakonova" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2018.8510443" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924169v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nodjiadjim" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Konczykowska" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923604v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Auton" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhang" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hill" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037689v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Kadykov" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2018.8510039" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445081v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445076v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.V. Morozov" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555388v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blin" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129156416400115" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818746v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNF.2017.7986010" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037516v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Brun-Picard" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Ribeiro-Palau" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lafont" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kazazis" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Michon" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CPEM.2016.7540650" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417831v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201510264" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7N6Z602L-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406356v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ya. Aleshkin" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063782616110063" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932629v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry But" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2016.7758790" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510409v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Viti" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Hu" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Politano" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932679v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2016.7758889" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249949v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/647/1/012036" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932656v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Contreras" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/647/1/012064" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336484v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249955v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/647/1/012009" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249953v2" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/647/1/012037" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336494v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Suszek" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Siemion" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065652v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265668v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071270v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4878312" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126629v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kurita" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kobayashi" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903619v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Orlita" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2022854" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816650v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ribeiro" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Poumirol" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926284v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Varani" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2002504" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454369v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843032v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2012.6380152" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816950v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tohme" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037523v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.711.235" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922878v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Chenaud" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12693/APhysPolA.120.927" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767829v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Solignac" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12693/APhysPolA.120.930" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638519v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.883661" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037526v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.324.269" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814909v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386045v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386041v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Leleu" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386049v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bounouh" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Cuq" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386052v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lacueille" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543735v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leszek Konczewicz" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lorenzini" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cordier" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543756v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Juillaguet" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zielinski" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Balloud" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sartel" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544457v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lepkowsky" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>