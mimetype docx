--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -873,51 +873,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratique du thème grec : un outil pour saisir et maîtriser la syntaxe de l’éventuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Cusset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">revue de pédagogie des langues anciennes</w:t>
+              <w:t xml:space="preserve">Revue de pédagogie des langues anciennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 1, pp.45-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -5049,173 +5049,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00433776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La mise en place de l'intrigue dans le &amp;quot;Bouclier&amp;quot; de Ménandre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cusset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Garelli-François, Marie-Hélène;. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intrigue et représentation dans le théâtre sanskrit et le théâtre gréco-romain : colloque, Toulouse, 25-26 janvier 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de recherches appliquées au théâtre antique Université de Toulouse le Mirail, pp.95-106, 2004, Collection Les Travaux du CRATA</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00433775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le Cyclope de Théocrite entre la force brute et le feu de la création</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Cusset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Foulon, Eric;. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Connaissance et représentations des volcans dans l'Antiquité : actes du colloque de Clermont-Ferrand, Université Blaise Pascal, 19-20 septembre 2002</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.49-56, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00433774v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-00433775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6639,51 +6639,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0F87EFD8"/>
+    <w:nsid w:val="E22578D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6870,51 +6870,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-cusset" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-8654-5690" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/035262486" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/9986506" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000083561161" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493086v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Berthier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaine Chemmachery" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cusset" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duriau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Islert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004238v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Pi&#224;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gweltaz Guyomarc&#8217;h" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aubert-Baillot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aitia.9170" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054899v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre No&#235;l" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493049v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810315v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810355v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810331v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810362v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aitia.8783" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810360v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aitia.8614" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810314v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aitia.6247" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800190v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille R&#233;mond" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aitia.8689" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810358v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aitia.8531" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03853491v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Prioux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03853471v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03853485v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433791v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433790v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433789v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433787v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433788v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433786v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02083667v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsehess.2101" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433785v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05161148v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05161147v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810346v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810351v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810340v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810349v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810350v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810353v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810337v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810335v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810342v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810338v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810318v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/11x7l" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767770v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810430v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810440v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810426v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810410v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810413v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810464v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Demouchy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810450v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04076406v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vieilleville" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.2252" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00434417v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810365v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810364v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878247v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chauvin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810333v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136579v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Benchikh-Lehocine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peeters-leuven.be/detail.php?id=8210" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810518v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810325v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810478v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810320v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810323v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810321v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433779v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433778v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433777v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433776v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433774v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433775v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838921v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Fayant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810494v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02565921v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Kossaifi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Poignault" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02565177v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidou Richer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://centrejeanberard.cnrs.fr" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pcjb.6513" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883847v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Faure" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433764v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433784v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Salamon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433783v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Frangoulis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433773v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Weber" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duprat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Cunin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Giboux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433782v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Breuil" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garambois-Vasquez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433781v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433772v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433780v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528909v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Bastin-Hammou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810505v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boehm" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Morel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810509v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-cusset" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-8654-5690" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/035262486" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/9986506" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000083561161" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493086v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Berthier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaine Chemmachery" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cusset" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duriau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Islert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004238v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Pi&#224;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gweltaz Guyomarc&#8217;h" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aubert-Baillot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aitia.9170" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054899v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre No&#235;l" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493049v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810315v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810355v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810331v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810362v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aitia.8783" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810360v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aitia.8614" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810314v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aitia.6247" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800190v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille R&#233;mond" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aitia.8689" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810358v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aitia.8531" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03853491v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Prioux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03853471v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03853485v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433791v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433790v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433789v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433787v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433788v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433786v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02083667v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsehess.2101" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433785v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05161148v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05161147v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810346v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810351v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810340v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810349v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810350v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810353v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810337v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810335v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810342v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810338v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810318v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/11x7l" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767770v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810430v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810440v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810426v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810410v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810413v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810464v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Demouchy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810450v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04076406v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vieilleville" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.2252" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00434417v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810365v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810364v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878247v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chauvin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810333v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136579v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Benchikh-Lehocine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peeters-leuven.be/detail.php?id=8210" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810518v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810325v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810478v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810320v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810323v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810321v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433779v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433778v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433777v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433776v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433775v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433774v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838921v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Fayant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810494v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02565921v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Kossaifi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Poignault" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02565177v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidou Richer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://centrejeanberard.cnrs.fr" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pcjb.6513" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883847v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Faure" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433764v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433784v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Salamon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433783v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Frangoulis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433773v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Weber" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duprat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Cunin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Giboux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433782v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Breuil" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garambois-Vasquez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433781v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433772v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433780v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528909v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Bastin-Hammou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810505v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Boehm" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Morel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810509v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>