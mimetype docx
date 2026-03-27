--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -636,204 +636,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04435177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilité urbaine multimodale</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Sanlaville</w:t>
+                <w:t xml:space="preserve">L'évolution des réseaux urbains : une composante à part entière de la mobilité urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de la logistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 4, pp.11-25</w:t>
+              <w:t xml:space="preserve">, 2023, 4, pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04362986v1</w:t>
+                <w:t xml:space="preserve">hal-04362981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'évolution des réseaux urbains : une composante à part entière de la mobilité urbaine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+                <w:t xml:space="preserve">Mobilité urbaine multimodale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Penz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sanlaville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de la logistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 4, pp.1-10</w:t>
+              <w:t xml:space="preserve">, 2023, 4, pp.11-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04362981v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04362986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le problème de transport de personnes avec flotte publique, flotte privée et possibilité de covoiturage</w:t>
               </w:r>
@@ -1441,261 +1441,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02293250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods for solving road network problems with disruptions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A MILP-based VND for the min-max regret Shortest Path Tree Problem with interval costs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iago Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Noronha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chistophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz F.M. Vieira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Notes in Discrete Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 64, pp.175-184. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.endm.2018.01.019⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 66, pp.39-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.endm.2018.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02196339v1</w:t>
+                <w:t xml:space="preserve">hal-02196337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A MILP-based VND for the min-max regret Shortest Path Tree Problem with interval costs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Methods for solving road network problems with disruptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yipeng Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Luiz F.M. Vieira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Notes in Discrete Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 66, pp.39-46. </w:t>
+              <w:t xml:space="preserve">, 2018, 64, pp.175-184. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.endm.2018.03.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.endm.2018.01.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02196337v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02196339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A column generation approach for the strong network orientation problem</w:t>
               </w:r>
@@ -2155,377 +2155,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02196346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An efficient heuristic for scheduling on identical parallel machines to minimize total tardiness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Vincent</w:t>
+                <w:t xml:space="preserve">A Scenario Based Heuristic for the Robust Shortest Path Tree Problem**This work was partially supported by CNPq, CAPES, and FAPEMIG.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iago Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Noronha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">N. Tchernev</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz F.M. Vieira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 49 (12), pp.1737-1742. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.833⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 49 (12), pp.443-448. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.649⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02196344v1</w:t>
+                <w:t xml:space="preserve">hal-02196343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heuristics for designing multi-sink clustered WSN topologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+                <w:t xml:space="preserve">An efficient heuristic for scheduling on identical parallel machines to minimize total tardiness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lorena Silva Belisário</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Tchernev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engappai.2015.12.008⟩</w:t>
+              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49 (12), pp.1737-1742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02196347v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02196344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Scenario Based Heuristic for the Robust Shortest Path Tree Problem**This work was partially supported by CNPq, CAPES, and FAPEMIG.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thiago Noronha</w:t>
+                <w:t xml:space="preserve">Heuristics for designing multi-sink clustered WSN topologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Luiz F.M. Vieira</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Silva Belisário</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 50, pp.20-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engappai.2015.12.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.649⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02196343v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02196347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A GRASP×ELS for the vehicle routing problem with basic three-dimensional loading constraints</w:t>
               </w:r>
@@ -2738,402 +2738,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02196568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Models and hybrid methods for the onshore wells maintenance problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Variable Neighborhood Descent with Iterated Local Search for Routing and Wavelength Assignment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mahey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Guedes</w:t>
+                <w:t xml:space="preserve">Rodney R Saldanha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio C de Souza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Operations Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 39, pp.2944--2953. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cor.2012.02.026⟩</w:t>
+              <w:t xml:space="preserve">, 2012, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cor.2011.10.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02196565v1</w:t>
+                <w:t xml:space="preserve">hal-01653480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategies for designing energy-efficient clusters-based WSN topologies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Models and hybrid methods for the onshore wells maintenance problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Guedes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Heuristics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 18, pp.657--675. </w:t>
+              <w:t xml:space="preserve">Computers and Operations Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 39, pp.2944--2953. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10732-012-9202-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cor.2012.02.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02196567v1</w:t>
+                <w:t xml:space="preserve">hal-02196565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variable Neighborhood Descent with Iterated Local Search for Routing and Wavelength Assignment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Martins</w:t>
+                <w:t xml:space="preserve">Strategies for designing energy-efficient clusters-based WSN topologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodney R Saldanha</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mauricio C de Souza</w:t>
+                <w:t xml:space="preserve">Lorena Belisário</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Guedes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Operations Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Heuristics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 18, pp.657--675. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10732-012-9202-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cor.2011.10.022⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01653480v1</w:t>
+                <w:t xml:space="preserve">hal-02196567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A hybrid evolutionary local search with depth first search split procedure for the heterogeonous vehicle routing problems</w:t>
               </w:r>
@@ -3229,800 +3229,800 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02081910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient frameworks for greedy split and new depth first search split procedures for routing problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A multi-start evolutionary local search for the two-dimensional loading capacitated vehicle routing problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Prodhon</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Operations Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 38, pp.723--739. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cor.2010.09.010⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 38 (3), pp.617 - 640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cor.2010.08.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02196570v1</w:t>
+                <w:t xml:space="preserve">hal-01708170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-start evolutionary local search for the two-dimensional loading capacitated vehicle routing problem</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient frameworks for greedy split and new depth first search split procedures for routing problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Quilliot</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Prodhon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Operations Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 38 (3), pp.617 - 640. </w:t>
+              <w:t xml:space="preserve">, 2011, 38, pp.723--739. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cor.2010.08.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cor.2010.09.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01708170v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02196570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A GRASP×ELS approach for the capacitated location-routing problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">k-Splittable delay constrained routing problem: A branch-and-price approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Truffot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Caroline Prodhon</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mahey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Operations Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 55, pp.33--45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/net.20311⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02081913v1</w:t>
+                <w:t xml:space="preserve">hal-02090302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">k-Splittable delay constrained routing problem: A branch-and-price approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A GRASP×ELS approach for the capacitated location-routing problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Mahey</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Prins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Prodhon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Networks</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computers and Operations Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 37 (11), pp.1912-1923</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02090302v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02081913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal solutions for fault-tolerant topology control in wireless ad hoc networks</w:t>
+                <w:t xml:space="preserve">Aggregation Approach for the Minimum Binary Cost Tension Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renato Moraes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Celso Ribeiro</w:t>
+                <w:t xml:space="preserve">Bruno Bachelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Wireless Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TWC.2009.12.081566⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 197 (2), pp.837-841. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejor.2008.07.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02196571v1</w:t>
+                <w:t xml:space="preserve">hal-01703322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aggregation Approach for the Minimum Binary Cost Tension Problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Heuristics for Designing Energy-efficient Wireless Sensor Network Topologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha Bendali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Bachelet</w:t>
+                <w:t xml:space="preserve">Jean Mailfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kean-Mean Hou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4 (6), pp.436-444</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01703322v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02082851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heuristics for Designing Energy-efficient Wireless Sensor Network Topologies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimal solutions for fault-tolerant topology control in wireless ad hoc networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatiha Bendali</w:t>
+                <w:t xml:space="preserve">Renato Moraes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Mailfert</w:t>
+                <w:t xml:space="preserve">Celso Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kean-Mean Hou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Networks</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Wireless Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 8, pp.5970--5981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TWC.2009.12.081566⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02082851v1</w:t>
+                <w:t xml:space="preserve">hal-02196571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Models and heuristics for a minimum arborescence problem</w:t>
               </w:r>
@@ -4137,51 +4137,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Branch and Price Algorithm for the k-splittable Maximum Flow Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Truffot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4531,156 +4531,156 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02196574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (56)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (57)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimisation du nombre de navettes dans le DARP multi-modal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Minimizing the number of vehicles for the Integrated Dial-a-Ride Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Penz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Sanlaville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2025, Champs Sur Marne, France</w:t>
+              <w:t xml:space="preserve">VeRoLog 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Trento, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05413790v1</w:t>
+                <w:t xml:space="preserve">hal-05563549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing post-disaster debris removal: bridging strategic planning and operational routing</w:t>
               </w:r>
@@ -4755,354 +4755,341 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05129994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drone fleet management for searching post-disaster victims</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Minimisation du nombre de navettes dans le DARP multi-modal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Penz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Sanlaville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 23rd Conference of the International Federation of Operational Research Societies (IFORS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Santiago (Chile), Chile</w:t>
+              <w:t xml:space="preserve">ROADEF 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Champs Sur Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04953369v1</w:t>
+                <w:t xml:space="preserve">hal-05413790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solution initiale d'un système de transport à la demande intégrant les transports en commun</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Drone fleet management for searching post-disaster victims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Éric Sanlaville</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadeu Almeida Coco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2023 24ème congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">The 23rd Conference of the International Federation of Operational Research Societies (IFORS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Santiago (Chile), Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04316023v1</w:t>
+                <w:t xml:space="preserve">hal-04953369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debris recycling in post-disaster management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Solution initiale d'un système de transport à la demande intégrant les transports en commun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Penz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Camelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stefan Balev</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Sanlaville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd European Conference on Operational Research (EURO 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Espoo, Finland</w:t>
+              <w:t xml:space="preserve">ROADEF 2023 24ème congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03713995v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04316023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collection and sorting management phase of an industrial site after disaster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Combaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5131,194 +5118,194 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd European Conference on Operational Research (EURO 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Espoo, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03713966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Model for Scheduling a Fleet of Autonomous Electric Agricultural Robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateus Vilela Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bachelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Noronha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LIV Brazilian Symposium of Operational Research (SBPO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Juiz de Fora, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03984058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The probabilistic drone routing problem applied to large-scale disasters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amadeu Almeida Coco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5347,73 +5334,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd European Conference on Operational Research (EURO 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Espoo, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03713972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Searching victims in post-disaster areas: A decentralized approach for the Drone Swarms Routing Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheus Nohra Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5422,430 +5409,430 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd European Conference on Operational Research (EURO 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Espoo, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03713981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online Scheduling with Time Windows of Agricultural Robots</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Debris recycling in post-disaster management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Autuori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Balev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22ème congrès de la société française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">32nd European Conference on Operational Research (EURO 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Espoo, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03221259v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03713995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Genetic Algorithm for the Dial-A-Ride Problem with private vehicles and privacy settings</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lacomme</w:t>
+                <w:t xml:space="preserve">Online Scheduling with Time Windows of Agricultural Robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateus Vilela Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bachelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago F. Noronha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Le Havre, France</w:t>
+              <w:t xml:space="preserve">22ème congrès de la société française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02082039v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03221259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling a Dial-A-Ride Problem with private vehicles</w:t>
+                <w:t xml:space="preserve">A Genetic Algorithm for the Dial-A-Ride Problem with private vehicles and privacy settings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Brevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manuel Iori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congres ROADEF 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Lorient, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02082040v1</w:t>
+                <w:t xml:space="preserve">hal-02082039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An ELS for the Dial-A-Ride Problem with private vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Brevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5874,73 +5861,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès ROADEF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Lorient, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02082041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the field hospitals location problem after natural disasters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5956,2895 +5943,2895 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th European Conference on Operations Research (EURO 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02292107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing disruptions in urban road networks for real contexts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+                <w:t xml:space="preserve">Modelling a Dial-A-Ride Problem with private vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Iori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th INFORMS Transportation Science and Logistics Society Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Hong Kong, China</w:t>
+              <w:t xml:space="preserve">Congres ROADEF 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Lorient, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02292110v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02082040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing the scheduling problem for planned disruption on urban road networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amadeu Almeida Coco</w:t>
+                <w:t xml:space="preserve">Managing disruptions in urban road networks for real contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yipeng Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23th International Congress of Mathematical Optimization (ISMP 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">6th INFORMS Transportation Science and Logistics Society Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02292123v1</w:t>
+                <w:t xml:space="preserve">hal-02292110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing predictable and unpredictable disruptions on road networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yipeng Huang</w:t>
+                <w:t xml:space="preserve">Addressing the scheduling problem for planned disruption on urban road networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadeu Almeida Coco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Intelligent Transportation Engineering and Smart City (ITESC 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Guilin, China</w:t>
+              <w:t xml:space="preserve">23th International Congress of Mathematical Optimization (ISMP 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02301690v1</w:t>
+                <w:t xml:space="preserve">hal-02292123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heuristics for the bi-objective unidirectional road network design problem with disruptions</w:t>
+                <w:t xml:space="preserve">Managing predictable and unpredictable disruptions on road networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yipeng Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual workshop of the EURO working group on Vehicle Routing and Logistics optimization (VeRoLog 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Nantes, France</w:t>
+              <w:t xml:space="preserve">International Conference on Intelligent Transportation Engineering and Smart City (ITESC 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Guilin, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02292145v1</w:t>
+                <w:t xml:space="preserve">hal-02301690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal traffic Deviation System</w:t>
+                <w:t xml:space="preserve">Heuristics for the bi-objective unidirectional road network design problem with disruptions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yipeng Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRAVISIONS 2016 (Young Researcher Competition)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">Annual workshop of the EURO working group on Vehicle Routing and Logistics optimization (VeRoLog 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02301943v1</w:t>
+                <w:t xml:space="preserve">hal-02292145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A decomposition-based heuristic for post-disaster relief distribution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal traffic Deviation System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yipeng Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Operational Research Society Institute for Operations Research and the Management Sciences (CORS-INFORMS 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">TRAVISIONS 2016 (Young Researcher Competition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02292179v1</w:t>
+                <w:t xml:space="preserve">hal-02301943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estratégia bi-critério para um problema de escalabilidade em computação nas nuvens</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A decomposition-based heuristic for post-disaster relief distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Brasil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XLVII Brazilian Symposium of Operational Research (SBPO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Porto de Galinhas, Brazil. pp.360-371</w:t>
+              <w:t xml:space="preserve">Canadian Operational Research Society Institute for Operations Research and the Management Sciences (CORS-INFORMS 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01704248v1</w:t>
+                <w:t xml:space="preserve">hal-02292179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A decomposition-based heuristic for optimizing post-disaster relief</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estratégia bi-critério para um problema de escalabilidade em computação nas nuvens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Túlio Reis Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui Sá Shibasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bachelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Brasil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th Conference of the International Federation of Operational Research Societies (IFORS 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Bacelona, Spain</w:t>
+              <w:t xml:space="preserve">XLVII Brazilian Symposium of Operational Research (SBPO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Porto de Galinhas, Brazil. pp.360-371</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02292210v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01704248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SHORTEST PATH RESOLUTION USING HADOOP</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Libo Ren</w:t>
+                <w:t xml:space="preserve">O problema do caminho mais curto com penalidades estocásticas e restrições nos tempos de trajeto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOSIM 2014, 10ème Conférence Francophone de Modélisation, Optimisation et Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t>
+              <w:t xml:space="preserve">I workshop de Otimização sob dados Incertos (OSI 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Belo Horizonte, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01166678v1</w:t>
+                <w:t xml:space="preserve">hal-02292185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O problema do caminho mais curto com penalidades estocásticas e restrições nos tempos de trajeto</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estratégias de otimização robusta com budget de incertezas para o problema dos anéis sonets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I workshop de Otimização sob dados Incertos (OSI 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Belo Horizonte, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02292185v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estratégias de otimização robusta com budget de incertezas para o problema dos anéis sonets</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+                <w:t xml:space="preserve">SHORTEST PATH RESOLUTION USING HADOOP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabeur Aridhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libo Ren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I workshop de Otimização sob dados Incertos (OSI 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Belo Horizonte, Brazil</w:t>
+              <w:t xml:space="preserve">MOSIM 2014, 10ème Conférence Francophone de Modélisation, Optimisation et Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02292205v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01166678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constrained shortest path problem with stochastic costs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A decomposition-based heuristic for optimizing post-disaster relief</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Vidal</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Brasil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Computational Management Science (CMS 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">20th Conference of the International Federation of Operational Research Societies (IFORS 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Bacelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02292213v1</w:t>
+                <w:t xml:space="preserve">hal-02292210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A column generation-based heuristic for the Job-Shop</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimisation algorithms for microarray biclustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hasan Murat Afsar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e congrès annuel de la Société française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">35th Annual International Conference of the IEEE Engineering in Medicine and Biology Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Osaka, Japan. pp.592--595, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EMBC.2013.6609569⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02082052v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02196564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An optimization model for the post-disaster response in terms of system resilience</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Optimized Data Management for E-Learning in the Clouds towards Cloodle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirna Adriani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yeow Wei Choong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ba-Hung Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent d'Orazio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Interdisciplinaire sur la Sécurité Globale (WISG 2013)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th Symposium on Information and Communication Technology (SoICT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Danang, Vietnam. pp.320-324, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2542050.2542089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02292957v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01704208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficiency of Parallelisation of Genetic Algorithms in the Data Analysis Context</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An optimization model for the post-disaster response in terms of system resilience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chatelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Birregah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 37th Annual Computer Software and Applications Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop Interdisciplinaire sur la Sécurité Globale (WISG 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Troyes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02196563v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimized Data Management for E-Learning in the Clouds towards Cloodle</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficiency of Parallelisation of Genetic Algorithms in the Data Analysis Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Symposium on Information and Communication Technology (SoICT)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2542050.2542089⟩</w:t>
+              <w:t xml:space="preserve">IEEE 37th Annual Computer Software and Applications Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Kyoto, Japan. pp.339--344, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/COMPSACW.2013.50⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01704208v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02196563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation algorithms for microarray biclustering</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyzing criteria correlation for minimizing the energy consumption in WSN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Moreira Guedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Alégoët</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35th Annual International Conference of the IEEE Engineering in Medicine and Biology Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of the X Metaheuristics International Conference (MIC 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Singapour, Singapore</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02196564v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing criteria correlation for minimizing the energy consumption in WSN</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Heuristics for setting directions in urban networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Axelle Alégoët</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Prins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the X Metaheuristics International Conference (MIC 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02304056v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heuristics for setting directions in urban networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Constrained shortest path problem with stochastic costs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Prillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Prins</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the X Metaheuristics International Conference (MIC 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Singapour, Singapore</w:t>
+              <w:t xml:space="preserve">10th International Conference on Computational Management Science (CMS 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02304052v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inventory Heterogeneous Vehicle Routing Problem</w:t>
+                <w:t xml:space="preserve">A column generation-based heuristic for the Job-Shop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Prodhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasan Murat Afsar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOSIM 12 (9e International Conference of Modeling, Optimization and Simulation)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">14e congrès annuel de la Société française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02890028v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02082052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décomposition d'un Problème de Lot-Sizing Multi-site en Problèmes de Localisation et de Multi-flots</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Problème de tournées de véhicules à flotte hétérogène limitée et gestion des stocks intégrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alain Quilliot</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Prodhon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2012 - 13ème Congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Angers, France</w:t>
+              <w:t xml:space="preserve">13e congrès annuel de la Société française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Angers, France. pp.191-192</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00742177v1</w:t>
+                <w:t xml:space="preserve">hal-02082055v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Performance Computing for Data Analytics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Bezbradica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Crane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heather Ruskin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th IEEE/ACM International Symposium on Distributed Simulation and Real Time Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Dublin, Ireland. pp.234--242, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/DS-RT.2012.41⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02196569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Problème de tournées de véhicules à flotte hétérogène limitée et gestion des stocks intégrée</w:t>
+                <w:t xml:space="preserve">HF-IRP: heterogeneous fleet inventory routing problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Prodhon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e congrès annuel de la Société française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Angers, France. pp.191-192</w:t>
+              <w:t xml:space="preserve">9th International Conference on Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02082055v2</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02081958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HF-IRP: heterogeneous fleet inventory routing problem</w:t>
+                <w:t xml:space="preserve">A model and a local search for the integrated batching and picking problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Caroline Prodhon</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Yalaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Amodeo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Modeling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">International Conference on Metaheuristics and Nature Inspired Computing, META 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Sousse, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02081958v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02551985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model and a local search for the integrated batching and picking problem</w:t>
+                <w:t xml:space="preserve">Inventory Heterogeneous Vehicle Routing Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lionel Amodeo</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Prodhon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Metaheuristics and Nature Inspired Computing, META 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Sousse, Tunisia</w:t>
+              <w:t xml:space="preserve">MOSIM 12 (9e International Conference of Modeling, Optimization and Simulation)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02551985v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02890028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A VND-ILS Heuristic to Solve the RWA Problem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Martins</w:t>
+                <w:t xml:space="preserve">Décomposition d'un Problème de Lot-Sizing Multi-site en Problèmes de Localisation et de Multi-flots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Deleplanque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Mahey</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safia Kedad-Sidhoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heitor Liberalino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Network Optimization - 5th International Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2012 - 13ème Congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Angers, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02090301v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00742177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing wireless sensor networks energy efﬁciency for risk detection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
+                <w:t xml:space="preserve">A VND-ILS Heuristic to Solve the RWA Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lucas Moreira Guedes</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurício Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodney Saldanha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mahey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IX Metaheuristics International Conference (MIC 2011)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Network Optimization - 5th International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Hamburg, Germany. pp.577--582, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-21527-8_64⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02304070v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02090301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The integrated lot-sizing and vehicle routing problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heitor Liberalino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safia Kedad-Sidhoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chrétienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8885,364 +8872,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01285795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration du problème de collecte des déchets ménagers dans le SI du Sictom des Couzes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Admirat</w:t>
+                <w:t xml:space="preserve">Optimizing wireless sensor networks energy efﬁciency for risk detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Raksmey Phan</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Belisário</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Moreira Guedes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2011 (programme)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Saint Etienne, France</w:t>
+              <w:t xml:space="preserve">IX Metaheuristics International Conference (MIC 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Udine, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02082060v1</w:t>
+                <w:t xml:space="preserve">hal-02304070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une métaheuristique hybride de type GRASPxELS pour le 3LCVRP.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Toussaint</w:t>
+                <w:t xml:space="preserve">Intégration du problème de collecte des déchets ménagers dans le SI du Sictom des Couzes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Chassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Admirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raksmey Phan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2011</w:t>
+              <w:t xml:space="preserve">ROADEF 2011 (programme)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02082059v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02082060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel cooperative GRASP for the HVRP</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une métaheuristique hybride de type GRASPxELS pour le 3LCVRP.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Prins</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raksmey Phan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURO XXIV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">ROADEF 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02081966v1</w:t>
+                <w:t xml:space="preserve">hal-02082059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Définition d'un split en profondeur pour les problèmes de tournées</w:t>
               </w:r>
@@ -9412,338 +9399,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02292218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Définition d'un schéma d'optimisation GRASPxELS pour le 2L-CVRP avec rotations de boîtes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Toussaint</w:t>
+                <w:t xml:space="preserve">Approche de type GRASPxELS pour le VRPB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raksmey Phan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ROADEF 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02082062v1</w:t>
+                <w:t xml:space="preserve">hal-02082061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche de type GRASPxELS pour le VRPB</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raksmey Phan</w:t>
+                <w:t xml:space="preserve">Définition d'un schéma d'optimisation GRASPxELS pour le 2L-CVRP avec rotations de boîtes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lacomme</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ROADEF 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02082061v1</w:t>
+                <w:t xml:space="preserve">hal-02082062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A GRASPxELS approach for real-life Location Routing Problems</w:t>
+                <w:t xml:space="preserve">Parallel cooperative GRASP for the HVRP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Prodhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Prins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIE39 Conference - International Conference on Computers &amp; Industriel Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Troyes, France. pp.1094- 1099</w:t>
+              <w:t xml:space="preserve">EURO XXIV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02081980v1</w:t>
+                <w:t xml:space="preserve">hal-02081966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A GRASP×ELS approach for real-life Location Routing Problems</w:t>
               </w:r>
@@ -9768,51 +9755,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Prodhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Prins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Industrial Engineering (CIE39)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Troyes, France. pp.1082-1087, </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9935,427 +9922,535 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02304075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A memetic approach for the capacitated location routing problem</w:t>
+                <w:t xml:space="preserve">A GRASPxELS approach for real-life Location Routing Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Prodhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Prins</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Prodhon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EU-meeting 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Troyes, France</w:t>
+              <w:t xml:space="preserve">CIE39 Conference - International Conference on Computers &amp; Industriel Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Troyes, France. pp.1094- 1099</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02081981v1</w:t>
+                <w:t xml:space="preserve">hal-02081980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A GRASP Heuristic for the Minimum Binary Cost Tension Problem</w:t>
+                <w:t xml:space="preserve">A memetic approach for the capacitated location routing problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Bachelet</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Prins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Prodhon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seventh Metaheuristics International Conference (MIC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Montréal, Canada. pp.139.1-139.3</w:t>
+              <w:t xml:space="preserve">EU-meeting 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01704364v1</w:t>
+                <w:t xml:space="preserve">hal-02081981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypermedia Synchronization: Modeling and Optimization with Graphs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">A GRASP Heuristic for the Minimum Binary Cost Tension Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bachelet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Luiz Fernando Soares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st IFIP TC 7 Conference on System Modeling and Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2003, Sophia Antipolis, France. pp.83</w:t>
+              <w:t xml:space="preserve">Seventh Metaheuristics International Conference (MIC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Montréal, Canada. pp.139.1-139.3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01984220v1</w:t>
+                <w:t xml:space="preserve">hal-01704364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hypermedia Synchronization: Modeling and Optimization with Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bachelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mahey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Fernando Soares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21st IFIP TC 7 Conference on System Modeling and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2003, Sophia Antipolis, France. pp.83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01984220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Minimizing congestion with a minimal bounded number of paths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vatinlen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mahey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Chauvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Algotel 2003 - 5ème Rencontres Francophones sur les aspects Algorithmiques des Télécommunications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2003, Banyuls sur mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01534525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10365,51 +10460,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal traffic Deviation System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yipeng Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10438,146 +10533,146 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transport Research Arena (TRA 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02309258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tactical optimization strategies to adapt urban transport networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Prins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transport Research Arena (TRA 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Paris, France. 29, pp.298 - 300, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02301946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10587,590 +10682,590 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Heuristic for the Time-Dependent Vehicle Routing Problem with Time Windows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Huart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Perron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Caporossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Economics and Mathematical Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.73-78, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02196342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trees and Forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Andrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Heuristics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.1-27, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Multi-thread GRASPxELS for the Heterogeneous Capacitated Vehicle Routing Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gouinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Prodhon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hybrid Metaheuristics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 434, pp.237-269, 2013, Studies in Computational Intelligence, 978-3-642-30671-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-30671-6_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02478156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the Mobile Oil Recovery Problem as a Multiobjective Vehicle Routing Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Cynthia Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario Aloise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications in computer and information science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 14, pp.283--292, 2008, 1865-0937. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-540-87477-5_31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02196577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hypermedia Synchronization: Modeling and Optimization with Graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bachelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mahey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Fernando Soares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">John Cagnol et Jean-Paul Zolesio </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Processing: Recent Mathematical Advances in Optimization and Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses des Mines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.49-62, 2004, 9782911762567</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01704115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11180,51 +11275,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A GRASP x ELS for the vehicle routing problem with three-dimensional loading constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11246,324 +11341,324 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Toussaint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00704493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A GRASPxELS with Depth First Search Split Procedure for the HVRP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duhamel Christophe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Prodhon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Université Blaise Pascal. 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00704498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multicommodity formulations for the prize collecting vehicle routing problem in the petrol industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa C. Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario J. Aloise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Université Blaise Pascal (Clermont Ferrand 2). 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00678568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Augmented Lagrangean Approach for the QoS Constrained Routing Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mahul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00678369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId275"/>
+      <w:footerReference w:type="default" r:id="rId276"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11631,51 +11726,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0839A796"/>
+    <w:nsid w:val="C3EC37A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11862,51 +11957,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-duhamel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6522-7343" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/162133596" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-8740-2011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477914v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Autuori" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Cynthia Santos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duhamel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862149v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Combaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2024.2449238" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812693v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/itor.13229" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435177v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadeu Almeida Coco" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duhamel." TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Nohra Haddad" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.22214" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04362986v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Penz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanlaville" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04362981v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04362977v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brevet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319820v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23239540" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799886v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Benjamin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libo Ren" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Tchernev" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2019.1685699" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02290582v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yipeng Huang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01605682.2019.1639479" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196335v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/itor.12641" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02293250v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-019-03248-5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196339v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2018.01.019" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196337v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iago Carvalho" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Noronha" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chistophe Duhamel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz F.M. Vieira" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2018.03.006" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196340v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Xavier Martins" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2017.10.014" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196345v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chassaing" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ph. Lacomme" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2015.10.002" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JW8Z1XRZ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090299v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mahey" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Martins" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney Saldanha" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maur&#237;cio Souza" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-016-0309-z" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196346v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brasil" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chatelet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Birregah" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-015-2104-1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196344v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vincent" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ren" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tchernev" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.833" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196347v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Silva Belis&#225;rio" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2015.12.008" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V3KN9FJZ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196343v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.649" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708153v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lacomme" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Toussaint" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2013.03.012" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196568v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Gouveia" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Moura" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.20445" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SDGZZXNK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196565v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Guedes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2012.02.026" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-81P4QTV2-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196567v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Belis&#225;rio" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10732-012-9202-x" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JH7JD4Z7-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653480v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney R Saldanha" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio C de Souza" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2011.10.022" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081910v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Prodhon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2011.10.002" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RLFK6K1S-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196570v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2010.09.010" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BHZ26NCD-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708170v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quilliot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2010.08.017" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D2R7G9G8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081913v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Prins" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090302v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Truffot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.20311" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196571v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Moraes" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celso Ribeiro" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2009.12.081566" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703322v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bachelet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2008.07.033" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02082851v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Bendali" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mailfert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kean-Mean Hou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196572v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.20194" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/72CDAD8CB823BFD245548DF4EAE52C03C572CD5A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640970v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disopt.2008.01.002" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691703v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.20143" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196573v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Potvin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Rousseau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/trsc.31.1.49" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196574v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guertin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00132738" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8045A64258FD6D7244982C27799642D63544B4AA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413790v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Sanlaville" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129994v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953369v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316023v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Camelin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713995v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Balev" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713966v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984058v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Vilela Souza" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Yon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713972v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713981v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Olivier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221259v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago F. Noronha" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082039v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082040v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Iori" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082041v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292107v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292110v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292123v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301690v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292145v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301943v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292179v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704248v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco T&#250;lio Reis Rodrigues" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui S&#225; Shibasaki" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292210v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166678v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeur Aridhi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292185v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292205v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292213v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Prillard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Vidal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082052v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Murat Afsar" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292957v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196563v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Perrin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPSACW.2013.50" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704208v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirna Adriani" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeow Wei Choong" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba-Hung Ngo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent d'Orazio" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurent" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2542050.2542089" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196564v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2013.6609569" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304056v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Moreira Guedes" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Al&#233;go&#235;t" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304052v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02890028v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742177v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Deleplanque" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Kedad-Sidhoum" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Liberalino" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196569v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Bezbradica" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Crane" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Ruskin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DS-RT.2012.41" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082055v2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081958v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02551985v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Yalaoui" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Amodeo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090301v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21527-8_64" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-XT2BMHQV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304070v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285795v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chr&#233;tienne" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CIPLS.2011.5953359" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082060v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chassard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Admirat" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raksmey Phan" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082059v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081966v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082064v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292218v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan-Manuel Ortega" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082062v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082061v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081980v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02476460v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCIE.2009.5223564" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304075v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Jos&#233; Aloise" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081981v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704364v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984220v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Soares" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534525v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Vatinlen" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chauvet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309258v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301946v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196342v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huart" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Perron" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Caporossi" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02291618v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Andrade" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02478156v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gouinaud" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-30671-6_9" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9321A332F9FA1385ED590FFFC4EBE521A817B051/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196577v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Aloise" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-87477-5_31" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704115v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/information-processing/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704493v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704498v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duhamel Christophe" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678568v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a C. Santos" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario J. Aloise" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678369v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mahul" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/christophe-duhamel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6522-7343" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/162133596" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-8740-2011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477914v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Autuori" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Cynthia Santos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duhamel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862149v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Combaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2024.2449238" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812693v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/itor.13229" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435177v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadeu Almeida Coco" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duhamel." TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Nohra Haddad" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.22214" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04362981v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04362986v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Penz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sanlaville" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04362977v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brevet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319820v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23239540" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799886v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Benjamin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libo Ren" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Tchernev" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2019.1685699" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02290582v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yipeng Huang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01605682.2019.1639479" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196335v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/itor.12641" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02293250v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-019-03248-5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196337v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iago Carvalho" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Noronha" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chistophe Duhamel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz F.M. Vieira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2018.03.006" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196339v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2018.01.019" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196340v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Xavier Martins" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2017.10.014" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196345v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chassaing" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ph. Lacomme" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2015.10.002" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JW8Z1XRZ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090299v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mahey" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Martins" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney Saldanha" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maur&#237;cio Souza" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-016-0309-z" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196346v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brasil" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chatelet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Birregah" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-015-2104-1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196343v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.649" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196344v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vincent" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ren" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tchernev" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.833" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196347v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Silva Belis&#225;rio" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2015.12.008" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V3KN9FJZ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708153v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lacomme" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Toussaint" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2013.03.012" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196568v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Gouveia" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Moura" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.20445" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SDGZZXNK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653480v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney R Saldanha" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio C de Souza" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2011.10.022" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196565v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Guedes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2012.02.026" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-81P4QTV2-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196567v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Belis&#225;rio" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10732-012-9202-x" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JH7JD4Z7-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081910v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Prodhon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2011.10.002" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RLFK6K1S-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708170v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quilliot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2010.08.017" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D2R7G9G8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196570v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2010.09.010" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BHZ26NCD-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090302v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Truffot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.20311" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081913v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Prins" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703322v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bachelet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2008.07.033" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02082851v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Bendali" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mailfert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kean-Mean Hou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196571v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Moraes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celso Ribeiro" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2009.12.081566" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196572v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.20194" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/72CDAD8CB823BFD245548DF4EAE52C03C572CD5A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640970v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disopt.2008.01.002" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691703v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.20143" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196573v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Potvin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Rousseau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/trsc.31.1.49" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196574v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guertin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00132738" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8045A64258FD6D7244982C27799642D63544B4AA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563549v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Sanlaville" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129994v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413790v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953369v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316023v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Camelin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713966v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984058v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Vilela Souza" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Yon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713972v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713981v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Olivier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713995v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Balev" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221259v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago F. Noronha" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082039v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082041v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292107v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082040v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Iori" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292110v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292123v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301690v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292145v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301943v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292179v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704248v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco T&#250;lio Reis Rodrigues" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui S&#225; Shibasaki" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292185v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292205v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166678v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeur Aridhi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292210v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196564v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Perrin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2013.6609569" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704208v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirna Adriani" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeow Wei Choong" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba-Hung Ngo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent d'Orazio" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurent" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2542050.2542089" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292957v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196563v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPSACW.2013.50" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304056v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Moreira Guedes" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Al&#233;go&#235;t" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304052v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292213v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Prillard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Vidal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082052v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Murat Afsar" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082055v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196569v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Bezbradica" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Crane" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Ruskin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DS-RT.2012.41" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081958v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02551985v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Yalaoui" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Amodeo" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02890028v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742177v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Deleplanque" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Kedad-Sidhoum" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Liberalino" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090301v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21527-8_64" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-XT2BMHQV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285795v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chr&#233;tienne" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CIPLS.2011.5953359" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304070v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082060v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chassard" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Admirat" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raksmey Phan" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082059v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082064v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02292218v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan-Manuel Ortega" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082061v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082062v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081966v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02476460v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCIE.2009.5223564" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304075v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Jos&#233; Aloise" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081980v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081981v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704364v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984220v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Soares" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534525v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Vatinlen" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chauvet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309258v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301946v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196342v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huart" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Perron" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Caporossi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02291618v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Andrade" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02478156v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gouinaud" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-30671-6_9" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9321A332F9FA1385ED590FFFC4EBE521A817B051/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196577v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Aloise" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-87477-5_31" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704115v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/information-processing/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704493v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704498v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duhamel Christophe" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678568v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a C. Santos" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario J. Aloise" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678369v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mahul" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>